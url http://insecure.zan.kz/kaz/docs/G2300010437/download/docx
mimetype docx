--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7082df9" w14:textId="7082df9">
+    <w:p w14:paraId="6f982f0" w14:textId="6f982f0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,600 +85,559 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Үкіметі Аппаратының "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" республикалық мемлекеттік мекемесінің заттай нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Үкімет Аппараты Басшысының 2023 жылғы 17 наурыздағы № 10-4-37 бұйрығы</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Үкімет Аппараты Басшысының 2023 жылғы 17 наурыздағы № 10-4-37 бұйрығы. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Үкімет Аппараты Басшысының 2025 жылғы 3 желтоқсандағы № 10-4-100 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Премьер-Министрінің орынбасары - Үкімет Аппараты Басшысының 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10-4-100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджет кодексінің 69-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көлік құралдарымен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес телефон байланысы және интернетпен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кеңсе және тұрмыстық жиһазбен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қызметкерлер мен жұмыскерлерді орналастыруға арналған алаңдармен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тұрмыстық, есептеу және ұйымдастыру техникасымен, байланыс құралдарымен және жабдықпен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осы бұйрыққа 6 ҚБП қосымшаға сәйкес мүлікпен, қару-жарақпен және оқ-дәрілермен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес керек-жарақпен, жабдықпен спорттық және басқа мүлікпен қамтамасыз етудің заттай нормалары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының Премьер-Министрі Кеңсесінің "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" республикалық мемлекеттік мекемесінің заттай нормаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің Кеңсесі Басшысының 2020 жылғы 15 мамырдағы № 10-4-28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Үкіметінің Аппараты Бақылау және құжаттамалық қамтамасыз ету бөлімі осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін және оның заңнамада белгіленген тәртіппен ресми жариялануын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Үкімет Аппараты Басшысының орынбасары А.С. Жәкеновке жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1040,80 +1001,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралдарымен қамтамасыз етудің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>заттай нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2255,70 +2216,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" РММ-нің автокөлік құралдары "арнайы" - жедел қызметтік міндеттерге, мемлекеттік құпиялардың қорғалуын қамтамасыз ете отырып үкіметтік курьерлік байланысты жүзеге асыруға, Қазақстан Республикасы мемлекеттік органдарының арнайы жөнелтілімдерін жедел жеткізуге, оның ішінде аса маңызды, өте құпия, құпия, үкіметтік, дипломатиялық және қызметтік хат-хабарларын жедел жеткізуді қамтамасыз етуге және Қазақстан Республикасы мемлекеттік органдарының хат-хабарларын дереу жеткізу бойынша арнайы сипаттағы тапсырмаларды орындауға, сондай-ақ мемлекеттік мекеме басшысына дербес көліктік қызмет көрсетуге арналған автомобиль санатқа жатады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2531,96 +2492,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Телефон байланысы және интернетпен қамтамасыз</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3163,70 +3108,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік мекеменің басшысы, оның орынбасарлары, бөлімшелердің басшылары мен орынбасарлары, бас бухгалтер, бухгалтерлер 1 және кезекші бөлімдер, әр қызметкерге 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - телефон байланысының бұл түрі ұялы байланыс операторларының желісіне стационарлық телефоннан қоңырау шалуды да қамтиды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3385,80 +3330,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кеңсе жиһазбен қамтамасыз</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21080,70 +21025,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: 1 – "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" республикалық мемлекеттік мекемесінің орталық аппараты үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2 – "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" республикалық мемлекеттік мекемесінің Алматы қаласындағы Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметінің аумақтық бөлімшесі үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21302,96 +21247,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызметкерлер мен жұмыскерлерді орналастыруға арналған алаңдармен қамтамасыз етудің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>заттай нормалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -25551,70 +25480,70 @@
               <w:t>
 Жиыннан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * – "Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі" РММ-нің орталық аппараты үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25809,68 +25738,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тұрмыстық, есептеу және ұйымдастыру техникасымен,  байланыс құралдарымен және жабдықтармен  қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -35692,70 +35621,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір алдыңғы есік үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Негізгі құралдарды пайдалану мерзімі Қазақстан Республикасы Қаржы министрінің 2010 жылғы 3 тамыздағы № 393 бұйрығымен бекітілген. Мемлекеттік мекемелерде бухгалтерлік есеп жүргізу ережелеріне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35916,68 +35845,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№_______бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Керек-жарақпен, жабдықпен спорттық және басқа мүлікпен қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -41370,70 +41299,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 қызметкерге 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Спорттық киімдер құрама командасына бастықтардың тиісті бұйрықтарымен жарияланатын жарыстар өткізу кезеңіне беріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41467,63 +41396,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41845,35 +41796,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>