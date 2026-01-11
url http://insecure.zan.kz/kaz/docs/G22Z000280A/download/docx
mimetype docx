--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d5f58f8" w14:textId="d5f58f8">
+    <w:p w14:paraId="bb29d2f" w14:textId="bb29d2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7031,84 +7031,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.2. Құқық нормаларын қамтитын облыс әкімдігінің қаулылары, облыс әкімінің шешімдері мемлекеттік және орыс тілдерінде ресімделеді және әрқайсысы жеке бланкілерде (жеке парақтарда) басылады және бірыңғай деректемелермен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімдік қаулылары, облыс әкімінің шешімдері мен өкімдері қағаз жеткізгіштерде облыс әкімінің мөрімен куәландыруға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z652" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.3. Актілердің жобалары заңнамада белгіленген құзыретіне орай мүдделі мемлекеттік органдармен келісіледі, бұл ретте жобаны келісудегі мұндай мүдделілік Жобада қаралатын мәселелердің мән-жайы негізге алына отырып, сондай-ақ жобада мемлекеттік органдардың немесе олардың басшыларының атына тапсырмалар болған кезде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Қаулының, шешімнің, өкімнің жобасын келісуге алған кезде мемлекеттік органдар оған басқа мемлекеттік органдардың алдын ала бұрыштама қоюларын талап етпеуге және формальды және өзге де негізсіз себептер бойынша жобаны келісуден бас тартпауға тиіс. Әзірлеуші орган актілердің жобаларын келісу үшін Қазақстан Республикасының заңнамасына, заң техникасының талаптарына сәйкестігін пысықтау үшін облыс әкімі аппаратының бірыңғай заң қызметіне береді. Жобаны келісу аяқталғаннан кейін бөлім басшысы бұрыштама қояды.</w:t>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаулының, шешімнің, өкімнің жобасын келісуге алған кезде мемлекеттік органдар оған басқа мемлекеттік органдардың алдын ала бұрыштама қоюларын талап етпеуге және формальды және өзге де негізсіз себептер бойынша жобаны келісуден бас тартпауға тиіс. Әзірлеуші орган актілердің жобаларын келісу үшін Қазақстан Республикасының заңнамасына, заң техникасының талаптарына сәйкестігін пысықтау үшін облыс әкімі аппаратының бірыңғай заң қызметіне береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10.3 тармаққа өзгерістер енгізілді - Батыс Қазақстан облысы әкімдігінің 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.4. Актінің электрондық жобасын келесі лауазымды тұлғалар міндетті түрде келіседі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7697,1630 +7761,1630 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.17. Әкімдік қаулыларының, облыс әкімі шешімдері мен өкімдерінің түпнұсқалары тұрақты сақталатын құжаттарға жатады және аппаратта сақталады, одан әрі олар белгіленген мерзімде облыстық мемлекеттік архивке мемлекеттік сақтауға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.18. Актілердің куәландырылған көшірмелерін уақтылы таратуды тарату парағына сәйкес Жалпы бөлім жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z389" w:id="189"/>
+    <w:bookmarkStart w:name="z389" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11. Қазақстан Республикасы Президентінің Әкімшілігіне, Үкімет Аппаратына және басқа да жоғары тұрған органдарға жіберілетін құжаттарды дайындау және келісу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z369" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z369" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.1. Қазақстан Республикасының Президенті Әкімшілігіне, Үкімет Аппаратына және басқа да жоғары тұрған органдарына құжаттар дайындауды бөлімдер мен облыстық басқармалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z370" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z370" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.2. Облыс әкімінің қол қоюы үшін құжаттарды тиісті бөлімдер жергілікті атқарушы органдардың (облыстық басқармалар, аудандар мен Орал қаласының әкімдіктері) бірінші басшылары не міндеттерді жүктеу туралы бұйрықтардың көшірмелерін қоса бере отырып, оларды алмастыратын адамдар қол қойған жазбаша материалдар негізінде дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z371" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z371" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.3. Материалдарды уақтылы, сапалы дайындау және бөлімдерге белгіленген мерзімдерде ұсыну үшін оны әзірлеуді жүзеге асыратын мемлекеттік органның бірінші басшысы жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z396" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z396" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.4. Облыс әкіміне қол қоюға енгізер алдында құжат міндетті түрде БҚА-да келесі тұлғалармен келісіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z373" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z373" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - облыс әкімінің жетекшілік ететін мәселелеріне сәйкес орынбасарларымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z374" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z374" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - аппарат басшысы және жетекшілік ететін мәселелеріне сәйкес оның орынбасары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z375" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z375" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - тиісті бөлімнің басшысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z376" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z376" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -мемлекеттік тілді дамыту жөніндегі бас инспектор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z377" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z377" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - құжатты тікелей орындаушы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z378" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z378" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс әкімінің орынбасары болмаған жағдайда, құжат өзара алмасу бойынша орынбасармен/орынбасарлармен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z379" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z379" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.5. Барлық мүдделі тұлғалармен келісіп, облыс әкімі қол қойғаннан кейін жетекшілік ететін бөлім дайын құжатты тіркеу және одан әрі Қазақстан Республикасы Президентінің Әкімшілігіне, Қазақстан Республикасы Үкіметі Аппаратына және Қазақстан Республикасының басқа да жоғары тұрған органдарына БҚА арқылы жіберу үшін Жалпы бөлімге береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z406" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z406" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.6. Қазақстан Республикасы Президентінің Әкімшілігіне, Қазақстан Республикасы Үкіметі Аппаратына ақпарат енгізілген кезде ілеспе хатта міндетті түрде тапсырманың нөмірі мен күніне (Қазақстан Республикасы Президентінің және Қазақстан Республикасы Президенті Әкімшілігі Басшылығының, Қазақстан Республикасы Үкіметінің және Үкімет Аппараты Басшысының актілері бойынша - тапсырманың нөміріне, күні мен нақты тармағына, оның мазмұнына) сілтеме жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z381" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z381" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкімет Аппаратына оларды орындауға жауапты мемлекеттік органдар жіберетін бақылау, оның ішінде құпия сипаттағы тапсырмалардың орындалуы туралы құжаттар белгіленген орындау мерзімдеріне сәйкес міндетті түрде қамтылуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z382" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z382" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер тапсырма толық көлемде және сапалы орындалса, бақылаудан алу туралы өтінішті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z383" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z383" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер тиісті актіде немесе тапсырмада мерзімді ақпарат ұсыну көзделсе, құжат ақпарат тәртібімен енгізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z384" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z384" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпарат берудің кезеңділігін және нақты орындау мерзімін міндетті түрде көрсете отырып, Орта мерзімді немесе ұзақ мерзімді бақылауға ауыстыру туралы өтінішті ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z385" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z385" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер тапсырманы объективті себептер бойынша белгіленген мерзімде орындау мүмкін болмаса, нақты жаңа мерзімді көрсете отырып, орындау мерзімін ұзарту туралы өтінішті табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z386" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z386" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әрбір актінің немесе ҚР Президенті Әкімшілігі басшылығының тапсырмасының орындалуы туралы жеке құжат жасалады, ол Президент Әкімшілігі Басшысының 2019 жылғы 15 қарашадағы №19-01-38.39 бұйрығымен бекітілген Қағидаларға 4-қосымшада көзделген талаптарға сәйкес келуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z387" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z387" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер актілердің және/немесе тапсырмалардың тармақтарын белгіленген мерзімде орындау мүмкін болмаған жағдайда, мемлекеттік органдардың басшылары тапсырма берген әкімшіліктің лауазымды адамының атына құжаттың орындалу мерзімін ұзарту немесе өзгерту (егер тапсырма бақылауда болмаса), орта мерзімді немесе ұзақ мерзімді кезеңге ауыстыру туралы негізделген өтініші бар хат жібере алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z388" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z388" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырманы немесе актінің тармағын ұзақ мерзімді бақылауға ауыстыру туралы ұсыныс енгізілген кезде нақты орындау мерзімдерін, орындаушы мемлекеттік органның, бірлесіп орындаушы мемлекеттік органдардың жауапты мемлекеттік саяси қызметшілерін және ұйымдардың лауазымды адамдарын көрсете отырып, одан әрі іске асыру жөніндегі жол картасын қоса беру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік органның тұжырымдары мен ұсыныстары Қазақстан Республикасы Президентінің 2010 жылғы 27 сәуірдегі №976 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Президентінің Қазақстан халқына жолдауының жобасын дайындау, келісу және Қазақстан Республикасы Президентінің қарауына ұсыну, Қазақстан Республикасы Президентінің актілері мен тапсырмаларының жобаларын дайындау, келісу және қол қоюға ұсыну, Қазақстан Республикасы Президентінің Жолдауын іске асыру қағидаларының 75-тармағына сәйкес негіздердің бірін көрсете отырып, бақылаудан алу туралы өтінішті де қамтуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="210"/>
+    <w:bookmarkStart w:name="z390" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Президент Әкімшілігіне есептік ақпаратты ұсынудың жаңа мерзімін көрсете отырып, мерзімді ұзарту немесе орта мерзімді немесе ұзақ мерзімді бақылауға ауыстыру туралы (егер тапсырманың орындалуы белгіленген мерзімде аяқталмаса).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z391" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z391" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген талаптар сақталмаған жағдайда, Қазақстан Республикасы Президентінің Әкімшілігіне, Қазақстан Республикасы Үкімет Аппаратына жіберілетін хаттар/құжаттар тіркеусіз қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z431" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z431" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12. Тапсырмалардың орындалуын бақылауды ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z393" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z393" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.1. Тапсырмалардың уақтылы және сапалы орындалуын бақылауды ұйымдастыру Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 25 тамыздағы № 236 "Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, сондай-ақ өзге де құқықтық актілерге, нұсқаулықтарға және осы Регламентке сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z394" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z394" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.2. Бақылауға мынадай бақылау құжаттары алынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z395" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z395" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Президентінің жергілікті атқарушы органдарға тапсырмалары бар актілері орындау мерзімі өткенге дейін 10 (он) жұмыс күні бұрын бақылауға қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Үкіметінің қаулылары, Қазақстан Республикасының Үкіметі отырыстарының хаттамалары, Қазақстан Республикасы Премьер-Министрінің жергілікті атқарушы органдарға тапсырмалары бар өкімдері орындау мерзімі өткенге дейін 10 (он) жұмыс күні бұрын бақылауға қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="216"/>
+    <w:bookmarkStart w:name="z397" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Президентінің, Премьер-Министрінің, оның орынбасарларының, Қазақстан Республикасы Президенті Әкімшілігі басшылығының, Қазақстан Республикасы Үкіметі Аппараты Басшысының жергілікті атқарушы органдардың атына орындау мерзімдері көрсетілген немесе бақылауға алу туралы нұсқаулары бар тапсырмалар (оның ішінде кеңестердің хаттамаларында және іс-шаралар жоспарларында қамтылғандар), "шұғыл", "баяндаңыз", "ұсыныстар/ақпарат енгізіңіз", сондай-ақ мазмұнынан бақылауға қою қажеттігі туындайтын тапсырмалар, орындау мерзімі аяқталғанға дейін 10 (он) жұмыс күні бұрын бақылауға қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z398" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z398" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мазмұнынан жауап беру, түсіндіру, қандай да бір мәселелер бойынша ұсыныстар енгізу қажеттігі туындайтын мемлекеттік органдардың хаттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z399" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z399" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке және заңды тұлғалардың бақылау өтініштері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z400" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z400" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) егер орындау мерзімдері көрсетілген болса, әкімдіктің бұйрықтары, хаттамалары, қаулылары, облыс басшылығының тапсырмалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z401" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z401" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) егер орындау мерзімдері көрсетілген болса, мемлекеттік органдар мен лауазымды адамдардың өз құзыреті шегіндегі өзге де тапсырмалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z402" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z402" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) облыс әкімдігінің және әкімінің, оның орынбасарларының және аппарат басшысының актілері мен тапсырмалары орындаудың белгіленген мерзімдері ескеріле отырып, мынадай бақылау түрлеріне қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z403" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z403" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шұғыл – "өте шұғыл" деген белгісі бар - үш жұмыс күні ішінде, "шұғыл", "жеделдетілсін" деген белгілері бар - он жұмыс күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z404" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z404" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қысқа мерзімді-он жұмыс күнінен бір айға дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z405" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z405" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орта мерзімді-бір айдан алты айға дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұзақ мерзімді-алты айдан астам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="225"/>
+    <w:bookmarkStart w:name="z407" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімдер белгіленбеген жағдайда, құжат келіп түскен күннен бастап айлық мерзім белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z435" w:id="226"/>
+    <w:bookmarkStart w:name="z435" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.3. Аппаратқа Қазақстан Республикасы Президентінің актілері орындауға келіп түскен кезде, қажет болған жағдайда 5 (бес) жұмыс күні ішінде осы Регламентке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша оларды іске асыру жөніндегі ұйымдастыру іс-шаралар жоспары (жол картасы) жасақталады және облыс әкімінің не оның орынбасарларының шешімімен бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z409" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z409" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жауапты мемлекеттік органдардың шұғыл тапсырмаларды орындау үшін дайындаған құжаттары Аппаратқа 10 (он) күнтізбелік күн бұрын енгізіледі, ЭҚАБЖ арқылы шұғылдығын растайтын электрондық құжатты (Қазақстан Республикасы Президентінің, Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Премьер-Министрінің, оның орынбасарларының, Қазақстан Республикасы Үкімет Аппараты Басшысының актілері мен тапсырмаларының көшірмелері) енгізген жағдайда жалпы бөлім жұмыс күні ішінде тіркейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.4. Аппараттың бақылау жүйесін мыналар құрайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z411" w:id="228"/>
+    <w:bookmarkStart w:name="z411" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат басшысы – Аппараттың қызметіне жалпы басшылықты және бақылауды, соның ішінде бақылау құжаттарының уақтылы және сапалы орындалуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z412" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z412" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жаплы бөлім өкілеттіктері шегінде – құжаттарды бақылауға мерзімінде қоюды қамтамасыз етеді, Аппарат басшылығының бұрыштамаларына сәйкес оларды орындау мерзімдерін белгілейді, құжаттардың орындалу мерзімдерін бақылайды, Аппаратта атқарушылық тәртіптің жай-күйіне мониторинг жүргізеді, Аппарат басшылығын бақылау құжаттарының орындалуы туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z413" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z413" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Президентінің, Қазақстан Республикасы Премьер-Министрінің, оның орынбасарларының, Қазақстан Республикасы Президенті Әкімшілігі басшылығының, Қазақстан Республикасы Үкімет Аппараты Басшысының актілерін орындау бойынша бақылау құжаттарының тізбесі орындаушыларға ай сайын электронды нысанда жеткізіледі, облыс әкімінің тапсырмалары орындаушыларға "бағдаршам" жүйесінде қолжетімді электрондық мониторинг арқылы қадағаланады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z414" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z414" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) бөлімдер басшылары – өздері басқаратын бөлімшелердегі құжаттардың орындалуын бақылауды жүзеге асырады, бақылау құжаттарын орындау мерзімдерінің бұзылуына және сапасыз орындалуына жол берген қызметкерлерді тәртіптік жауапкершілікке тарту туралы ұсыныс енгізеді, Аппарат басшылығы алдында өздеріне сеніп тапсырылған бөлім үшін дербес жауап береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z415" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z415" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалпы бөлімнің басшысы немесе құжаттардың орындау мерзіміне бақылау жүргізетін маманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z416" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z416" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - бақылау құжаттарының тізбесін жіберу жолымен Аппарат басшылығын келіп түскен бақылау құжаттары және оларды орындау мерзімдері туралы (апта сайын) хабардар етеді. Тізбеде келесідей міндетті мәліметтер берілуі тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z417" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z417" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)тапсырма баяндалған іс-шараның түрі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z418" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z418" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)тапсырма берілген күн;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z419" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z419" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)тапсырманың мазмұны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z420" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z420" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)орындаушылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z421" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z421" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)орындау мерзімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z422" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z422" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)бақылаудан алынғаны туралы белгі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z423" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z423" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)бақылаудан алуға негіз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z424" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z424" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)бақылауды ұзарту туралы белгі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z425" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z425" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9)ескерту. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z426" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z426" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -3 (үш) жұмыс күні бұрын бөлімдер басшыларын және Аппарат басшылығын орындау мерзімінің жақындағаны туралы жұмыс барысында хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z427" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z427" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -өз құзыры шегінде Аппарат басшылығына Аппарат қызметкерлерін, облыстық басқармалар, аудандар мен Орал қаласы әкімдері аппараттарының қызметкерлерін бақылау құжаттарын орындау мерзімдерін бұзғаны немесе сапасыз орындағаны үшін жауапкершілікке тарту туралы ұсыныс енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z442" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z442" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.5. Тапсырманы бірнеше мемлекеттік органдармен орындау кезінде тізбеде бірінші тұрған немесе атауының қатарында "(жинау)" не "жинақтау" деген белгі қойылған орган жауапты болып табылады. Ол ортақ орындаушылармен келіскеннен кейін орындау мерзімін ауыстыру туралы ұсыныс енгізуге құқылы. Бұл ретте, орындауға жауапты мемлекеттік органдарға тапсырманы қайталауға және ортақ орындаушы мемлекеттік органдарға қосымша сұраулар салуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z429" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z429" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тапсырманы негізгі орындаушы мемлекеттік органдар 3 (үш) жұмыс күні ішінде тиесілігіне қарай орындау үшін құжаттарды жіберуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z443" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z443" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.6. Егер тапсырма белгіленген мерзімде орындалмайтын болса, онда тапсырманы орындауға жауапты органның бірінші басшысы (не оның міндеттерін атқарушы тұлға) алдын ала, белгіленген мерзімнен 3 (үш) жұмыс күнінен кешіктірмей, тапсырманы берген лауазымды тұлғаға кешіктіру себебі туралы жазбаша хабарлауы және белгіленген тәртіппен оны орындау мерзімін ұзарту туралы өтініш білдіруі тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.7. Облыс әкімдігі мен әкімінің, оның орынбасарларының, Аппарат басшысының актілері мен тапсырмаларының тармақтарын орындау мерзімдерін ұзартуға, соның ішінде орта мерзімді және ұзақ мерзімді бақылауға ауыстыруға облыс әкімінің немесе Аппарат басшысының шешімі бойынша бір реттен артық жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z432" w:id="248"/>
+    <w:bookmarkStart w:name="z432" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президенті Әкімшілігі, Қазақстан Республикасы Үкіметі Аппараты тапсырмаларын орындау мерзімдерін ұзартуға ЖОЛ БЕРІЛМЕЙДІ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z433" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z433" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.8. Облыс әкімдігі мен әкімінің, оның орынбасарларының, Аппарат басшысының актілері мен тапсырмаларының тармақтарын орындау мерзімдерін қайталама ұзартуға, жергілікті атқарушы органдар басшыларын тәртіптік жауапкершілікке тарту мәселесін қарау жолымен облыс әкімінің немесе Аппарат басшысының шешімі бойынша ерекше жағдайларда жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z434" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z434" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аппаратқа облыс әкімдігі мен әкімінің, оның орынбасарларының, Аппарат басшысының актілері мен тапсырмаларының тармақтарын орындау мерзімдерін екі реттен артық ұзарту туралы ұсыныс енгізілген жағдайда жергілікті атқарушы органдар басшыларын тәртіптік жауапкершілікке тарту мәселесі қаралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.9. Актілер мен тапсырмалардың тармақтарын бақылаудан алуға негіз мыналар болып табылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="251"/>
+    <w:bookmarkStart w:name="z436" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) толық және сапалы орындалуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z437" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z437" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) туындаған объективті жағдайларға байланысты орындау мүмкін болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z438" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z438" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.10. Қазақстан Республикасы Президентінің, Үкіметінің, Премьер-Министрінің, облыс әкімдігі мен әкімінің, оның орынбасарларының, Аппарат басшысының заңнамалық актілерін, актілері мен тапсырмаларын орындау мерзімдерін бақылау қызметін қамтамасыз етуді облыс әкімі белгілеген тәртіппен Аппарат жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z439" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z439" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.11. Қазақстан Республикасы Премьер-Министрінің, оның орынбасарларының, Қазақстан Республикасы Президенті Әкімшілігі Басшылығының, Қазақстан Республикасы Үкіметі Аппаратының, Үкімет Аппараты басшылығының (оның міндетін атқаратын тұлғалардың) атына жолдаған жоспарлы есептік ақпарат бойынша "назарға алынды" деген белгісі бар тапсырмалары бақылауға алынбайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z440" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z440" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.12. Ортақ орындаушы мемлекеттік органдар ұсыныстарды белгіленген мерзімдерде ұсынбаған жағдайда жинақтауға жауапты мемлекеттік орган ілеспе хатта өз ұсыныстарын белгіленген мерзімдерде ұсынбаған ортақ орындаушы мемлекеттік органдарды көрсете отырып, ақпарат жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z441" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z441" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.13. Облыс әкімінің хаттамалық тапсырмаларын уақтылы орындау мерзімдерін бақылау жалпы бөлімге жүктеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Облыс әкімінің хаттамалық тапсырмаларының іске асырылуын бақылау облыс әкімінің орынбасарларына, Аппарат басшысына, облыстық басқармалардың басшыларына, аудандар мен Орал қаласы әкімдеріне, бөлімдер басшыларына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9493,80 +9557,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс әкімі орынбасарларының және Аппарат басшысы тапсырмаларының орындалуын бақылауды тапсырмаларды орындау құзырына жататын бөлімдер басқармалармен бірге жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Облыс әкімінің орынбасарлары және Аппарат басшысы Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің, Қазақстан Республикасы Премьер-Министрінің, облыс әкімдігі мен әкімінің, оның орынбасарларының және Аппарат басшысының заңнамалық актілерін, актілері мен тапсырмаларын орындаудың белгіленген тәртібін өрескел бұзу фактілері бойынша кінәлі тұлғаларды тәртіптік жауапкершілікке тарту туралы ұсыныс енгізе алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z455" w:id="257"/>
+    <w:bookmarkStart w:name="z455" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13. Аппаратта жеке және заңды тұлғалардың өтініштерін қарау және азаматтарды қабылдауды ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13.1. Аппаратта жеке және заңды тұлғалардың өтініштерін қарау Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10007,1577 +10071,1597 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13.12. Шағым әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік органға, лауазымды тұлғаға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төменгі әкімшілік органның немесе лауазымды тұлғаның әкімшілік актісіне жеке және заңды тұлғалардың шағымдары тікелей аппаратқа келіп түскен жағдайда, өтініштер бөлімінің басшысы тіркеуден кейін дереу сол шағымды әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік органға, лауазымды тұлғаға, шешім қабылдау үшін және/немесе әкімшілік істі аппаратқа шағымның мәні бойынша қарастыру үшін жолдауды үш күн мерзімін көрсете отырып, жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z517" w:id="258"/>
+    <w:bookmarkStart w:name="z517" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14. Облыс әкімінің аудандар мен Орал қаласы әкімдерін, облыстық басқармалар басшыларын жеке қабылдауын ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z474" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z474" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14.1. Облыс әкімі аудандар мен Орал қаласы әкімдерін, облыстық басқармалар басшыларын жеке қабылдауды жүзеге асырады. Облыс әкімінің мемлекеттік органдардың басқарушы лауазымды тұлғаларын жеке қабылдауын ұйымдастыру үшін Ұйымдастыру бөлімі мемлекеттік органдар басшыларының оларды жеке қабылдау туралы ұсыныстарын облыс әкімінің жұмыс кестесінің жобасына енгізеді, кейін әкімнің қарауына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z475" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z475" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14.2. Жауапты бөлім әкімнің жұмыс кестесінде белгіленген мерзімдерге сәйкес мемлекеттік органдармен ұсынылған материалдар негізінде сараптамалық қорытындыны дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z476" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z476" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14.3. Жауапты бөлім сараптамалық қорытындыға оның қызметіне жетекшілік ететін облыс әкімі орынбасарының, аппарат басшысының бұрыштамаларын қойғызады, жиынтық материалды қабылдау күнінен үш жұмыс күні бұрын облыстың аудан және қала әкімдерінің есебі талаптары есебімен облыс әкіміне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z536" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z536" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15. Азаматтарды жеке қабылдауды ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z478" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z478" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15.1. Облыс әкімі, оның орынбасарлары, Аппарат басшысы облыс әкімі бекіткен кестеге сәйкес азаматтарды жеке қабылдауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z479" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z479" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15.2. Өтініштер бөлімі 1 (бір) жұмыс күні бұрын облыс әкімінің, оның орынбасарларының қабылдауына жазылған адамдардың тізімін Аппарат басшысына (Т.А.Ә., көтеріп отырған мәселелерін, қабылдауға шақырылғандар тізімін) енгізеді, сондай-ақ азаматтарды қабылдауды ұйымдастыруға дербес жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z480" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z480" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15.3. Облыс әкімінің қабылдауына Аппарат басшысы, бірыңғай заң қызметінің басшысы, азаматтарды қабылдауды ұйымдастыруға жауапты қызметкер қатысуы міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z481" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z481" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сонымен қатар өзге де жауапты тұлғалар (басқармалардың басшылары, аудандар мен Орал қаласының әкімдері) қабылдауға шақырылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z482" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z482" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15.4. Қабылдау аяқталғаннан кейін өтініштер бөлімі облыс әкімі, оның орынбасарлары, Аппарат басшысы тапсырмаларының орындалуын ұйымдастыруды қамтамасыз етеді, азаматтарды қабылдау карточкаларын орындау және жауаптар ұсыну/беру үшін мемлекеттік органдарға жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z540" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z540" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16. Көшіру-көбейту жұмыстарын ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z484" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z484" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16.1. Аппаратта машинкада басу жұмыстарын Аппараттың барлық қызметкерлері орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z485" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z485" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Машинкада басу жұмыстарын орындаушылардың барлығы Аппараттың алынған ресми бланкілерінің дұрыс пайдаланылуына дербес жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z486" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z486" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16.2. "Құпия" белгісі бар құжаттарды осы жұмыстарға рұқсаты бар қызметкерлер ғана басып шығарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z487" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z487" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қызмет бабында пайдалану үшін" белгісі бар құжаттарды көбейту жалпы бөлімінің бас инспектордың (бас маманның), ол болмаған жағдайда Аппарат басшысы орынбасарының рұқсатымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z488" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z488" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16.3. Көбейту аппараттарында көшірмелерді түсіру үшін белгіленген талаптарды сақтай отырып құрылған құжаттың бірінші данасы және ресімделген тапсырыс бланкісі беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z489" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z489" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16.4. Өзге ұйымдар қызметкерлерімен ұсынылған материалдарды көбейтуге және көшірмелеуге рұқсатты ұйымдастыру – инспекторлық жұмыстар бөлімінің басшысы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z546" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z546" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17. Басқарушы қызметкерлерді шақыру және шығу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z491" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z491" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17.1. Аудандар әкімдерін кеңестерге шақыру облыс әкімінің рұқсатымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z492" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z492" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17.2. Облыс әкімі орынбасарларының, Аппарат басшысының және оның орынбасарларының, аудандар мен Орал қаласы әкімдерінің, облыстық басқармалар басшыларының Қазақстан Республикасынан тыс жерлерге шығуы облыс әкімінің келісімімен жүзеге асырылады. Шетелге шығуға рұқсат беру туралы жазбаша өтінім облыс әкіміне 5 (бес) жұмыс күні бұрын ұсынылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z493" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z493" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Рұқсат берілген жағдайда рұқсатты алған тұлға оны алған күні Аппараттың құпиялылық режимін сақтауға жауапты қызметкерін (МҚҚБ) хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z494" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z494" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, облыс әкімінің тиісті өкімі ресімделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z495" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z495" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17.3. Облыс әкімі орынбасарларының, Орал қаласы әкімінің, Аппарат басшысының, аудандар әкімдерінің облыстан тыс жерлерге шығуы облыс әкімінің келісімі бойынша жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z496" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z496" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыстық басқармалар басшыларының облыстан тыс жерлерге шығуы облыс әкімінің жетекшілік ететін орынбасарының келісімі бойынша жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z497" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z497" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17.4. Аппарат қызметкерлерінің облыстан немесе облыс орталығынан тыс жерлерге шығуы Аппарат басшысының шешімі бойынша жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z498" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z498" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17.5. Әкімдік отырыстары, жұмыс кеңестері өткізілетін күндер, басшыларды шақыру және басқа да шаралар облыс әкімімен, оның орынбасарларымен, Аппарат басшысымен айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z499" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z499" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17.6. Облыстың атқарушы органы басшысының демалысы, сондай-ақ оның уақытша еңбекке жарамсыздығы кезеңінде міндеттерді басшының орынбасарына жүктей отырып, облыс әкімінің тиісті өкімімен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z553" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z553" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18. Қызметтік іссапарларға жолдау және мемлекеттік қызметшілердің қызметтік мақсаттарда шетелге шығуы, соның ішінде қайта даярлауға және біліктілігін арттыруға жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z501" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z501" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.1. Аппарат қызметкерлерін Қазақстан Республикасы шегінде іссапарға жіберу Қазақстан Республикасы Үкіметінің 2000 жылғы 22 қыркүйектегі №1428 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Мемлекеттік бюджеттің есебінен ұсталатын мемлекеттік мекемелер қызметкерлерінің, сондай-ақ Қазақстан Республикасының Парламенті депутаттарының Қазақстан Республикасының шегіндегі қызметтік іссапарлары туралы ережемен айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z502" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z502" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.2. Қызметкерлерді бюджет қаражаты есебінен республика шегінде іссапарға жіберу өкім (бұйрық) негізінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z503" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z503" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметкерлерді бюджет қаражаты есебінен республика шегінде іссапарға жіберу өкім (бұйрық) негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z504" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z504" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, облыс әкімі аппаратының қызметшісі шұғылды қоспағанда, 3 жұмыс күні бұрын іссапардың күндері мен мақсаттары, тұрғын үй жалдау күндері санын, маршрутты және негізгі қызметшінің жұмыста болмаған кезде оның міндеті жүктелетін тұлғаны көрсете отырып қызметтік жазбаны әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z505" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z505" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республиканың өңірлеріне көбінесе теміржол көлігімен жүзеге асырылады. Бұл ретте іссапардың мақсаты аппараттың міндеті мен функциясына сәйкес болуы керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z506" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z506" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әртүрлі себептермен іссапарға шыға алмайтын жағдайда облыс әкімі аппаратының қызметшісі іссапарға шықпау себептерін көрсете отырып міндетті түрде іссапардан 1 күн бұрын басшылыққа қызметтік жазбаны әзірлейді және жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z507" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z507" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл тәртіп облыс әкіміне қолданылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z508" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z508" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Іссапарға жіберу туралы әкімшілік актіні облыс әкімі аппаратының бірыңғай заң қызметі қызметтік жазбаның негізінде, ал облыс әкімінің іссапары туралы актіні – облыс әкімі аппаратының лауазымды тұлғаларының тапсырмалары бойынша әзірлейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z509" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z509" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.3. Қызметкерлердің бюджет қаражаты есебінен, кестеден тыс іссапарларына ерекше жағдайларда ғана облыс әкімінің рұқсатымен жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z510" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z510" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.4. Қызметкерлер іссапардан келгеннен кейін үш жұмыс күнінен кешіктірмей, Аппарат басшылығына осы Регламентке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша атқарылған жұмыс туралы есеп беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z511" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z511" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың талабы облыс әкіміне, оның орынбасарларына, облыс әкімінің көмекшілері мен кеңесшілеріне және өзгелей тәртіп белгіленген басқа да қызметкерлерге қолданылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z512" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z512" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18.5. Жалпы бөлім қызметкерді шетелге іссапарға жіберу туралы бұйрыққа қол қойылғаннан кейін, мемлекеттік құпияларды білетін қызметкерлердің шетелге шығуын есепке алу үшін оның көшірмесін тарату парағына сәйкес құпия құжаттармен жұмыс жөніндегі бас инспекторға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z513" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z513" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.6. Қызметтік мақсаттарда шетелге шығу кезінде шығыстарды өтеу Қазақстан Республикасы Үкіметінің 2018 жылғы 11 мамырдағы №256 "Бюджет қаражаты есебінен қызметтік іссапарларға, оның ішінде шет мемлекеттерге қызметтік іссапарларға арналған шығыстарды өтеу қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z514" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z514" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.7. Аппарат қызметкерлерін қайта даярлау және біліктілігін арттыру Мемлекеттік қызметшілерді даярлау, қайта даярлау және біліктілігін арттыру ережесімен белгіленген тәртіппен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z515" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z515" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.8. Аппарат қызметкерлерін қайта даярлау және біліктілігін арттыруды персоналды басқарудың бірыңғай қызметі үйлестіреді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z516" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z516" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18.9. Персоналды басқарудың бірыңғай қызметі біліктілігін арттыру жөніндегі курстар (семинарлар) туралы ақпаратты облыс әкімдігінің веб-порталында мерзімді жариялауды қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18.10. Қазақстан Республикасы шегінде біліктілігін арттыруға жолдау Аппарат бөлімдерінің қажеттілігіне қарай жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z563" w:id="302"/>
+    <w:bookmarkStart w:name="z563" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19. Аппарат ғимаратына және аумағына өткізу және объектішілік режимді ұйымдастыру тәртібі мен жұмыс уақыты режимі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z519" w:id="303"/>
+        <w:t xml:space="preserve">19. Аппарат ғимаратына және аумағына өткізу және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объектішілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режимді ұйымдастыру тәртібі мен жұмыс уақыты режимі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z519" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19.1. Аппарат қызметкерлері үшін екі демалыс (сенбі және жексенбі) күнімен бес күндік жұмыс аптасы белгіленеді. Бұл ретте, күн сайынғы жұмыс мерзімінің ұзақтығы сегіз сағатты құрайды, жұмыс уақыты режимі сағат 9.00-ден сағат 18.30-ға дейін және сағат 13.00-ден сағат 14.30-ға дейін түскі ас үшін үзіліспен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z520" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z520" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19.2. Аппарат қызметкерлерінің еңбек тәртібін сақтауы үшін бақылау-өткізу бекетінде (турникет) тіркелетін магнитті карталардың көмегімен бақылау жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z521" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z521" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19.3. Персоналды басқарудың бірыңғай қызметі ай сайын есепті айдан кейінгі айдың 1-іне Аппарат басшылығына еңбек тәртібінің жай-күйі туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z522" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z522" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19.4. Кезек күттірмейтін және алдын ала күтілмеген, оның шұғылдығы одан кейін жалпы алғанда Аппараттың (немесе оның жекелеген бөлімшелерінің) қалыпты және үзіліссіз жұмыс істеуіне ықпал ететін жұмыстарды орындау үшін қолданыстағы заңнамада көзделген тәртіппен Аппараттың жекелеген қызметкерлері жұмыс режимінен тыс уақытта шақырылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z523" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z523" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл жағдайларда Аппарат басшылығының рұқсаты бойынша қызметкерге кезекші автокөлік беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z524" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z524" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19.5. "Батыс Қазақстан облысы әкімі аппараты" мемлекеттік мекемесінің ғимаратына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z525" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z525" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі және Қазақстан Республикасы Мемлекеттік күзет қызметі қызметкерлерін қоспағанда, атыс қаруымен, оларға оқ-дәрілермен, арнайы құралдармен (газды, пневматикалық тапанша, электрошок құралдары, бронежилеттер және т.б.) кіруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z526" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z526" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жарылғыш заттарды, тез әрі жеңіл жанатын сұйықтықтар мен материалдарды алып кіруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z527" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z527" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Батыс Қазақстан облысы әкімі аппаратының және "БҚО әкімі аппаратының шаруашылық басқармасы" жауапкершілігі шектеулі серіктестігі қызметкерлерін және қала мен аудан әкімдерін қоспағанда, интернет модульдермен және фото-бейнекамералармен жарақтандырылған ұялы телефон, планшет, смарт-сағаттарды, ноутбуктерді алып кіруге және ғимарат ішінде қолдануға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z528" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z528" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19.6. Жұмыс істелген нақты уақытты есепке алуды ұйымдастыру үшін бір данада жұмыс уақытын есептеу табелі жүргізіледі, оған аппарат басшысының орынбасарлары, аппараттың құрылымдық бөлімшелері басшылары қол қояды, аппарат басшысымен бекітіледі және бухгалтерлік есеп және мемлекеттік сатып алу бөліміне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z581" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z581" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20. Кадрлық қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z530" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z530" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20.1. Бөлімдердің жұмысын ұйымдастыру тікелей олардың басшыларымен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z531" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z531" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20.2. Олардың міндеттері мен функциялары айқындалатын бөлімдер туралы ережелерді бөлім басшылары әзірлейді, бірыңғай заң қызметімен келісіледі және Аппарат басшысының бұйрығымен бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z532" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z532" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20.3. Аппарат бөлімдері басшылары мен қызметкерлерінің лауазымдық өкілеттіктерін айқындайтын лауазымдық нұсқаулықтарды бөлім басшылары әзірлейді, персоналды басқарудың бірыңғай қызметімен келісіледі және Аппарат басшысының бұйрығымен бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z533" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z533" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20.4. Облыс әкімі орынбасарларының, Аппарат басшысының, Орал қаласы және аудан әкімдерінің мінездемелеріне облыс әкімі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z534" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z534" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқармалар басшыларының мінездемелеріне облыс әкімінің жетекшілік ететін орынбасарлары қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z535" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z535" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20.5. Облыс әкімінің, оның орынбасарларының, Аппарат басшысының және аппарат қызметкерлерінің жұмыс істейтінін растайтын анықтамаға Аппарат басшылығы қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z592" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z592" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21. Мемлекеттік әкімшілік қызметшілердің қызметін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z537" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z537" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21.1. Мемлекеттік әкімшілік қызметшілердің қызметін бағалау мемлекеттік қызмет мәселелері бойынша уәкілетті органның бұйрығымен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z538" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z538" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21.2. Облыстық басқармалар басшыларының жеке жұмыс жоспарларымен қарастырылған нысаналы мақсатты индикаторларға (бұдан әрі – НМИ) қол жеткізілуін бақылауды жүзеге асыру мақсатында, тікелей басшымен (облыс әкімінің орынбасары) белгіленген НМИ қол жеткізу бойынша тоқсан сайын мониторинг жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z539" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z539" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21.3. Мониторинг жүргізу үшін тиісті басқармаға жетекшілік ететін - облыс әкімі аппаратының бас инспекторы материалдарды жинақтап, қорытындысы бойынша ақпаратты облыс әкімінің тиісті орынбасарына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21.4. Облыс әкімі аппараты басшысының қызметін бағалау үшін құрылымдық бөлімшелер бағалауды жүргізу, одан әрі қалыптастыру және жинақтау мақсатында қажетті материалдарды персоналды басқарудың бірыңғай қызметіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z599" w:id="324"/>
+    <w:bookmarkStart w:name="z599" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22. Ақпараттық технологияларды басқару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z542" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z542" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақпараттандыру саласындағы мемлекеттік саясатты жүзеге асыру және қоғамдық қатынастарды реттеу Қазақстан Республикасының 2015 жылғы 24 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11592,565 +11676,565 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015 жылғы 16 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Ақпаратқа қол жеткізу туралы"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заңдарына сәйкес жүзеге асырылады және Ұйымдастыру бөлімімен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z543" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z543" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Аппараттың ақпараттандыру жүйесін құру және енгізу бойынша шараларды үйлестіру жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z544" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z544" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Аппараттың ақпараттандыру қауіпсіздігі қамтамасыз етіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z545" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z545" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - облыс әкімінің қатысуымен өтетін отырыстар, кеңестер, кездесулер бейнеконференция байланысы арқылы қосу жүзеге асырылады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkEnd w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Аппараттың интернет-ресурсының ашықтығының және қолжетімділігінің деңгейіне мониторинг жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z547" w:id="329"/>
+    <w:bookmarkStart w:name="z547" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жергілікті атқарушы органдардың жұмысының тиімділігін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z548" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z548" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - апта сайынғы негізде "Битрикс-24" жүйесіне енгізілген жобаларды іске асыру мерзімдеріне мониторинг жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z549" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z549" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - ақпаратқа қол жеткізуді қамтамасыз ету мәселелері бойынша аудандар мен Орал қаласының әкімдіктерінің және облыстық басқармаларының жұмысы үйлестіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z604" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z604" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23. Қаржылық қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z551" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z551" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23.1. Аппаратты қаржыландыру республикалық және жергілікті бюджет қаражаты есебінен жүзеге асырылады. Қаржылық қызмет Қазақстан Республикасының Бюджет кодексімен, бухгалтерлік есеп және қаржылық есептілік туралы нормативтік құқықтық актілермен, бухгалтерлік есеп және мемлекеттік сатып алу туралы ережемен, өзге де нормативтік актілермен реттеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z552" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z552" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23.2. Бухгалтерлік есеп және мемлекеттік сатып алу бөлімінің негізгі міндеті Аппараттың қаржылық жағдайы, қызмет нәтижелері және қаржылық жағдайдағы өзгерістер туралы толық және дұрыс ақпараттарды ұсыну болып табылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1)нормативтік құқықтық актілер және басқа да құжаттар негізінде бюджетті жоспарлау, бюджет қаражатының бекітілген көлемін пайдалану арқылы тікелей және түпкілікті жақсы нәтижелерге қол жеткізу немесе бюджет қаражатының аз көлемін пайдалану жолымен тікелей және түпкілікті жақсы нәтижелерге қол жеткізу қажеттігін ескере отырып, бюджетті әзірлеу және атқару; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z554" w:id="335"/>
+    <w:bookmarkStart w:name="z554" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)бухгалтерлік есеп шоттарында барлық жүзеге асырылатын шаруашылық операциялардың көрсетілуін бақылау, жедел ақпаратты беру, белгіленген мерзімдерде қаржылық есептілікті құру, мемлекеттік сатып алуға жұмсалатын ақшаны оңтайлы және тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z555" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z555" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)міндеттемелер бойынша қаржыландыру жоспарына сәйкес берілген рұқсаттар шегінде міндеттемелерді қабылдау, қаржыландыру жоспарының орындалуын, ұйымдармен, мемлекеттік мекемелермен және тұлғалармен есеп айырысулардың жай-күйін бақылау, ақшалай қаражат пен материалдық құндылықтардың сақталуын қамтамасыз ету, кәсіпорындармен, мекемелермен бекітілген жеке қаржыландыру жоспарларын атқару процесінде туындайтын есеп айырысуларды мерзімінде жүргізу, қазынашылық органдарымен өзара іс-қимыл жөніндегі жұмыстарды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z556" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z556" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23.3. Материалдық құндылықтарды есепке алу материалдарды, негізгі құралдарды және аз құнды құрал-жабдықтарды есепке алу кітабын жүргізу, материалдық құндылықтарға түгендеу жүргізу және оның нәтижелерін уақтылы және дұрыс айқындау арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z557" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z557" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23.4. Жалақыны есептеуді жүзеге асыру, қызметкерлердің табыс салығын ұстап қалу бойынша жеке шоттарын, жинақтаушы зейнетақы қорларына жарналарды есепке алу карточкаларын жүргізу жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z613" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z613" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24. Аппараттың жұмыс регламентін сақтауға жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z559" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z559" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24.1. Облыс әкімінің орынбасарлары, Аппарат басшысы және оның орынбасарлары, аудандар мен Орал қаласының әкімдері, атқарушы органдардың бірінші басшылары, Аппарат қызметкерлері осы Регламенттің тармақтарын бұзғаны үшін жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z560" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z560" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24.2. Аппарат қызметкері өзіне жүктелген лауазымдық міндеттерді (соның ішінде қызмет тиімділігін бағалау нәтижелері бойынша) орындамағаны және тиісті дәрежеде орындамағаны, лауазымдық өкілеттіктерін асыра пайдаланғаны, қызметтік тәртіпті және қызметтік этиканы бұзғаны, сондай-ақ Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметте болумен байланысты шектеулерді сақтамағаны үшін оған мемлекеттік қызмет туралы заңнамаға сәйкес келесідей тәртіптік жазалар қолданылуы мүмкін: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z561" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z561" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ескерту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z562" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z562" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сөгіс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қатаң сөгіс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z564" w:id="344"/>
+    <w:bookmarkStart w:name="z564" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қызметке толық сәйкес еместігі туралы ескерту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z565" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z565" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лауазымын төмендету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z566" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z566" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) атқарып жүрген лауазымынан босату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z630" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z630" w:id="348"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Батыс Қазақстан облысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkEnd w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әкімі аппаратының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12158,80 +12242,80 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>регламентіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-ҚОСЫМША</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z631" w:id="348"/>
+    <w:bookmarkStart w:name="z631" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Батыс Қазақстан облысы әкімі аппаратының _____ жылға арналған  жұмыс жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkEnd w:id="349"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14135,64 +14219,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z632" w:id="349"/>
+      <w:bookmarkStart w:name="z632" w:id="350"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Батыс Қазақстан облысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әкімі аппаратының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14206,74 +14290,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-ҚОСЫМША</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z633" w:id="350"/>
+      <w:bookmarkStart w:name="z633" w:id="351"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Батыс Қазақстан облысы әкімі аппараты ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(бөлімнің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15551,90 +15635,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z634" w:id="351"/>
+    <w:bookmarkStart w:name="z634" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z635" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z635" w:id="353"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Батыс Қазақстан облысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkEnd w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әкімі аппаратының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15648,74 +15732,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-ҚОСЫМША</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z636" w:id="353"/>
+      <w:bookmarkStart w:name="z636" w:id="354"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Батыс Қазақстан облысы әкімі аппаратының лауазымды тұлғаларымен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkEnd w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________ келісу уақытының есебі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17214,90 +17298,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z637" w:id="354"/>
+    <w:bookmarkStart w:name="z637" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z638" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z638" w:id="356"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Батыс Қазақстан облысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әкімі аппаратының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17479,100 +17563,100 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________ _____ 20__ жылғы № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z641" w:id="356"/>
+    <w:bookmarkStart w:name="z641" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ұйымдастырушылық іс-шаралар жоспары  (жол картасы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z642" w:id="357"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z642" w:id="358"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттың түрі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тапсырманың мазмұны:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18901,64 +18985,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z647" w:id="358"/>
+      <w:bookmarkStart w:name="z647" w:id="359"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Батыс Қазақстан облысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әкімі аппараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18972,64 +19056,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5-ҚОСЫМША </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z648" w:id="359"/>
+      <w:bookmarkStart w:name="z648" w:id="360"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бекітемін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19037,80 +19121,80 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Аппарат басшысы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____" ___________ 20__ж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z649" w:id="360"/>
+    <w:bookmarkStart w:name="z649" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Іссапар туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19677,64 +19761,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z650" w:id="361"/>
+      <w:bookmarkStart w:name="z650" w:id="362"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Іссапарға жіберілген жерге бару маршруты және тұрақты жұмыс орнына қайту маршруты:____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Күні: ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19748,64 +19832,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Келісілді: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z582" w:id="362"/>
+      <w:bookmarkStart w:name="z582" w:id="363"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім басшысының қолы/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Аппарат басшысы орынбасарының қолы ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>