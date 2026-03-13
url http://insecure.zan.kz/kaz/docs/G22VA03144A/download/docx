--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c79b5b5" w14:textId="c79b5b5">
+    <w:p w14:paraId="ede5239" w14:textId="ede5239">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,74 +252,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Өскемен қаласының мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы қаулыға қол қойылған күннен бастап күнтізбелік жиырма күн ішінде оның көшірмесін электрондық түрде қазақ және орыс тілдерінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жариялау үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді қамтамасыз етсін;</w:t>
+      1) осы қаулыны Өскемен қаласы әкімдігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасының заңнамаларына сәйкес осы қаулыдан туындайтын шараларды қабылдасын.</w:t>
+      2) Қазақстан Республикасының заңнамасында көзделген осы қаулыдан туындайтын өзге де шараларды қабылдауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау жетекшілік ететін Өскемен қаласы әкімінің орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -583,72 +645,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тарау-1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Бөлім) мәдениет және тілдерді дамыту салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+        <w:t>
+      1. "Өскемен қаласының мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесі (бұдан әрі – Бөлім) мәдениет және тілдерді дамыту салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бөлімнің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
@@ -764,111 +806,153 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бөлім өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Өскемен қаласының мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. "Өскемен қаласының мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      8. Бөлімнің штат санының лимитін Қазақстан Республикасының заңнамасына сәйкес Өскемен қаласының әкімдігімен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Пермитин көшесі, 29, пошталық индексі 492019.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> болып табылады.</w:t>
+        <w:t>
+      10. Осы Ереже Бөлімнің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бөлім қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттерден жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
@@ -1282,768 +1366,1272 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасымен қарастырылған өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Функциялары:</w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
-[...15 lines deleted...]
-      қаланың музыка, кітапхана ісі, мәдени-сауық саласындағы коммуналдық мемлекеттік мәдениет ұйымдарының қызметіне қолдау көрсету және үйлестіруді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаланың музыка, кітапхана ісі, мәдени-сауық саласындағы коммуналдық мемлекеттік мәдениет ұйымдарының қызметіне қолдау көрсету және үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-      жергілікті маңызы бар тарих, материалдық және рухани мәдениет ескерткіштерін есепке алу, қорғау және пайдалану жөніндегі жұмысты ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәдени құндылықтарды есепке алу, қорғау және пайдалану жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
-[...15 lines deleted...]
-      мемлекеттік және басқа да тілдері дамытуға бағытталған қалалық деңгейдегі іс-шараларды өткізу;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қаланың сауықтық мәдени-бұқаралық іс-шараларын, сондай-ақ әуесқой шығармашылық бірлестіктер арасында байқаулар, фестивальдар және конкурстар өткізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...15 lines deleted...]
-      қаланың коммуналдық мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізу;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қаланың коммуналдық мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...15 lines deleted...]
-      коммуналдық мемлекеттік мәдениет ұйымдарын материалдық-техникалық қамтамасыз етуде ықпал ету және қолдау;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыретi шегiнде мәдениет саласындағы коммуналдық меншiктi басқаруды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
-[...15 lines deleted...]
-      қаладағы аудандардың, алаңдардың, даңғылдардың, бульварлардың, көшелердiң, тұйық көшелердiң, саябақтардың, скверлердiң, көпiрлердiң және қаланың басқа да құрамды бөлiктерiнiң атауы және оларды қайта атау, олардың атауларының транскрипциясын өзгерту жөнiндегi жұмыстардың орындалуын қамтамасыз етедi;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қаланың мәдени мақсаттағы объектiлерiн салу, реконструкциялау және жөндеу бойынша тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
-[...15 lines deleted...]
-      мекеменің құзыреті шегінде әкімнің және қала әкімдігінің нормативтік-құқықтық актілерінің жобаларын әзірлеу,</w:t>
+    <w:bookmarkStart w:name="z87" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) коммуналдық мемлекеттік мәдениет ұйымдарын материалдық-техникалық қамтамасыз етуде ықпал ету және қолдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkStart w:name="z88" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қаланың мемлекеттік кітапханаларының біріне "Орталық" мәртебесін беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z89" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бюджет қаражаты шегінде балалар мен жасөспірімдердің шығармашылық үйірмелерін қаржыландыруға мемлекеттік шығармашылық тапсырысты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z90" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік шығармашылық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, ведомстволық бағыныстылығына, типтері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған шығармашылық үйірмелерінде мемлекеттік шығармашылық тапсырысты орналастыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z91" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік шығармашылық тапсырысты орналастырудың, оның сапасын бақылаудың және нысаналы игерілуінің барлық кезеңдері мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z92" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) қаланың аумағында орналасқан мәдениет ұйымдарының қызметіне мониторингті жүзеге асырады және жергілікті атқарушы органына ақпаратты, сондай-ақ белгіленген нысандағы статистикалық есептерді ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z93" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тарихи-мәдени мұраны сақтау жөніндегі жұмысты ұйымдастыру, тарихи, ұлттық және мәдени салт-дәстүрлерді дамытуға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z94" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жұртшылықты тарих және мәдениет ескерткiштерiн сақтау және кеңінен таныту жөнiндегі iс-шараларды жүргiзуге тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z95" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) облыстың жергiлiктi атқарушы органына немесе уәкiлеттi органға өздерінің құзыреті шегiнде тарих және мәдениет ескерткiштерiнiң бүлiнуiн, бұзылу қатерін жою туралы хабар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z96" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тарихи-мәдени мұра объектілерін жергілікті маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізіміне қосу туралы ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z97" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мәдени-бұқаралық, ойын-сауық іс-шараларын өткізуді ұйымдастыру тәртібін, жарнамаларды тарату тілі талабын, көрнекі ақпараттар мен реквизиттерді орналастыру кезінде </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+      17) маңдайшаны қалада орналастыру туралы хабарламаларды Қазақстан Республикасының "Рұқсаттар және хабарламалар туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z98" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) мемлекеттік және басқа да тілдерді дамытуға бағытталған қалалық деңгейдегі іс-шараларды өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z99" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) облыстың атқарушы органдарына ауылдардың атауы және олардың атауларын өзгерту, сондай-ақ олардың атауларының транскрипциясын халықтың пiкiрiн ескере отырып, өзгерту туралы ұсыныстар енгiзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z100" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) қаладағы, алаңдардың, даңғылдардың, желекжолдардың, көшелердiң, тұйық көшелердiң, саябақтардың, скверлердiң, көпiрлердiң және қаланың басқа да құрамды бөлiктерiнiң атауы және оларды қайта атау, олардың атауларының транскрипциясын өзгерту жөнiндегi жұмыстардың орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z101" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) заңды тұлғаларға қоғамдық-мәдени бұқаралық іс-шараларда фейерверктерді қолдануға заңнамада белгіленген тәртіппен рұқсат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z102" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) әкімшілік құқық бұзушылық туралы хаттамалар жасау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z103" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының мәдениет туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын бұзғаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z104" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәдени-көпшілік іс-шараларды ұйымдастыру және өткізу тәртібін бұзғаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z105" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзғаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z106" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) Қазақстан Республикасының тіл туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзғаны үшін әкімшілік құқық бұзушылықтар туралы хаттамалар жасау, істерді қарау және әкімшілік жазалар қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z107" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) мекеменің құзыреті шегінде әкімнің және қала әкімдігінің нормативтік құқықтық актілерінің жобаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z108" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Қазақстан Республикасының заңнамасымен жүктелген басқа да өкілеттіктерді жергілікті мемлекеттік басқару мүддесінде жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z59" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бөлім басқаруды бірінші басшы жүзеге асырады, ол жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z60" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бөлімнің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z61" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бөлімнің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z109" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының заңнамасымен және осы </w:t>
+      1) Қазақстан Республикасының заңнамасымен және осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережемен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> анықталған өз құзіретіне сәйкес Бөлім қызметінің мәселелерін өз бетімен шешеді;</w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+        <w:t xml:space="preserve"> анықталған өз құзіретіне сәйкес Бөлім қызметінің мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z110" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мекеменің құзыретіне кіретін мәселелер бойынша белгіленген тәртіпте кеңестер шақырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z111" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Бөлім қызметкерлерінің өкілеттіктерін анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z112" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) барлық ұйымдарда Бөлімінің мүдделерін ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z113" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша қажетті шаралар қабылдайды және ол үшін дербес жауаптылықта болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z114" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Бөлімнің құрылымын дербес айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z115" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңнамамен көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z116" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z71" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлім заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z72" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім мүлік оған меншік иесі берген мүлік, сондай-ақ, өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z73" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ұлттық Банкі өзіне бекітіліп берілген, өзінің балансында тұрған мүлікті иелену, пайдалану және оған билік ету құқығын Қазақстан Республикасының атынан дербес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z74" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z75" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Егер заңнамада өзгеше көзделмесе Бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z76" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z77" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z78" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z79" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өскемен қаласы әкімдігінің "Самғау" мәдени қызметті және жаппай спортты дамыту орталығы" мемлекеттік коммуналдық қазыналық кәсіпорыны; Өскемен қаласы әкімдігінің "Оралхан Бөкей атындағы орталықтандырылған кітапханалар жүйесі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>