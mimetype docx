--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="167d370" w14:textId="167d370">
+    <w:p w14:paraId="382a0d3" w14:textId="382a0d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>"Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасы" мемлекеттік мекемесінің ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы әкімдігінің 2022 жылғы 25 сәуірдегі № 95 қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,52 +201,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 40-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шығыс Қазақстан облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -255,51 +277,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасы" мемлекеттік мекемесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасы" мемлекеттік мекемесінің ережесін бекіту туралы" Шығыс Қазақстан облысы әкімдігінің 2017 жылғы 16 маусымдағы № 156 қаулысының күші жойылсын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -596,744 +617,816 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 25 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 95 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасы" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) табиғи ресурстарды қорғау және табиғат пайдалануды реттеу саласында басшылықты жүзеге асыратын мемлекеттік орган болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Басқарма мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және мемлекеттік тілде өз атауы бар мөртаңбалары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Басқарма азаматтық-құқықтық қатынастарға өз атынан түседі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Басқарманың егер Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқарма өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың орналасқан жері: 070004, Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Карл Либкнехт көшесі, 19.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес Шығыс Қазақстан облысының жергілікті бюджетінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Басқармаға кәсіпкерлік субъектілерімен Басқарманың функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Басқарманың міндеттері мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орман және аңшылық ресурстарын, су объектілерін мемлекеттік реттеу және ұтымды пайдалануды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орман, су және аңшылық шаруашылығы, қоршаған ортаны қорғау мәселелері жөніндегі мемлекеттік саясатты іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жергілікті маңызы бар ерекше қорғалатын табиғи аумақтардың өсімдіктер, жануарлар дүниесінің, типтік, бірегей және сирек кездесетін ландшафттарының биологиялық саналуандығын сақтау болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      Егер Басқармаға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...127 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік органдар мен ұйымдардан Қазақстан Республикасының қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген көлемде өзіне жүктелген функцияларды жүзеге асыру үшін қажетті құжаттарды, ақпарат пен материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басымдықтарды, тұжырымдамаларды, нормативтік материалдарды, нысаналы бағдарламаларды, талдамалық шолулар мен болжамдарды әзірлеуге қатысу үшін қажет болған жағдайларда ғылыми қызметкерлер мен мамандарды тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстың жергілікті атқарушы органының шешімі бойынша облыстық коммуналдық мүлік құрамындағы акционерлік қоғамдар акцияларының мемлекеттік пакетін және жауапкершілігі шектеулі серіктестіктердегі қатысу үлестерін иелену мен пайдалану құқығын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қоршаған ортаны қорғау саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1492,62 +1585,106 @@
       10) әрбір бес жылдық кезеңге арналған сапаның нысаналы көрсеткіштерін әзірлейді және қоршаған ортаны қорғау саласындағы уәкілетті органмен келіседі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) халқы он мың адамнан асатын елді мекендерде атмосфералық ауаға ластағыш заттар шығарындыларының стационарлық көздерін түгендеуді қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      12) халқы он мың адамнан асатын елді мекендерде атмосфералық ауа ластануының жиынтық есеп-қисаптарын жүргізуді және олардың негізінде елді мекеннің шекті жол берілетін шығарындыларының жиынтық томын жасауды қамтамасыз етеді;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) алып тасталды - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) климаттың өзгеруіне бейімдеу үшін басым мемлекеттік басқару салалары бойынша климаттың өзгеруіне осалдықты бағалауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1865,51 +2002,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өртке қарсы ерікті құралымдардың жұмыс істеуіне жәрдем көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27) орманда өрт қаупі бар маусымға мемлекеттік орман қоры аумағында өрттерді сөндіру үшін жанар-жағармай материалдарының резервін құрады;</w:t>
+      27) мемлекеттік орман қоры аумағында табиғи өрттерді сөндіру үшін ормандағы өрт қаупі жоғары маусымға арналған жанар-жағармай материалдарының қорын, сондай-ақ орман өрттерін сөндіру үшін әуе кемелерін тарту қажет болған жағдайда авиациялық отын қорын жасайды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) шаруа және фермер қожалықтарының және өзге де ауыл шаруашылығы ұйымдарының орман қорына іргелес аумақтарда ауыл шаруашылығы алқаптарында, жайылымдар мен шабындықтарда сабанды, аң және өзге де өсімдік қалдықтарын жағуды, шөптесін өсімдіктерді күйдіруді жүргізуіне бақылауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2317,51 +2454,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) балық шаруашылығы су айдындарының және (немесе) учаскелерiнiң резервтiк қорын қорғауды ұйымдастырады және қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      51) ғылыми ұсынымдар негізінде балық шаруашылығы су айдындарын және (немесе) учаскелерін паспорттауды жүргізеді;</w:t>
+      51) ғылыми зерттеулер негізінде балық шаруашылығы су айдындары мен (немесе) учаскелерін паспорттауды жүргізеді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) рекреациялық балық аулау аймағын белгілеу бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2414,98 +2551,222 @@
       55) облыс аумағында жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы ғылыми зерттеулер мен жобалау-іздестіру жұмыстарын жүргізуді ұйымдастырады және (немесе) қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) резервтік қордың балық шаруашылығы су айдындарында және (немесе) учаскелерінде балықтардың қырылу қаупі туындаған жағдайларда уәкілетті орган ведомствосы аумақтық бөлімшесінің шешімі негізінде мелиорациялық балық аулауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      58) акваөсіру (балық өсіру) өнімінің өнімділігі мен сапасын арттыруға, сондай-ақ асыл тұқымды балық өсіруді дамытуға субсидиялар береді;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      57) алып тасталды - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      58) алып тасталды - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) балық шаруашылығы субъектілеріне кредит беру кезінде сыйақы мөлшерлемелерін субсидиялауды жүзеге асырады (2025ж.01.01. бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-1) балық өнімдерін қайта өңдеуді субсидиялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-2) аквашаруашылық субъектілерін және аквашаруашылықтың дамуын қамтамасыз ететін субъектілерді субсидиялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-3) құзыреті шегінде аквашаруашылық саласындағы мемлекеттік саясатты іске асырады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) коммуналдық меншіктегі су шаруашылығы құрылыстарын басқарады, оларды қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2686,62 +2947,106 @@
       69) облыс аумағындағы су объектілерінің жай-күйі туралы халықты хабардар етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) жер үсті көздеріндегі су ресурстарын пайдаланғаны үшін төлемақы ставкаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      71) елді мекендерді шаруашылық-ауыз сумен жабдықтау үшін жерасты суларына арналған жер қойнауын мемлекеттік геологиялық зерттеуді ұйымдастырады және жүргізеді;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      71) алып тасталды - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) уәкілетті органға республикалық маңызы бар мемлекеттік табиғи-қорық қоры объектілерінің тізбесі, ерекше қорғалатын табиғи аумақтар мен экологиялық желілер жүйесін дамыту, республикалық және жергілікті маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2956,62 +3261,106 @@
       84) облыстың жергілікті атқарушы органының қарамағындағы ерекше қорғалатын табиғи аумақтар мен мемлекеттік табиғи-қорық қоры объектілерінің жай-күйіне, күзетілуіне, қорғалуына және пайдаланылуына мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85) жергілікті маңызы бар мемлекеттік табиғат ескерткіштерінің шекараларын және аумақтарын қорғау режимінің түрін бекіту жөнінде ұсыныстар енгізеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      86) жергілікті маңызы бар мемлекеттік табиғи қаумалдарды тарату және олардың аумақтарын азайту жөнінде ұсыныстар енгізеді;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      86) алып тасталды - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) республикалық маңызы бар мемлекеттік табиғи қаумалдардың аумағында орналасқан жер учаскелерін пайдалануды белгіленген режимді сақтай отырып жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3273,941 +3622,1068 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 12.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 274</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14 тармаққа-өзгерістер енгізілді - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="30"/>
+    <w:bookmarkStart w:name="z125" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z126" w:id="31"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z126" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Басқармаға басшылықты оған жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z127" w:id="32"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Басқарма басшысын Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шығыс Қазақстан облысының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z128" w:id="33"/>
+    <w:bookmarkStart w:name="z128" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарма басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындайтын және қызметтен босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z129" w:id="34"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z129" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарма басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="36"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасына сәйкес Басқарма қызметкерлерін, Басқарманың қарамағындағы мемлекеттік заңды тұлғалардың директорларын, сондай-ақ олардың орынбасарларын лауазымға тағайындайды және лауазымынан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Басқарма қызметкерлерін, Басқарма қарамағындағы мемлекеттік заңды тұлғалардың директорларын, олардың орынбасарларын, бас бухгалтерлерді </w:t>
+      2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> белгіленген тәртіппен көтермелейді және оларға тәртіптік жаза қолданады;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="37"/>
+        <w:t xml:space="preserve"> белгіленген тәртіппен Басқарма қызметкерлерін, Басқарманың қарамағындағы мемлекеттік заңды тұлғалардың директорларын, сондай-ақ олардың орынбасарларын көтермелейді және тәртіптік жазаға тартады</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Басқарманың бұйрықтарына қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z133" w:id="38"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z133" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Басқарманың құрылымдық бөлімшелері туралы ережелерді, Басқарма қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z134" w:id="39"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z134" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді, сот, құқық қорғау және өзге де мемлекеттік органдарда Басқарманың мүдделерін білдіруге сенімхаттар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z135" w:id="40"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z135" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша қажетті шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z136" w:id="41"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z136" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ерлер мен әйелдердің тәжірибесіне, қабілеттері мен кәсіби даярлығына сәйкес мемлекеттік қызметке тең қол жеткізуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z137" w:id="42"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z138" w:id="43"/>
+    <w:bookmarkStart w:name="z138" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z139" w:id="44"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18 тармаққа-өзгерістер енгізілді - Шығыс Қазақстан облысы әкімдігінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19 Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z140" w:id="45"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z140" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z141" w:id="46"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z141" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z142" w:id="47"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z143" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқармаға бекітілген мүлік Шығыс Қазақстан облысының коммуналдық меншігіне жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z144" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z145" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың қарамағындағы ұйымдардың тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z148" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Шығыс Қазақстан облысы әкімдігінің табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Шығыс су қоймалары" коммуналдық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z149" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Асу-Бұлақ орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z150" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Үлкен Нарын орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z151" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Верх-Уба орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z152" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Зайсан орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z153" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Зырян орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z154" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Күршім орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z155" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Риддер орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z156" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Марқакөл орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z157" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Мало-Уба орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z143" w:id="48"/>
-[...15 lines deleted...]
-      21. Басқармаға бекітілген мүлік Шығыс Қазақстан облысының коммуналдық меншігіне жатады.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Пихта орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z144" w:id="49"/>
-[...15 lines deleted...]
-      22. Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z159" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Самар орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z145" w:id="50"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5 тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+    <w:bookmarkStart w:name="z160" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Черемшанка орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z146" w:id="51"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Өскемен орман шаруашылығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z147" w:id="52"/>
-[...15 lines deleted...]
-      Басқарманың қарамағындағы ұйымдардың тізімі:</w:t>
+    <w:bookmarkStart w:name="z162" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Шығыс Қазақстан облысы табиғи ресурстар және табиғат пайдалануды реттеу басқармасының "Орман және аңшылық шаруашылығының жедел қимыл отряды" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z148" w:id="53"/>
-[...298 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4275,55 +4751,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4649,31 +5125,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>