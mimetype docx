--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="66b00bf" w14:textId="66b00bf">
+    <w:p w14:paraId="3f0a4c0" w14:textId="3f0a4c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>"Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесінің ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы әкімдігінің 2022 жылғы 12 қаңтардағы № 6 қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Мемлекеттік мүлік туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,52 +201,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Мемлекеттік орган туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>үлгілік ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Шығыс Қазақстан облысы әкімдігінің 2021 жылғы 13 желтоқсандағы № 355 "Жергілікті атқарушы органдардың құрылымы мен штат саны лимиттері туралы" Шығыс Қазақстан облысы әкімдігінің 2013 жылғы 10 шілдедегі № 174 қаулысына өзгерістер енгізу туралы" қаулысының негізінде Шығыс Қазақстан облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        1. "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -255,171 +277,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Шығыс Қазақстан облысы әкімдігінің 2016 жылғы 31 тамыздағы № 276 "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесінің ережесін бекіту туралы" қаулысы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Мыналар:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Шығыс Қазақстан облысы әкімдігінің 2020 жылғы 23 қарашалағы № 410 "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесінің ережесін бекіту туралы" Шығыс Қазақстан облысы әкімдігінің 2016 жылғы 31 тамыздағы № 276 қаулысына өзгеріс енгізу туралы" қаулысы жойылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) Шығыс Қазақстан облысы әкімдігінің 2016 жылғы 31 тамыздағы № 276 "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесінің ережесін бекіту туралы" қаулысы;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Облыс әкімінің аппараты осы қаулыға қол қойылғаннан кейін күнтізбелік жиырма күн ішінде оның көшірмелерін қазақ және орыс тілдерінде "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жариялау үшін жіберуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) Шығыс Қазақстан облысы әкімдігінің 2020 жылғы 23 қарашалағы № 410 "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесінің ережесін бекіту туралы" Шығыс Қазақстан облысы әкімдігінің 2016 жылғы 31 тамыздағы № 276 қаулысына өзгеріс енгізу туралы" қаулысы жойылсын.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Шығыс Қазақстан облысының жұмылдыру дайындығы мен жұмылдыруды қамтамасыз ету қызметі" коммуналдық мемлекеттік мекемесі Шығыс Қазақстан облысы әкімі аппаратының "Шығыс Қазақстан облысының жұмылдыру дайындығы мен жұмылдыруды қамтамасыз ету қызметі" коммуналдық мемлекеттік мекемесі болып қайта аталсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Облыс әкімінің аппараты, қаржы, жұмылдыру дайындығы басқармалары осы қаулыдан туындайтын басқа да шараларды қабылдасын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулының орындалуын бақылау облыс әкімі аппаратының басшысы Е.Қ. Аймұқашевке жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -522,50 +543,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Ахметов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -599,2793 +638,2674 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Шығыс </w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысы әкімдігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан облысы әкімдігінің </w:t>
+              <w:t xml:space="preserve">2022 жылғы 12 қаңтардағы № 6 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 жылғы 12 қаңтардағы </w:t>
-[...12 lines deleted...]
-              <w:t>№ 6 қаулысымен бекітілген</w:t>
+              <w:t>қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Ереже жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 20.06.2024 </w:t>
+      Ескерту. Ереже жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 152</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – облыс әкімінің аппараты) Шығыс Қазақстан облысы әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Облыс әкімінің аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Облыс әкімінің аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Облыс әкімінің аппараты азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Облыс әкімінің аппараты мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Облыс әкімінің аппараты өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен облыс әкімі аппараты басшысының бұйрықтарымен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Облыс әкімі аппаратының құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      4. Облыс әкімінің аппараты азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Облыс әкімі аппаратының орналасқан жері: индексі 070019, Қазақстан Республикасы, Өскемен қаласы, М. Горький көшесі, 40.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      5. Облыс әкімінің аппараты мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс режимі: сағат 8.00-ден 17.30-ға дейін. Түскі үзіліс сағат 12.00-ден 13.30-ға дейін. Бес күндік жұмыс аптасы белгіленген. Демалыс және мереке күндеріндегі жұмыс және кезекшілік облыс әкімі аппараты басшысының жеке актілерімен белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...15 lines deleted...]
-      6. Облыс әкімінің аппараты өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен облыс әкімінің аппараты басшысының бұйрықтарымен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік органның толық атауы – "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      7. Облыс әкімі аппаратының құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже облыс әкімі аппаратының құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      8. Облыс әкімі аппаратының орналасқан жері: индексі 070019, Қазақстан Республикасы, Өскемен қаласы, М. Горький көшесі, 40.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Облыс әкімі аппаратының қызметін қаржыландыру Шығыс Қазақстан облысы бюджетінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      Жұмыс режимі: сағат 9.00-ден 18.30-ға дейін. Түскі үзіліс сағат 13.00-ден 14.30-ға дейін. Бес күндік жұмыс аптасы белгіленген. Демалыс және мереке күндеріндегі жұмыс және кезекшілік облыс әкімі аппараты басшысының жеке актілерімен белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Облыс әкімінің аппаратына кәсіпкерлік субъектілерімен өкілеттіктер болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      9. Мемлекеттік органның толық атауы – "Шығыс Қазақстан облысы әкімінің аппараты" мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер облыс әкімінің аппаратына заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, онда түскен кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> болып табылады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      11. Облыс әкімі аппаратының қызметін қаржыландыру Шығыс Қазақстан облысы бюджетінен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      12. Облыс әкімінің аппаратына кәсіпкерлік субъектілерімен өкілеттіктер болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) облыс әкімі мен әкімдігінің қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      Егер облыс әкімінің аппаратына заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, онда түскен кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің, облыс әкімдігі мен әкімінің, оның орынбасарларының, облыс әкімі аппаратының басшысы мен оның орынбасарларының актілері мен тапсырмаларының орындалуын ұйымдастыру және бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...77 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің, облыс әкімі мен әкімдігі қойған тапсырмаларды іске асыру бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген құзыреті шегінде облыстың мемлекеттік органдарының қызметін үйлестіру.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы заңнамаға сәйкес жүктелген функцияларды жүзеге асыру кезінде мемлекеттік органдардың ақпараттық, оның ішінде құпия деректер базасына қолжетімділігі болуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің, оның орынбасарларының, облыс әкімі аппараты басшысының актілері мен тапсырмаларының орындалуын тексеруді ұйымдастыру және өткізуге қатысу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес облыстың жергілікті атқарушы органдарының құрамына кіретін мемлекеттік органдарға, олардың ведомстволық бағынысты ұйымдарына қатысты бақылау іс-шараларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс әкімі аппаратының бақылауындағы тапсырмалар мен бақылау құжаттарын орындамағаны және (немесе) тиісінше орындамағаны үшін әкімдікке және облыс әкіміне есеп беретін мемлекеттік органдар басшыларының жауапкершілігі туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес басқа да құқықтарды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес жүктелген функциялардың орындалуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) облыс әкімінің қызметін ақпараттық-талдау тұрғысынан қамтамасыз ету:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Президенті, Қазақстан Республикасының Премьер-Министрі, орталық мемлекеттік органдар басшылары, облыс әкімі, оның орынбасарлары, аппарат басшысы берген тапсырмаларды орындау бойынша ақпараттық, анықтамалық және талдамалық материалдар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүдделі мемлекеттік органдармен бірлесіп, облыс әкіміне, облыс әкімінің орынбасарларына, облыс әкімі аппаратының басшысына облысты дамыту мәселелері жөнінде талдамалық және ақпараттық материалдар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      15. Функциялары:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі және әкімдігінің нормативтік құқықтық актілерінің құқықтық мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      1) облыс әкімінің қызметін ақпараттық-талдау тұрғысынан қамтамасыз ету:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті атқарушы органдардың ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың сақтауын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы Президенті, Қазақстан Республикасының Премьер-Министрі, орталық мемлекеттік органдар басшылары, облыс әкімі, оның орынбасарлары, аппарат басшысы берген тапсырмаларды орындау бойынша ақпараттық, анықтамалық және талдамалық материалдар әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі аппаратының ішкі аудит қызметі функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      мүдделі мемлекеттік органдармен бірлесіп, облыс әкіміне, облыс әкімінің орынбасарларына, облыс әкімінің аппарат басшысына облысты дамыту мәселелері жөнінде талдамалық және ақпараттық материалдар әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті бюджеттен қаржыландырылатын атқарушы органдар қызметінің тиімділігін бағалауға мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      облыс әкімі және әкімдігінің нормативтік құқықтық актілерінің құқықтық мониторингін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот практикасына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      жергілікті атқарушы органдардың ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың сақтауын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) облыс әкімінің қызметін ұйымдастыруды қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      облыс әкімі аппаратының ішкі аудит қызметі функцияларын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімдігінің мәжілістерінде, кеңейтілген аппарат және облыс әкімінің төрағалығымен басқа жиналыстарда қарау үшін мәселелер тізбесін әзірлеу, күн тәртібін жасау, облыс әкімдігінің мәжілістеріне материалдар әзірлеу, облыс әкімдігі мәжілістерінің материалдары мен хаттамаларын ресімдеу және тарату, облыс әкімі мен әкімдігінің актілерін шығару, оларды тарату және сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      жергілікті бюджеттен қаржыландырылатын атқарушы органдар қызметінің тиімділігін бағалауға мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі, оның орынбасарлары өткізетін кеңестердің өткізілуін ұйымдастыру, кеңестердің хаттамаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      сот практикасына талдау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      іс қағаздарын, соның ішінде құпия іс қағаздарын, арнайы байланысты ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      2) облыс әкімінің қызметін ұйымдастыруды қамтамасыз ету:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі, оның орынбасарлары, облыс әкімі аппарат басшысының, облыс әкімі аппаратының әдеп жөніндегі уәкілетті тұлғасының және басқа лауазымды тұлғаларының азаматтарды қабылдауының тоқсандық кестесін әзірлеу және қабылдауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      облыс әкімдігінің мәжілістерінде, кеңейтілген аппарат және облыс әкімінің төрағалығымен басқа жиналыстарда қарау үшін мәселелер тізбесін әзірлеу, күн тәртібін жасау, облыс әкімдігінің мәжілістеріне материалдар әзірлеу, облыс әкімдігі мәжілістерінің материалдары мен хаттамаларын ресімдеу және тарату, облыс әкімі мен әкімдігінің актілерін шығару, оларды тарату және сақтау;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің, оның орынбасарларының, облыс әкімі аппараты басшысының атына келіп түскен жеке және заңды тұлғалардың жазбаша, электрондық түскен өтініштерді қарау, оларды бақылау және талдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес мемлекеттік қызметшілердің тағылымдаманы, қайта даярлау және біліктілігін арттыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті атқарушы органның мемлекеттік наградалар бойынша қызметін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "облыс (қаланың, ауданның) Құрметті азаматы" атағын беру қағидаларының жобасын әзірлеу және мәслихаттың бекітуіне ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті өзін-өзі басқарудың аумақтық кеңестерін құру бойынша ұйымдастыру жұмыстарын жүргізу және жергілікті өзін-өзі басқарудың аумақтық кеңестері туралы ережені әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      облыс әкімінің ұйымдастыру қызметі мәселелері бойынша келіп түскен петицияны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен қарау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      жергілікті атқарушы органның мемлекеттік наградалар бойынша қызметін ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі және әкімдігінің актілерін, құжаттамаларды және облыс әкімінің, оның орынбасарларының, облыс әкімдігінің Қазақстан Республикасы Президенті Әкімшілігі, Қазақстан Республикасы Үкіметі Аппараты, Қазақстан Республикасының басқа да орталық атқарушы органдары, орталық атқарушы органдардың аумақтық бөлімшелері, облыс, қалалар және аудандардың атқарушы органдары, сот, құқық қорғау органдарымен хат алмасуларын тіркеу, сақтау және архивке өткізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      "облыс (қаланың, ауданның) Құрметті азаматы" атағын беру қағидаларының жобасын әзірлеу және мәслихаттың бекітуіне ұсыну;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімі және әкімдігінің құқық қорғау және арнайы органдарымен қауіпсіздік, құқық бұзушылықтың алдын алу, сыбайлас жемқорлыққа қарсы күрес және облыс аумағында қоғамдық тәртіпті ұйымдастырудың өзге де мәселелері бойынша өзара іс-әрекетін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      жергілікті өзін-өзі басқарудың аумақтық кеңестерін құру бойынша ұйымдастыру жұмыстарын жүргізу және жергілікті өзін-өзі басқарудың аумақтық кеңестері туралы ережені әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құзыреті шегінде сыбайлас жемқорлыққа қарсы іс-қимыл бойынша ұйымдастыру шараларын қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген тәртіппен қарау;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстың Терроризмге қарсы комиссияның қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      облыс әкімі және әкімдігінің актілерін, құжаттамаларды және облыс әкімінің, оның орынбасарларының, облыс әкімдігінің Қазақстан Республикасы Президенті Әкімшілігі, Қазақстан Республикасы Премьер-Министрі Кеңсесі, Қазақстан Республикасының басқа да орталық атқарушы органдары, орталық атқарушы органдардың аумақтық бөлімшелері, облыс, қалалар және аудандардың атқарушы органдары, сот, құқық қорғау органдарымен хат алмасуларын тіркеу, сақтау және архивке өткізуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтік ақпараттың, соның ішінде "қызметтік пайдалану үшін" және "құпия" және "аса құпия" белгілері бар таралуы шектеулі құжаттардың сақталуы мен қорғалуына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       құпиялық режимін сақтау бойынша Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес құпиялық режимін сақтауды жүргізу және мониторингілеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс аумағында мемлекеттік көрсетілетін қызметтер сапасын арттыруға, қолжетімділігіне бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті атқарушы органның мемлекеттік қызметтер көрсету тәртібі туралы көрсетілетін қызметті алушылардың хабардар болуына мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолдану;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      облыс аумағында мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз етуді бақылау;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас саласындағы қызметкерлердің біліктілігін арттыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасын бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, "Азматтарға арналған үкімет" мемлекеттік корпорациясына мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті атқарушы органдар көрсететін мемлекеттік қызмет көрсету тәртібін айқындайтын заңнамалық нормативтік құқықтық актілерді көрсетілетін қызметті берушілердің сақтауына мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің аудандар мен облыстық маңызы бар қалалар әкімдіктерінің, облыстық бюджеттен қаржыландырылатын атқарушы органдардың қызметін үйлестіру жөніндегі жұмысын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) облыс әкімінің қызметін құқықтық қамтамасыз ету:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот және өзге де құқық қорғау органдарында облыс әкімінің және әкімдігінің, облыс әкімі аппаратының мүддесін білдіру және қорғау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      жергілікті атқарушы органдар көрсететін мемлекеттік қызмет көрсету тәртібін айқындайтын заңнамалық нормативтік құқықтық актілерді көрсетілетін қызметті берушілердің сақтауына мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің, оның орынбасарларының, облыс әкімі аппараты басшысының тапсырмалары бойынша облыс әкімі мен әкімдігі актілерінің жобаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      облыс әкімінің аудандар мен облыстық маңызы бар қалалар әкімдіктерінің, облыстық бюджеттен қаржыландырылатын атқарушы органдардың қызметін үйлестіру жөніндегі жұмысын ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің аппаратына келісуге келіп түскен облыс әкімі мен әкімдігінің нормативтік құқықтық және құқықтық актілері жобаларының сараптамасын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      3) облыс әкімінің қызметін құқықтық қамтамасыз ету:</w:t>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандар, облыстық маңызы бар қалалар әкімдерінің, облыстық бюджеттен қаржыландырылатын атқарушы органдардың сұрау салуы бойынша соттардың шешімдеріне апелляциялық немесе кассациялық шағымдану немесе мұндай келісуден бас тарту құқығын келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...15 lines deleted...]
-      сот және өзге де құқық қорғау органдарында облыс әкімінің және әкімдігінің, облыс әкімі аппаратының мүддесін білдіру және қорғау;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) облыс әкімінің қызметін материалдық-техникалық қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      облыс әкімінің, оның орынбасарларының, облыс әкімінің аппараты басшысының тапсырмалары бойынша облыс әкімі мен әкімдігі актілерінің жобаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыс әкімінің, әкімдігінің, облыс әкімі аппаратының қызметін үздіксіз ұйымдастыру мақсатында мемлекеттік сатып алуды ұйымдастыру бойынша іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс әкімінің аппараты қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамамен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Облыс әкімінің аппаратында басшылықты облыс әкімінің аппаратына жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Облыс әкімі аппаратының басшысын облыс әкімі лауазымға тағайындайды және лауазымнан босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Облыс әкімі аппараты басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымға босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Облыс әкімі аппараты басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аппаратқа жүктелген мақсаттардың іске асырылуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның қызметін ұйымдастыру</w:t>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыреті шегінде аппараттың құрылымдық бөлімшелерінің қызметін ұйымдастырады, үйлестіреді және бақылайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      16. Облыс әкімінің аппаратында басшылықты облыс әкімінің аппаратына жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аппараттың құрылымы мен штат кестесін, оның құрылымдық бөлімшелері туралы ережені, аппарат қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      17. Облыс әкімінің аппарат басшысын облыс әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аппараттың "Б" корпусының мемлекеттік әкімшілік қызметшілерін мемлекеттік лауазымдарға тағайындайды және мемлекеттік лауазымдардан босатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...15 lines deleted...]
-      18. Облыс әкімі аппараты басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) аппараттың тәртіптік және конкурстық комиссияларының қызметіне жалпы басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...15 lines deleted...]
-      19. Облыс әкімі аппараты басшысының өкілеттігі:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қызметтік тәртіптің сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
-[...15 lines deleted...]
-      1) аппаратқа жүктелген мақсаттардың іске асырылуын ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) еңбек қатынастары мәселелері жоғары тұрған лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, аппараттың мемлекеттік қызметшілерін іссапарға жіберу, демалыс беру, материалдық көмек көрсету, даярлау, қайта даярлау және біліктілігін арттыру, көтермелеу, үстемеақылар белгілеу мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      2) өз құзыреті шегінде аппараттың құрылымдық бөлімшелерінің қызметін ұйымдастырады, үйлестіреді және бақылайды;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) еңбек қатынастары мәселелері жоғары тұрған лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, аппараттың мемлекеттік қызметшілерінің тәртіптік жауаптылығы мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) өз құзыреті шегінде Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарының орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) облыстың жергілікті атқарушы және өкілді органдары қабылдаған шешімдердің орындалу барысын бақылайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) облыс әкімі аппаратының бұйрықтарына қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) облыс әкімінің аппаратын мемлекеттік органдарда, өзге де ұйымдарда ұсынады, облыс әкімі аппаратының мүдделерін сот, құқық қорғау және өзге де мемлекеттік органдарда ұсынуға сенімхаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде қажетті шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ерлер мен әйелдердің тәжірибесіне, қабілеттеріне және кәсіптік даярлығына сәйкес мемлекеттік қызметке тең қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      10) облыстың жергілікті атқарушы және өкілді органдары қабылдаған шешімдердің орындалу барысын бақылайды;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) облыс әкімі аппаратының барлық қаржы құжаттарына бірінші қол қою құқығына ие;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      11) мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) облыстық жобалау басқармасының үлгілік базалық бағытына басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      12) облыс әкімі аппаратының бұйрықтарына қол қояды;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) аппарат басшысына жүктелген өзге де өкілеттіктерді, оның ішінде жергілікті бюджеттен қаржыландырылатын атқарушы органдарға жетекшілік етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      13) облыс әкімінің аппаратын мемлекеттік органдарда, өзге де ұйымдарда ұсынады, облыс әкімі аппаратының мүдделерін сот, құқық қорғау және өзге де мемлекеттік органдарда ұсынуға сенімхаттар береді;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) облыс әкімі аппаратының басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...15 lines deleted...]
-      14) сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде қажетті шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
-[...15 lines deleted...]
-      15) ерлер мен әйелдердің тәжірибесіне, қабілеттеріне және кәсіптік даярлығына сәйкес мемлекеттік қызметке тең қолжетімділігін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      16) облыс әкімі аппаратының барлық қаржы құжаттарына бірінші қол қою құқығына ие;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Облыс әкімі аппаратында заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Облыс әкімі аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Облыс әкімінің аппаратына бекітілген мүлік Шығыс Қазақстан облысының коммуналдық меншігіне жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Облыс әкімінің аппараты өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті егер заңнамада өзгеше белгіленбесе өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Облыс әкімінің аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс әкімінің аппараты қарамағындағы ұйымдардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысы әкімі аппаратының "Шығыс Қазақстан облысы әкімінің істер басқармасы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...154 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3711,31 +3631,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>