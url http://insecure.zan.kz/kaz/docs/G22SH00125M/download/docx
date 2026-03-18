--- v0 (2025-11-09)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2123b00" w14:textId="2123b00">
+    <w:p w14:paraId="9a64244" w14:textId="9a64244">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -751,3787 +751,1358 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы "Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының 5-тармағына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) 2-қосымшасына (бұдан әрі – Бұйрықтың 2-қосымшасы) сәйкес әзірленген және "Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мәслихат аппаратының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін Қызылжар аудандық мәслихаты Бұйрықтың 2-қосымшасы негізінде мәслихат аппараты қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
-[...15 lines deleted...]
-      3. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Үлгілік әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z23" w:id="8"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам – Қызылжар аудандық мәслихатының төрағасы;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам – мәслихатының төрағасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
-[...15 lines deleted...]
-      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам – мәслихат аппаратының басшысы;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәслихат аппаратының басшысы – Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Б" корпусының қызметшісі – мәслихат аппаратының басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z26" w:id="11"/>
-[...15 lines deleted...]
-      4) мәслихат аппаратының басшысы – Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе мәслихат аппаратының басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z27" w:id="12"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі – мәслихат аппаратының басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z28" w:id="13"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – мәслихат аппаратының басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z29" w:id="14"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – мәслихат аппаратының басшысы үшін белгіленетін және мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z30" w:id="15"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мәслихат аппаратының "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау "Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің ережесінде және Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының регламентімен айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z32" w:id="17"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z33" w:id="18"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
-[...15 lines deleted...]
-      12) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және мәслихат аппаратының басшысымен бірлесіп құрылатын, Қызылжар аудандық мәслихатының төрағасымен бекітілген құжат.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z35" w:id="20"/>
-[...15 lines deleted...]
-      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z36" w:id="21"/>
-[...15 lines deleted...]
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z37" w:id="22"/>
-[...15 lines deleted...]
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z38" w:id="23"/>
-[...15 lines deleted...]
-      5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z39" w:id="24"/>
-[...15 lines deleted...]
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z40" w:id="25"/>
-[...15 lines deleted...]
-      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз 5-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
-[...15 lines deleted...]
-      Бұл ретте 2021 жылғы 1 шілдеден 2022 жылғы 31 желтоқсанға дейінгі жұмыс кезеңінде әлеуметтік демалыста болған, еңбекке уақытша жарамсыздығы кезінде болған "Б" корпусы қызметшілерінің қызметін бағалау осы Әдістеменің 6-тарауында белгіленген тәртіпте жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z42" w:id="27"/>
-[...15 lines deleted...]
-      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z43" w:id="28"/>
-[...15 lines deleted...]
-      8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z44" w:id="29"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады", </w:t>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z45" w:id="30"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z46" w:id="31"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағалауды ұйымдастырушылық сүйемелдеуді функционалдық міндеттеріне кадрлық мәселелерді жүргізу кіретін мәслихат аппаратының "Б" корпусы қызметшісі – бақылау және депутаттармен жұмысы жөніндегі бас маманы (бұдан әрі – кадрлар жөніндегі бас маман), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
-[...15 lines deleted...]
-      9. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
-[...15 lines deleted...]
-      10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
-[...15 lines deleted...]
-      11. Бағалауды ұйымдастырушылық сүйемелдеуді функционалдық міндеттеріне кадрлық мәселелерді жүргізу кіретін мәслихат аппаратының "Б" корпусы қызметшісі – бақылау және депутаттармен жұмысы жөніндегі бас маманы (бұдан әрі – кадрлар жөніндегі бас маман), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында кадрлар жөніндегі бас маманда, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
-[...15 lines deleted...]
-      Бұл ретте кадрлар жөніндегі бас маман ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
-[...15 lines deleted...]
-      12. Кадрлар жөніндегі бас маман бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде таныстыруды қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен кадрлар жөніндегі бас маманы қарастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
-[...15 lines deleted...]
-      Осы Әдістеменің 6-тармағының екінші бөлігінде көрсетілген қызметшілерді таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кадрлар жөніндегі бас маман мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
-[...15 lines deleted...]
-      13. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
-[...15 lines deleted...]
-      14. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
-[...15 lines deleted...]
-      15. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында кадрлар жөніндегі бас маманда, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
-[...15 lines deleted...]
-      16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
-[...15 lines deleted...]
-      17. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен кадрлар жөніндегі бас маманы қарастырады.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
-[...15 lines deleted...]
-      18. Бағалаушы адам мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Е-2 санатындағы "Б" корпусының мемлекеттік әкімшілік қызметшісін (мәслихат аппаратының басшысы) бағалау мәслихат төрәғасымен Бұйрықтың 2-қосымшасына 1 қосымшаға сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
-[...15 lines deleted...]
-      1) мәслихат аппараты жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзге тұлғаларды бағалау құрылымдық мәслихат аппаратының басшысымен Бұйрықтың 2-қосымшасына 2 қосымшаға сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
-[...15 lines deleted...]
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
-[...15 lines deleted...]
-      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну; бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 11-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
-[...15 lines deleted...]
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қызылжар аудандық мәслихатының төрәғасы қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы өкім қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
-[...15 lines deleted...]
-      19. Бағаланатын адам мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
-[...15 lines deleted...]
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
-[...15 lines deleted...]
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ кадрлар жөніндегі бас маман немесе мәслихат аппаратының басқа мемлекеттік қызметшісі кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
-[...15 lines deleted...]
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 11-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
-[...15 lines deleted...]
-      20. Кадрлар жөніндегі бас маман мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Кадрлар жөніндегі бас маман калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
-[...15 lines deleted...]
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
-[...15 lines deleted...]
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
-[...15 lines deleted...]
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
-[...15 lines deleted...]
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
-[...15 lines deleted...]
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
-[...15 lines deleted...]
-      21. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, кадрлар жөніндегі бас маманға және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мәслихат аппаратының басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
-[...15 lines deleted...]
-      22. Мәслихат аппаратының басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
-[...15 lines deleted...]
-      23. НМИ-ды бағалаушы адаммен кадрлар жөніндегі бас маманның келісімімен Бұйрықтың 2-қосымшасының 1-қосымшасына сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мәслихат аппараты басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...15 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде кадрлар жөніндегі бас маманы жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
-[...2445 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>