--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="59438c1" w14:textId="59438c1">
+    <w:p w14:paraId="1d9cbb7" w14:textId="1d9cbb7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -861,2699 +861,1303 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бірінші ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі); 22.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26/410</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33/494</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бірінші ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы "Солтүстік Қазақстан облысы Есіл ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі - Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңы 33-бабының 5-тармағына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығымен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне (бұдан әрі - Үлгілік әдістеме) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) сәйкес әзірленді және мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды және "Солтүстік Қазақстан облысы Есіл ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі - мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
+      1. Осы "Солтүстік Қазақстан облысы Есіл ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңы 33-бабының 5-тармағына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығына сәйкес "Солтүстік Қазақстан облысы Есіл ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+      2. Осы Әдістемеде қолданылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z23" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жоғары тұрған басшы - бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам - аудан мәслихатының төрағасы;</w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазым – мәслихат аппаратының басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z24" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) тікелей басшы - мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам - мәслихат аппаратының басшысы;</w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам Есіл ауданы мәслихатының төрағасы (бұдан әрі – мәслихат төрағасы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z25" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағалаушы адам – тікелей басшы және/немесе жоғары тұрған басшы, мемлекеттік орган қызметінің ерекшеліктеріне байланысты, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+      3) бағалаушы адам – мемлекеттік органның тікелей басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z26" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мәслихат аппаратының басшысы - "Б" корпусының мемлекеттік әкімшілік қызметшісі, Е-2 санаты;</w:t>
+      4) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z27" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Б" корпусының қызметшісі - мәслихат аппаратының басшысын қоспағанда "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам,;</w:t>
+      5) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z28" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағаланатын адам - мәслихат аппаратының басшысы немесе "Б" корпусының қызметшісі;</w:t>
+      6) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z29" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нысаналы мақсатты индикаторлар (бұдан әрі - НМИ) - мәслихат аппаратының басшысына белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге бағытталған немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z30" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) саралау әдісі - "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі - бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z31" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) 360 әдісі - бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z32" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибрлеу сессиялары - бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың мерзімді кездесулері;</w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z33" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) бағаланатын кезең - мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар мәслихат аппаратының басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі. </w:t>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бағалау бағаланатын қызметшінің лауазымының санатына байланысты НМИ жетістіктері, саралау және 360 әдістері нәтижелерінің негізінде жүзеге асырылады.</w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. НМИ әдісі және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша - есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша - есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      НМИ және саралау бойынша қорытынды бағасы "Б" корпусы қызметшінің есепті тоқсандағы орташа бағасынан қосылады. </w:t>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшінің НМИ жетістіктерін бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз 4-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 4-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 4-тармақта белгіленген мерзімде жүргізіледі.</w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z46" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді кадр қызметі міндеттерін атқару жүктелген бас маман, соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z47" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. НМИ жетістіктерінің және саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z48" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z49" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Бағалауды ұйымдастырушылық сүйемелдеуді кадр қызметін жүргізу лауазымдық міндетеріне енгізілген бас маман (бұдан әрі - бас маман), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z50" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте бас маман "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z51" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Бас маман бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде таныстыруды қамтамасыз етеді.</w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маманда және ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z52" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы Әдістеменің 5-тармағының екінші бөлігінде көрсетілген қызметшілерді таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z53" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман қарастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z54" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      15. Кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында бас маманда, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бас маман қарастырады.</w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Бағалаушы адам мыналарды қамтамасыз етеді:</w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) мемлекеттік органның стратегиялық мақсаттарын, мемлекеттік орган жұмысының есептік кезеңдегі жалпы нәтижесін бағаланушы адамдардың назарына жеткізу;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ құрастыру, келісу және бекіту;</w:t>
+      16. Мәслихат аппаратының басшысын бағалау мәслихат төрағасымен Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағаланатын кезең ішінде бағаланатын адамдардың НМИ орындау дәрежесіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну; бағаланатын кезең ішінде бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+      "Б" корпусының мемлекеттік әкімшілік басқа қызметшілерін бағалау мәслихат аппаратының басшымен Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+      17. Бағалаушы адамға бағалау парағын кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман ақпараттық жүйе арқылы жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z63" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Бағаланатын адам мыналарға жауапты болады:</w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z64" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z65" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 10-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Бас маман мыналарға жауапты болады:</w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 10-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      21. Кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, бас маманға және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Мәслихат аппараты басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Кадр қызметін жүргізу лауазымдық міндеттеріне енгізілген бас маман хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. НМИ-ды бағалаушы адаммен бас маманының келісімімен Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мәслихат аппараты басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде бас маман жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z79" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z80" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында бас маман НМИ-дың нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің 4-тармағына сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z81" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
-[...1412 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>