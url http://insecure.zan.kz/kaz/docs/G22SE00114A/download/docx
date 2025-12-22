--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1227043" w14:textId="1227043">
+    <w:p w14:paraId="dec67ab" w14:textId="dec67ab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1688,51 +1688,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) бюджетті атқару жөніндегі орталық уәкілетті органға ауданның бюджеттік даму бағдарламаларын іске асыру бойынша бюджет ақшасын басқару жөніндегі мемлекеттік орган қызметінің тиімділігін бағалау жөніндегі ақпаратты жасау және ұсыну.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) аудандық бюджеттің атқарылуы бойынша есептілікті жасау және қаржы басқармасына, аудан әкімдігіне, облыстың тексеру комиссиясына, ауданның экономика және бюджеттік жоспарлау бөліміне есептер ұсыну.</w:t>
+      16) 16) аудандық бюджеттің атқарылуы бойынша есептілікті жасау және қаржы басқармасына, аудан әкімдігіне, облыстың тексеру комиссиясына есептер ұсыну.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жергілікті бюджеттердің есебінен ұсталатын мемлекеттік мекемелердің тауарларды (жұмыстарды, қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстары жоспарларының орындалуы туралы есептілікті жасау, қаржы басқармасына ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
@@ -2152,778 +2152,890 @@
         <w:t>
       38) аудандық коммуналдық мемлекеттік мекемелер мен кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдар мен жауапкершілігі шектеулі серіктестіктердің мүлкіне түгендеу жүргізуге бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) аудандық коммуналдық мүлікті жекешелендіруді жүзеге асыру, аудандық коммуналдық мүлікті сатушының функцияларын жүзеге асыру: жекешелендіруге жататын аудандық коммуналдық меншік объектілерінің тізбесін дайындау, жекешелендіру облыстың жергілікті атқарушы органының алдын ала келісімімен жүргізілуі мүмкін аудандық коммуналдық мүлік объектілерінің тізбесіне енгізілген аудандық коммуналдық мүлікті жекешелендіру бойынша облыстың жергілікті атқарушы органының алдын ала келісімін алу жөніндегі жұмысты ұйымдастыру; жекешелендіруге жататын аудандық коммуналдық мүлікке бағалау жүргізуді ұйымдастыру, жекешелендіру объектілерін жекелеген сауда-саттықтар бойынша бөлу; сауда-саттық өткізу мерзімдерін белгілеу; әрбір жекешелендіру объектісі бойынша сауда-саттықтардың шарттарын, нысандары мен түрлерін айқындау; жекешелендіру объектілерінің бастапқы, бастапқы және ең төменгі бағасын айқындау және бекіту; кепілдік жарналарының мөлшері мен оларды енгізу тәртібін айқындау; кепілдік жарналарын қабылдау және қайтару; сатып алушының талабы бойынша жекешелендіру объектілерінің ауыртпалықтары, кредиторлық және дебиторлық берешек сомасы, егер жекешелендіру объектісі мүліктік кешен ретінде кәсіпорын болып табылса, жекешелендірілетін кәсіпорынның жасалған келісімшарттары мен шарттары туралы ақпаратты дайындау және ұсыну; сауда-саттықты өткізу туралы ақпараттық хабарламаларды жариялау және басқа да жарнамалық қызметті жүзеге асыру; сауда-саттыққа қатысушыларды тіркеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...15 lines deleted...]
-      40) "Мемлекеттік сатып алу туралы" Қазақстан Республикасының 2007 жылғы 21 шілдедегі № 303 Заңына сәйкес аудандық коммуналдық мүлікті жекешелендіру бойынша хабарламалар жариялау және сауда-саттық өткізу үшін мерзімді баспа басылымдарын айқындау, аудандық коммуналдық мүлікті мүліктік жалдауға (жалға алуға), сенімгерлікпен басқаруға беру бойынша тендерлер өткізу туралы конкурс ұйымдастыру және өткізу; кейіннен шағын кәсіпкерлік субъектілерінің меншігіне беру; аудандық коммуналдық мүлікті кейіннен сатып алу құқығымен немесе құқығынсыз мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға беру жөніндегі тендерлерді өткізу туралы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40) Алып тасталды - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы әкімдігінің 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) аудандық коммуналдық мүлікті жекешелендіру, оны мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға беру бойынша сауда-саттықты өткізу туралы хабарламаларды жариялауға шарттар жасасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...15 lines deleted...]
-      41) аудандық коммуналдық мүлікті жекешелендіру, оны мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға беру бойынша сауда-саттықты өткізу туралы хабарламаларды жариялауға шарттар жасасу;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында белгіленген жағдайларда аудандық коммуналдық мүлікті бағалау бойынша "Мемлекеттік сатып алу туралы" Қазақстан Республикасының Заңына сәйкес конкурс ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...15 lines deleted...]
-      42) "Мемлекеттік мүлік туралы" Қазақстан Республикасының 2011 жылғы 1 наурыздағы № 413-IV Заңында белгіленген жағдайларда аудандық коммуналдық мүлікті бағалау бойынша "Мемлекеттік сатып алу туралы" Қазақстан Республикасының 2007 жылғы 21 шілдедегі № 303 Заңына сәйкес конкурс ұйымдастыру және өткізу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) "Мемлекеттік сатып алу туралы" Қазақстан Республикасының Заңында белгіленген жағдайларда аудандық коммуналдық мүлікке бағалау жүргізу жөніндегі конкурстың жеңімпазымен шарттар жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) сауда-саттық (аукцион, тендер, бағалы қағаздарды сату), тікелей атаулы сату арқылы аудандық коммуналдық мүлікті сатуды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
-[...15 lines deleted...]
-      43) "Мемлекеттік мүлік туралы" Қазақстан Республикасының 2011 жылғы 1 наурыздағы № 413-IV Заңында белгіленген жағдайларда аудандық коммуналдық мүлікті бағалауды өткізу бойынша конкурс жеңімпаздарымен шарттар жасасу;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) аудандық коммуналдық мүлікті сенімгерлік басқаруға, мүліктік жалдауға (жалға алуға), өтеусіз пайдалануға (қарызға) беру; шағын кәсіпкерлік субъектілерінің меншігіне кейіннен өтеусіз беру құқығымен сенімгерлік басқаруға немесе мүліктік жалдауға (жалға алуға) беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...15 lines deleted...]
-      44) сауда-саттық (аукцион, тендер, бағалы қағаздарды сату), тікелей атаулы сату арқылы аудандық коммуналдық мүлікті сатуды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) аудандық коммуналдық мүлікті тендер шарттарында сенімгерлік басқаруға немесе кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға) беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      45) аудандық коммуналдық мүлікті сенімгерлік басқаруға, мүліктік жалдауға (жалға алуға), өтеусіз пайдалануға (қарызға) беру; шағын кәсіпкерлік субъектілерінің меншігіне кейіннен өтеусіз беру құқығымен сенімгерлік басқаруға немесе мүліктік жалдауға (жалға алуға) беру;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) аудандық коммуналдық мүлікті сатып алу-сату шарттарын; шағын кәсіпкерлік субъектілерінің меншігіне кейіннен өтеусіз беру құқығымен аудандық коммуналдық мүлікті сенімгерлік басқару, мүліктік жалдау (жалға алу) шарттарын; аудандық коммуналдық мүлікті кейіннен сатып алу құқығымен сенімгерлік басқару, мүліктік жалдау (жалға алу) шарттарын, аудандық коммуналдық мүлікті сенімгерлік басқару шарттарын жасасу коммуналдық мүлікті меншікке берместен немесе сатып алусыз; аудандық коммуналдық мүлікті өтеусіз пайдалану (несие) шарттарын жасасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      46) аудандық коммуналдық мүлікті тендер шарттарында сенімгерлік басқаруға немесе кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға) беру;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) сатып алу-сату, мүліктік жалдау (жалға алу), сенімгерлік басқару; өтеусіз пайдалану (несие) шарттары талаптарының орындалуын жекешелендіруден кейінгі бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...15 lines deleted...]
-      47) аудандық коммуналдық мүлікті сатып алу-сату шарттарын; шағын кәсіпкерлік субъектілерінің меншігіне кейіннен өтеусіз беру құқығымен аудандық коммуналдық мүлікті сенімгерлік басқару, мүліктік жалдау (жалға алу) шарттарын; аудандық коммуналдық мүлікті кейіннен сатып алу құқығымен сенімгерлік басқару, мүліктік жалдау (жалға алу) шарттарын, аудандық коммуналдық мүлікті сенімгерлік басқару шарттарын жасасу коммуналдық мүлікті меншікке берместен немесе сатып алусыз; аудандық коммуналдық мүлікті өтеусіз пайдалану (несие) шарттарын жасасу;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) облыстық коммуналдық мүлікті сатудан, аудандық коммуналдық мүлікті мүліктік жалдауға (жалға алуға) беруден, сенімгерлік басқарудан түсетін ақшалай қаражаттың аудандық бюджет кірісіне толық және уақтылы түсуіне бақылауды жүзеге асыру, берешекті өндіріп алу жөнінде шаралар қабылдау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...15 lines deleted...]
-      48) сатып алу-сату, мүліктік жалдау (жалға алу), сенімгерлік басқару; өтеусіз пайдалану (несие) шарттары талаптарының орындалуын жекешелендіруден кейінгі бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) ауданның әлеуметтік-экономикалық даму, инвестициялық саясат және ауылдағы әлеуметтік сала бағдарламаларын әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
-[...15 lines deleted...]
-      49) облыстық коммуналдық мүлікті сатудан, аудандық коммуналдық мүлікті мүліктік жалдауға (жалға алуға) беруден, сенімгерлік басқарудан түсетін ақшалай қаражаттың аудандық бюджет кірісіне толық және уақтылы түсуіне бақылауды жүзеге асыру, берешекті өндіріп алу жөнінде шаралар қабылдау.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) ауылдық аумақтарды дамыту бойынша мемлекеттік саясаттың негізгі бағыттары мен тетіктерін түсіндіру; ауылдық аумақтарды дамытудың мемлекеттік және өңірлік бағдарламаларының іске асырылуын мониторингілеу және талдау; әзірленген нормативтер мен ауылдық қоныстанудың оңтайлы схемасы негізінде аудан аумағында көші-қон ағындарының мониторингін жүргізу; ауылдық аумақтарды дамытуды паспорттау және мониторингтеу бойынша жиынтық материалдар дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      50) ауданның әлеуметтік-экономикалық даму, инвестициялық саясат және ауылдағы әлеуметтік сала бағдарламаларын әзірлеуге қатысу;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) "Дипломмен ауылға!" жобасы шеңберінде мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...15 lines deleted...]
-      51) ауылдық аумақтарды дамыту бойынша мемлекеттік саясаттың негізгі бағыттары мен тетіктерін түсіндіру; ауылдық аумақтарды дамытудың мемлекеттік және өңірлік бағдарламаларының іске асырылуын мониторингілеу және талдау; әзірленген нормативтер мен ауылдық қоныстанудың оңтайлы схемасы негізінде аудан аумағында көші-қон ағындарының мониторингін жүргізу; ауылдық аумақтарды дамытуды паспорттау және мониторингтеу бойынша жиынтық материалдар дайындау;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) "Орталықтандырылған мемлекеттік сатып алуды мемлекеттік сатып алуды бірыңғай ұйымдастырушылар жүзеге асыратын тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2024 жылғы 28 тамыздағы № 589 бұйрығымен бекітілген тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі бойынша орталықтандырылған мемлекеттік сатып алуды жүзеге асыру (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35003 болып тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
-[...15 lines deleted...]
-      52) "Дипломмен ауылға!" жобасы шеңберінде мемлекеттік қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       54) мемлекеттік сатып алудың бірыңғай ұйымдастырушысы ретінде мемлекеттік сатып алу порталында жұмысты жүзеге асыру. Өткізілген мемлекеттік сатып алуға талдау, мониторинг жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
-[...15 lines deleted...]
-      53) тапсырыс берушімен бірлескен конкурстық комиссияларды (аукциондық комиссияларды) құру арқылы тауарлар, жұмыстар, көрсетілетін қызметтер тізбесі бойынша "Мемлекеттік сатып алуды бірыңғай ұйымдастырушылар мемлекеттік сатып алуды жүзеге асыратын тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбелерін айқындау туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 29 желтоқсандағы № 1127 бұйрығына сәйкес орталықтандырылған мемлекеттік сатып алуды жүзеге асыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы әкімдігінің 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Экономика және қаржы бөлімінің бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
-[...15 lines deleted...]
-       54) мемлекеттік сатып алудың бірыңғай ұйымдастырушысы ретінде мемлекеттік сатып алу порталында жұмысты жүзеге асыру. Өткізілген мемлекеттік сатып алуға талдау, мониторинг жүргізу.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Экономика және қаржы бөліміне басшылықты экономика және қаржы бөліміне жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Экономика және қаржы бөлімінің басшысын аудан әкімі "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына сәйкес қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Экономика және қаржы бөлімі басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Экономика және қаржы бөлімі басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - экономика және қаржы бөлімінің қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - экономика және қаржы бөлімінің қызметкерлерін ынталандыру және оларға тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - экономика және қаржы бөлімінің бұйрықтарына қол қояды, сондай-ақ мекеме қызметкерлері орындауға міндетті нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - экономика және қаржы бөлімінің құрылымы мен штаттық кестесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өз құзыреті шегінде сыбайлас жемқорлыққа қарсы заңнама талаптарының орындалуын және онда көзделген тәртіптік шаралардың қолданылуын қамтамасыз етеді, Сыбайлас жемқорлыққа қарсы іс-қимыл бойынша, қарамағындағылардың сыбайлас жемқорлық құқық бұзушылықтар жасағаны үшін дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономика және қаржы бөлімі басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы өз орынбасарының өкілеттігін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Экономика және қаржы бөлімінің бірінші басшысының мәртебесі, өкілеттігі</w:t>
-[...199 lines deleted...]
-      Экономика және қаржы бөлімі басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Экономика және қаржы бөлімінің мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
-[...15 lines deleted...]
-      20. Бірінші басшы өз орынбасарының өкілеттігін белгілейді.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Экономика және қаржы бөлімінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономика және қаржы бөлімінің мүлкі оған меншік иесі берген мүлік және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Экономика және қаржы бөліміне бекітілген мүлік аудандық коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер Қазақстан Республикасының Азаматтық кодексінде, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңында, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында өзгеше белгіленбесе, экономика және қаржы бөлімінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Экономика және қаржы бөлімінің мүлкі</w:t>
-[...59 lines deleted...]
-      22. Экономика және қаржы бөліміне бекітілген мүлік аудандық коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Экономика және қаржы бөлімін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      23. Егер Қазақстан Республикасының Азаматтық кодексінде, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңында, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында өзгеше белгіленбесе, экономика және қаржы бөлімінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Экономика және қаржы бөлімін қайта ұйымдастыру және тарату Қазақстан Республикасының Азаматтық кодексіне, Қазақстан Республикасының Еңбек кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына, "Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы" Қазақстан Республикасының Заңына, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына, сондай-ақ осы Ережеге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3249,31 +3361,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>