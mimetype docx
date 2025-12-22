--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ac2716" w14:textId="7ac2716">
+    <w:p w14:paraId="a1e7f83" w14:textId="a1e7f83">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -721,51 +721,113 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің құрылымы және штат санының лимиті Қазақстан Республикасының қолданыстағы заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің орналасқан жері: Қазақстан Республикасы, Павлодар облысы, 140100, Ақсу қаласы, Бауыржан Момышұлы көшесі, 12.</w:t>
+      9. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің орналасқан жері: Қазақстан Республикасы, Павлодар облысы, 140100, Ақсу қаласы, Пушкин көшесі, 72/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - Павлодар облысы Ақсу қаласы әкімдігінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 692/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің жұмыс тәртібі: жұмыс күндері: дүйсенбі-жұма 9.00-ден 18.30-ға дейін, түскі үзіліс 13.00-ден 14.30-ға дейін, демалыс күндері: сенбі, жексенбі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -863,51 +925,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Ақсу қаласының қаржы бөлімі мемлекеттік мекемесіне Қазақстан Республикасының заңнамалық актілерімен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің міндеттері мен өкілеттіктері</w:t>
+        <w:t xml:space="preserve"> 2-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1331,51 +1405,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаланың бюджеттік бағдарламалар әкімшілерінің бюджеттік қаражатты уақытында және тиімді пайдалану мониторингін, жергілікті бюджеттік бағдарламаларды орындауды, республикалық және облыстық бюджеттерден бөлінген ағымдағы нысаналы трансферттер мен даму трансферттердің игерілуін, Ақсу қаласы бойынша бюджеттік бағдарламалар әкімшілерінің ақшалай қаражатты, дебиторлық және кредиторлық берешектердің игерілуін жүзеге асыру,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) талдау материалдарын ұсына отырып, мемлекеттік сатып алу бойынша жиынтық есептілікті және мониторингті жүргізуді жүзеге асыру;</w:t>
+      3) құжаттаманы дайындауды, хабарландыруларды орналастыруды, өтінімдерді қарауды, нәтижелерді ресімдеуді, сондай-ақ сатып алу рәсімдеріне қатысушылардың өтініштері мен шағымдарына жауаптар беруді қоса алғанда, мемлекеттік сатып алу рәсімдерін ұйымдастыру, үйлестіру және өткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Ақсу қаласы бюджетінің атқарылуы саласындағы функцияларды жүзеге асыру, Ақсу қаласы бюджетінің атқарылуы бойынша бюджеттік есепке алу мен есептілікті жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1785,495 +1859,615 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шарттармен және Қазақстан Республикасының Үкіметі белгілеген тәртіппен коммуналдық тұрғын үй қорынан тұрғын үйлерді Қазақстан Республикасы азаматтарының меншігіне беруді жүзеге асыру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26) "Мемлекеттік тұрғын үй қорынан тұрғын үйге немесе жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйге мұқтаж азаматтарды есепке қою және олардың кезегі" мемлекеттік қызметін көрсету;</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      26) Тұрғын үймен қамтамасыз ету орталығымен ("Отбасы Банк" АҚ) бірлесіп, мемлекеттік тұрғын үй қорынан тұрғын үйге мұқтаж кезекте тұрғандар үшін мемлекеттік бағдарламалар шеңберінде кредиттік тұрғын үйді өткізу бойынша жұмыстар жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Тұрғын үймен қамтамасыз ету орталығымен бөлінген коммуналдық тұрғын үй қорынан тұрғын үй беру жөніндегі жұмыстарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) "Мемлекеттік тұрғын үй қорынан тұрғын үйлерді жекешелендіру" мемлекеттік қызметін көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) коммуналдық тұрғын үй қорынан тұрғын үйлерді жекешелендіру жөніндегі комиссияны ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармаққа өзгерістер енгізілді - Павлодар облысы Ақсу қаласы әкімдігінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 692/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің бірінші басшысының мәртебесі, өкілеттігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесіне басшылықты, "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және өз функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес Ақсу қаласының әкімімен лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесі бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесі қызметкерлерінің өкілеттіктері мен міндеттерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолданыстағы заңнамаға сәйкес "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің қызметкерлерін лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасымен белгіленген тәртіпте "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің қызметкерлерін көтермелеуді, оларға материалдық көмек көрсетуді, тәртіптік жаза қолдануды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің барлық қызметкерлері орындауға міндетті, оның құзыретіне кіретін мәселелер жөніндегі бұйрықтар шығарады және нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес меншік нысанына қарамастан, барлық мемлекеттік органдармен және өзге де ұйымдармен "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесі атынан қарым-қатынас жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің құрылымдық бөлімшелері туралы Ережені, оның қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің құрылымын әзірлеуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің келешектегі және ағымдағы жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сыбайлас жемқорлыққа қарсы іс-әрекет етеді және ол үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) азаматтардың жеке қабылдауын жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің бірінші басшысы болмаған кезеңде, оның өкілеттіктерін орындау қолданыстағы заңнамаға сәйкес оны алмастыратын тұлғамен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       27) коммуналдық тұрғын үй қорынан тұрғын үй беру жөніндегі комиссияны ұйымдастырады және өткізеді; </w:t>
-[...53 lines deleted...]
-      30) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      22. Алынып тасталды - Павлодар облысы Ақсу қаласы әкімдігінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 692/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24. Алынып тасталды - Павлодар облысы Ақсу қаласы әкімдігінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 692/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің бірінші басшысының мәртебесі, өкілеттігі</w:t>
-[...259 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> 5-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату</w:t>
+        <w:t>мекемесін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Ақсу қаласының қаржы бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату (жою) Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2509,55 +2703,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>