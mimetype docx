--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ccc8af" w14:textId="6ccc8af">
+    <w:p w14:paraId="d40f54a" w14:textId="d40f54a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай ауданы ауылдық округ және Тобыл қаласы әкімдері аппараттарының eрежелерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы Қостанай ауданы әкімдігінің 2022 жылғы 19 шілдедегі № 533 қаулысы</w:t>
+        <w:t>Қостанай облысы Қостанай ауданы әкімдігінің 2022 жылғы 19 шілдедегі № 533 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әкімшілік рәсімдік - процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -968,987 +968,1055 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Заңды тұлғаның орналасқан жері: 111106, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Айсары ауылы, Школьная көшесі, 4.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Заңды тұлғаның орналасқан жері: 111106, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Айсары ауылы, Школьная көшесі, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік органның толық атауы – "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы әкімдігінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 686</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (қабылданған сәтінен бастап күшіне енеді).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс-қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс-қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Айсары ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Айсары ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2248,127 +2316,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2383,1103 +2451,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111101, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Александровка ауылы, Школьная көшесі, 12 - ғимарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Александровка ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Александровка ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қолданыстағы заңнамаға сәйкес әкімнің, әкім аппаратының қызметін құжаттамалық қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z106" w:id="91"/>
-[...15 lines deleted...]
-      4) қолданыстағы заңнамаға сәйкес әкімнің, әкім аппаратының қызметін құжаттамалық қамтамасыз етуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өзге де функцияларды жүзеге асыру Қазақстан Республикасының заңнамасына сәйкес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
-[...15 lines deleted...]
-      9) өзге де функцияларды жүзеге асыру Қазақстан Республикасының заңнамасына сәйкес.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Александров ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z122" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z122" w:id="107"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қостанай ауданының Александров ауылдық округі әкімінің аппараты мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z123" w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z127" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z128" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z127" w:id="112"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Александров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z128" w:id="113"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3779,127 +3847,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округі әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z136" w:id="116"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z137" w:id="117"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3914,1103 +3982,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z140" w:id="120"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z141" w:id="121"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z142" w:id="122"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z143" w:id="123"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111120, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Белозерка ауылы, Школьная тұйық көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z144" w:id="124"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z145" w:id="125"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="127"/>
+    <w:bookmarkStart w:name="z147" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z148" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z149" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z148" w:id="128"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z149" w:id="129"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z150" w:id="130"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z151" w:id="131"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z153" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z152" w:id="132"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z154" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z153" w:id="133"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z154" w:id="134"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z155" w:id="135"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z156" w:id="136"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z158" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z157" w:id="137"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z158" w:id="138"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z159" w:id="139"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z160" w:id="140"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z162" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z161" w:id="141"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z162" w:id="142"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z164" w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z165" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z166" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z165" w:id="145"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z166" w:id="146"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z167" w:id="147"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z168" w:id="148"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z169" w:id="149"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z170" w:id="150"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z171" w:id="151"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z172" w:id="152"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Белозер ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z173" w:id="153"/>
+    <w:bookmarkStart w:name="z175" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z176" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z180" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z181" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z182" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z183" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z184" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z183" w:id="163"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z184" w:id="164"/>
+    <w:bookmarkStart w:name="z186" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z187" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z188" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z189" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z188" w:id="168"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Белозер ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z189" w:id="169"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5310,127 +5378,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="171"/>
+    <w:bookmarkStart w:name="z196" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z197" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z198" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z197" w:id="172"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z199" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z198" w:id="173"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z200" w:id="175"/>
+    <w:bookmarkStart w:name="z200" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5445,1103 +5513,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z201" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z202" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z201" w:id="176"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z202" w:id="177"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z204" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z203" w:id="178"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z205" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z204" w:id="179"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111104, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Владимировка ауылы, Школьная көшесі, 1А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z205" w:id="180"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z206" w:id="181"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="183"/>
+    <w:bookmarkStart w:name="z208" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z209" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z210" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z209" w:id="184"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z210" w:id="185"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z212" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z211" w:id="186"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z213" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z212" w:id="187"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z214" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z213" w:id="188"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z215" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z214" w:id="189"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z215" w:id="190"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z216" w:id="191"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z217" w:id="192"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z219" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z218" w:id="193"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z220" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z219" w:id="194"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z220" w:id="195"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z221" w:id="196"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z223" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z222" w:id="197"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z223" w:id="198"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z225" w:id="200"/>
+    <w:bookmarkStart w:name="z225" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z226" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z227" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z226" w:id="201"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z227" w:id="202"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z228" w:id="203"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z229" w:id="204"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z230" w:id="205"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z231" w:id="206"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z232" w:id="207"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z233" w:id="208"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Владимиров ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z234" w:id="209"/>
+    <w:bookmarkStart w:name="z236" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z237" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z238" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z239" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z240" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z241" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z242" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z243" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z244" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z245" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z244" w:id="219"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z245" w:id="220"/>
+    <w:bookmarkStart w:name="z247" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z248" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z249" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z250" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z249" w:id="224"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Владимиров ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z251" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z250" w:id="225"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="226"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6841,127 +6909,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z257" w:id="227"/>
+    <w:bookmarkStart w:name="z257" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z258" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z259" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z258" w:id="228"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z260" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z259" w:id="229"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z261" w:id="231"/>
+    <w:bookmarkStart w:name="z261" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6976,1103 +7044,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z262" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z263" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z262" w:id="232"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z263" w:id="233"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z265" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z264" w:id="234"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z265" w:id="235"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z267" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111107, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Жамбыл ауылы, Центральная көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z266" w:id="236"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z267" w:id="237"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z269" w:id="239"/>
+    <w:bookmarkStart w:name="z269" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z270" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z271" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z270" w:id="240"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z272" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z271" w:id="241"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z273" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z272" w:id="242"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z274" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z273" w:id="243"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z275" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z274" w:id="244"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z276" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z275" w:id="245"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z276" w:id="246"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z277" w:id="247"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z278" w:id="248"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z280" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z279" w:id="249"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z281" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z280" w:id="250"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z281" w:id="251"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z282" w:id="252"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z284" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z283" w:id="253"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z284" w:id="254"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z286" w:id="256"/>
+    <w:bookmarkStart w:name="z286" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z287" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z288" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z287" w:id="257"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z288" w:id="258"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z289" w:id="259"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z290" w:id="260"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z291" w:id="261"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z292" w:id="262"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z293" w:id="263"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z294" w:id="264"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Жамбыл ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z295" w:id="265"/>
+    <w:bookmarkStart w:name="z297" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z298" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z299" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z300" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z301" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z302" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z303" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z304" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z305" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z306" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z305" w:id="275"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z307" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z306" w:id="276"/>
+    <w:bookmarkStart w:name="z308" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z309" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z310" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z311" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z310" w:id="280"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Жамбыл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z311" w:id="281"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8372,127 +8440,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z318" w:id="283"/>
+    <w:bookmarkStart w:name="z318" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z319" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z320" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z319" w:id="284"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z321" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z320" w:id="285"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="287"/>
+    <w:bookmarkStart w:name="z322" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8507,1103 +8575,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z323" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z324" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z323" w:id="288"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z324" w:id="289"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z326" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z325" w:id="290"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z326" w:id="291"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111100, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Ждановка ауылы, Дощанов көшесі, 2/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z327" w:id="292"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z329" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z328" w:id="293"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="295"/>
+    <w:bookmarkStart w:name="z330" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z331" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z332" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z331" w:id="296"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z333" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z332" w:id="297"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z333" w:id="298"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z335" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z334" w:id="299"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z336" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z335" w:id="300"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z337" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z336" w:id="301"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z337" w:id="302"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z338" w:id="303"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z340" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z339" w:id="304"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z341" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z340" w:id="305"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z342" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z341" w:id="306"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z342" w:id="307"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z343" w:id="308"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z345" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z344" w:id="309"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z345" w:id="310"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z347" w:id="312"/>
+    <w:bookmarkStart w:name="z347" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z348" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z349" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z348" w:id="313"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z349" w:id="314"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z350" w:id="315"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z351" w:id="316"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z352" w:id="317"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z353" w:id="318"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z354" w:id="319"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z355" w:id="320"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z357" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Жданов ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z356" w:id="321"/>
+    <w:bookmarkStart w:name="z358" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z359" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z360" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z361" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z362" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z363" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z364" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z365" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z366" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z367" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z366" w:id="331"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z367" w:id="332"/>
+    <w:bookmarkStart w:name="z369" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z370" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z371" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z372" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z371" w:id="336"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Жданов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z372" w:id="337"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="338"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9903,127 +9971,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z379" w:id="339"/>
+    <w:bookmarkStart w:name="z379" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z380" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z381" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z380" w:id="340"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z382" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z381" w:id="341"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="343"/>
+    <w:bookmarkStart w:name="z383" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10038,1103 +10106,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z384" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z385" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z384" w:id="344"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z385" w:id="345"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z387" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z386" w:id="346"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z388" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z387" w:id="347"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111107, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Заречное ауылы, Юбилейная көшесі, 71.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z388" w:id="348"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z390" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z389" w:id="349"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z391" w:id="351"/>
+    <w:bookmarkStart w:name="z391" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z392" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z393" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z392" w:id="352"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z394" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z393" w:id="353"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z395" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z394" w:id="354"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z396" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z395" w:id="355"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z397" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z396" w:id="356"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z398" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z397" w:id="357"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z398" w:id="358"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z399" w:id="359"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z401" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z400" w:id="360"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z402" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z401" w:id="361"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z403" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z402" w:id="362"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z403" w:id="363"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z405" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z404" w:id="364"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z406" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z405" w:id="365"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z406" w:id="366"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z408" w:id="368"/>
+    <w:bookmarkStart w:name="z408" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z409" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z410" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z409" w:id="369"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z410" w:id="370"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z411" w:id="371"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z412" w:id="372"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z413" w:id="373"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z415" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z414" w:id="374"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z416" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z415" w:id="375"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z416" w:id="376"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z418" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Заречный ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z417" w:id="377"/>
+    <w:bookmarkStart w:name="z419" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z420" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z421" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z422" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z423" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z424" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z425" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z426" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z427" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z428" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z427" w:id="387"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z428" w:id="388"/>
+    <w:bookmarkStart w:name="z430" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z431" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z432" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z433" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z432" w:id="392"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Заречный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z433" w:id="393"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="394"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11434,127 +11502,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z440" w:id="395"/>
+    <w:bookmarkStart w:name="z440" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z441" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z442" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z441" w:id="396"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z443" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z442" w:id="397"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z444" w:id="399"/>
+    <w:bookmarkStart w:name="z444" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11569,1103 +11637,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z445" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z446" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z445" w:id="400"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z447" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z446" w:id="401"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z447" w:id="402"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z449" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z448" w:id="403"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z450" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111109, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Майкөл ауылы, 30 лет Победы көшесі, 36.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z449" w:id="404"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z451" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z450" w:id="405"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="407"/>
+    <w:bookmarkStart w:name="z452" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z453" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z454" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z453" w:id="408"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z455" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z454" w:id="409"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z455" w:id="410"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z456" w:id="411"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z458" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z457" w:id="412"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z459" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z458" w:id="413"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z460" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z459" w:id="414"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z460" w:id="415"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z461" w:id="416"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z463" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z462" w:id="417"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z464" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z463" w:id="418"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z465" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z464" w:id="419"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z465" w:id="420"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z467" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z466" w:id="421"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z467" w:id="422"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z469" w:id="424"/>
+    <w:bookmarkStart w:name="z469" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z470" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z471" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z470" w:id="425"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z471" w:id="426"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z472" w:id="427"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z473" w:id="428"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z474" w:id="429"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z475" w:id="430"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z476" w:id="431"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z477" w:id="432"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z479" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Майкөл ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z478" w:id="433"/>
+    <w:bookmarkStart w:name="z480" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z481" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z482" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z483" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z484" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z485" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z486" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z487" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z488" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z489" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z488" w:id="443"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z490" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z489" w:id="444"/>
+    <w:bookmarkStart w:name="z491" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z492" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z493" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z494" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z493" w:id="448"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Майкөл ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z494" w:id="449"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="450"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12965,127 +13033,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z501" w:id="451"/>
+    <w:bookmarkStart w:name="z501" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z502" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z503" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z502" w:id="452"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z504" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z503" w:id="453"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z505" w:id="455"/>
+    <w:bookmarkStart w:name="z505" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13100,1103 +13168,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z506" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z507" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z506" w:id="456"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z508" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z507" w:id="457"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z509" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z508" w:id="458"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z510" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z509" w:id="459"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z511" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111110, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Московское ауылы, Спортивная көшесі, 5.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z510" w:id="460"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z512" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z511" w:id="461"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z513" w:id="463"/>
+    <w:bookmarkStart w:name="z513" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z514" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z515" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z514" w:id="464"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z516" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z515" w:id="465"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z517" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z516" w:id="466"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z518" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z517" w:id="467"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z519" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z518" w:id="468"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z520" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z519" w:id="469"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z520" w:id="470"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z522" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z521" w:id="471"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z523" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z522" w:id="472"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z524" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z523" w:id="473"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z525" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z524" w:id="474"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z526" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z525" w:id="475"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z527" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z526" w:id="476"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z528" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z527" w:id="477"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z529" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z528" w:id="478"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z530" w:id="480"/>
+    <w:bookmarkStart w:name="z530" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z531" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z532" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z531" w:id="481"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z533" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z532" w:id="482"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z534" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z533" w:id="483"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z535" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z534" w:id="484"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z536" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z535" w:id="485"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z537" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z536" w:id="486"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z538" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z537" w:id="487"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z539" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z538" w:id="488"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z540" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Мәскеу ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z539" w:id="489"/>
+    <w:bookmarkStart w:name="z541" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z542" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z543" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z544" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z545" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z546" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z547" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z548" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z549" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z550" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z549" w:id="499"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z551" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z550" w:id="500"/>
+    <w:bookmarkStart w:name="z552" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z553" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z554" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z555" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z554" w:id="504"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Мәскеу ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z556" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z555" w:id="505"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="506"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14496,127 +14564,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z562" w:id="507"/>
+    <w:bookmarkStart w:name="z562" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z563" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z564" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z563" w:id="508"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z565" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z564" w:id="509"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z566" w:id="511"/>
+    <w:bookmarkStart w:name="z566" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14631,1103 +14699,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z567" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z568" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z567" w:id="512"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z569" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z568" w:id="513"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z570" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z569" w:id="514"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z571" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z570" w:id="515"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z572" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111110, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Мичуринское ауылы, Строительная көшесі, 9 үй, т.е.б.1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z571" w:id="516"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z573" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z572" w:id="517"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z574" w:id="519"/>
+    <w:bookmarkStart w:name="z574" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z575" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z576" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z575" w:id="520"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z577" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z576" w:id="521"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z578" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z577" w:id="522"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z579" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z578" w:id="523"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z580" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z579" w:id="524"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z581" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z580" w:id="525"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z582" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z581" w:id="526"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z583" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z582" w:id="527"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z584" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z583" w:id="528"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z585" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z584" w:id="529"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z586" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z585" w:id="530"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z587" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z586" w:id="531"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z588" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z587" w:id="532"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z589" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z588" w:id="533"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z590" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z589" w:id="534"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z591" w:id="536"/>
+    <w:bookmarkStart w:name="z591" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z592" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z593" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z592" w:id="537"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z594" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z593" w:id="538"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z595" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z594" w:id="539"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z596" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z595" w:id="540"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z597" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z596" w:id="541"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z598" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z597" w:id="542"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z599" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z598" w:id="543"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z600" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z599" w:id="544"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z601" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Мичурин ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z600" w:id="545"/>
+    <w:bookmarkStart w:name="z602" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z603" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z604" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z605" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z606" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z607" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z608" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z609" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z610" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z611" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z610" w:id="555"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z612" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z611" w:id="556"/>
+    <w:bookmarkStart w:name="z613" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z614" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z615" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z616" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z615" w:id="560"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Мичурин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z617" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z616" w:id="561"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="562"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16027,127 +16095,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z623" w:id="563"/>
+    <w:bookmarkStart w:name="z623" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z624" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z625" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z624" w:id="564"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z626" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z625" w:id="565"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z627" w:id="567"/>
+    <w:bookmarkStart w:name="z627" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16162,1103 +16230,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z628" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z629" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z628" w:id="568"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z629" w:id="569"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z630" w:id="570"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z632" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z631" w:id="571"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z633" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111110, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Надеждинка ауылы, Гагарин көшесі, 48.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z632" w:id="572"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z634" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z633" w:id="573"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z635" w:id="575"/>
+    <w:bookmarkStart w:name="z635" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z636" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z637" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z636" w:id="576"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z638" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z637" w:id="577"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z639" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z638" w:id="578"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z640" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z639" w:id="579"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z641" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z640" w:id="580"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z642" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z641" w:id="581"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z643" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z642" w:id="582"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z644" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z643" w:id="583"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z645" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z644" w:id="584"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z646" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z645" w:id="585"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z647" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z646" w:id="586"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z648" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z647" w:id="587"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z649" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z648" w:id="588"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z650" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z649" w:id="589"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z651" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z650" w:id="590"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z652" w:id="592"/>
+    <w:bookmarkStart w:name="z652" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z653" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z654" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z653" w:id="593"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z655" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z654" w:id="594"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z656" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z655" w:id="595"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z657" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z656" w:id="596"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z658" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z657" w:id="597"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z659" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z658" w:id="598"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z660" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z659" w:id="599"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z661" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z660" w:id="600"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z662" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Надеждин ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z661" w:id="601"/>
+    <w:bookmarkStart w:name="z663" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z664" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z665" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z666" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z667" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z668" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z669" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z670" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z671" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z672" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z671" w:id="611"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z673" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z672" w:id="612"/>
+    <w:bookmarkStart w:name="z674" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z675" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z676" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z677" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z676" w:id="616"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Надеждин ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z678" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z677" w:id="617"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="618"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17558,127 +17626,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z684" w:id="619"/>
+    <w:bookmarkStart w:name="z684" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z685" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z686" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z685" w:id="620"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z687" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z686" w:id="621"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z688" w:id="623"/>
+    <w:bookmarkStart w:name="z688" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17693,1103 +17761,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z689" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z690" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z689" w:id="624"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z691" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z690" w:id="625"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z692" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z691" w:id="626"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z693" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z692" w:id="627"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z694" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111113, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Озерное ауылы, Ленин көшесі, 6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z693" w:id="628"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z695" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z694" w:id="629"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z696" w:id="631"/>
+    <w:bookmarkStart w:name="z696" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z697" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z698" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z697" w:id="632"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z699" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z698" w:id="633"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z700" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z699" w:id="634"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z701" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z700" w:id="635"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z702" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z701" w:id="636"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z703" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z702" w:id="637"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z704" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z703" w:id="638"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z705" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z704" w:id="639"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z706" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z705" w:id="640"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z707" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z706" w:id="641"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z708" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z707" w:id="642"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z709" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z708" w:id="643"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z710" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z709" w:id="644"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z711" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z710" w:id="645"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z712" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z711" w:id="646"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z713" w:id="648"/>
+    <w:bookmarkStart w:name="z713" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z714" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z715" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z714" w:id="649"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z716" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z715" w:id="650"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z717" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z716" w:id="651"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z718" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z717" w:id="652"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z719" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z718" w:id="653"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z720" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z719" w:id="654"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z721" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z720" w:id="655"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z722" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z721" w:id="656"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z723" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Озерный ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z722" w:id="657"/>
+    <w:bookmarkStart w:name="z724" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z725" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z726" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z727" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z728" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z729" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z730" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z731" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z732" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z733" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z732" w:id="667"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z734" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z733" w:id="668"/>
+    <w:bookmarkStart w:name="z735" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z736" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z737" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z738" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z737" w:id="672"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z739" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z738" w:id="673"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="674"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19089,127 +19157,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z745" w:id="675"/>
+    <w:bookmarkStart w:name="z745" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z746" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z747" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z746" w:id="676"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z748" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z747" w:id="677"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z749" w:id="679"/>
+    <w:bookmarkStart w:name="z749" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19224,1103 +19292,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z750" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z751" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z750" w:id="680"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z752" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z751" w:id="681"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z753" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z752" w:id="682"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z754" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z753" w:id="683"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z755" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111110, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Октябрьское ауылы, Школьная көшесі, 2а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z754" w:id="684"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z756" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z755" w:id="685"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z757" w:id="687"/>
+    <w:bookmarkStart w:name="z757" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z758" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z759" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z758" w:id="688"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z760" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z759" w:id="689"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z761" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z760" w:id="690"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z762" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z761" w:id="691"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z763" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z762" w:id="692"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z764" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z763" w:id="693"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z765" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z764" w:id="694"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z766" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z765" w:id="695"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z767" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z766" w:id="696"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z768" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z767" w:id="697"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z769" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z768" w:id="698"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z769" w:id="699"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z770" w:id="700"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z772" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z771" w:id="701"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z773" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z772" w:id="702"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z774" w:id="704"/>
+    <w:bookmarkStart w:name="z774" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z775" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z776" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z775" w:id="705"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z777" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z776" w:id="706"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z778" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z777" w:id="707"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z779" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z778" w:id="708"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z780" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z779" w:id="709"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z781" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z780" w:id="710"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z782" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z781" w:id="711"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z783" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z782" w:id="712"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z784" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Октябрь ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z783" w:id="713"/>
+    <w:bookmarkStart w:name="z785" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z786" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z787" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z788" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z789" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z790" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z791" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z792" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z793" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z794" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z793" w:id="723"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z795" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z794" w:id="724"/>
+    <w:bookmarkStart w:name="z796" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z797" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z798" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z799" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z798" w:id="728"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Октябрь ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z800" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z799" w:id="729"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="730"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20620,127 +20688,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z806" w:id="731"/>
+    <w:bookmarkStart w:name="z806" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z807" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z808" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z807" w:id="732"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z809" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z808" w:id="733"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z810" w:id="735"/>
+    <w:bookmarkStart w:name="z810" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20755,1103 +20823,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z811" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z812" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z811" w:id="736"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z813" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z812" w:id="737"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z814" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z813" w:id="738"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z815" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z814" w:id="739"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z816" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111117, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Садчиковка ауылы, Леонов көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z815" w:id="740"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z817" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z816" w:id="741"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z818" w:id="743"/>
+    <w:bookmarkStart w:name="z818" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z819" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z820" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z819" w:id="744"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z821" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z820" w:id="745"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z822" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z821" w:id="746"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z823" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z822" w:id="747"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z824" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z823" w:id="748"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z825" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z824" w:id="749"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z826" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z825" w:id="750"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z827" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z826" w:id="751"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z828" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z827" w:id="752"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z829" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z828" w:id="753"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z830" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z829" w:id="754"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z831" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z830" w:id="755"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z832" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z831" w:id="756"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z833" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z832" w:id="757"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z834" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z833" w:id="758"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z835" w:id="760"/>
+    <w:bookmarkStart w:name="z835" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z836" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z837" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z836" w:id="761"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z838" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z837" w:id="762"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z839" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z838" w:id="763"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z840" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z839" w:id="764"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z841" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z840" w:id="765"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z842" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z841" w:id="766"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z843" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z842" w:id="767"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z844" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z843" w:id="768"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z845" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Садчиков ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z844" w:id="769"/>
+    <w:bookmarkStart w:name="z846" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z847" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z848" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z849" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z850" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z851" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z852" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z853" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z854" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z855" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z854" w:id="779"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z856" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z855" w:id="780"/>
+    <w:bookmarkStart w:name="z857" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z858" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z859" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z860" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Садчиков ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z859" w:id="784"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Озерный ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z861" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z860" w:id="785"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="786"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22151,127 +22219,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z867" w:id="787"/>
+    <w:bookmarkStart w:name="z867" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z868" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z869" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z868" w:id="788"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z870" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z869" w:id="789"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z871" w:id="791"/>
+    <w:bookmarkStart w:name="z871" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22286,1103 +22354,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z872" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z873" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z872" w:id="792"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z874" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z873" w:id="793"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z875" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z874" w:id="794"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z876" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z875" w:id="795"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z877" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111110, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 55.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z876" w:id="796"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z878" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z877" w:id="797"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z879" w:id="799"/>
+    <w:bookmarkStart w:name="z879" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z880" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z881" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z880" w:id="800"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z882" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z881" w:id="801"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z883" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z882" w:id="802"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z884" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z883" w:id="803"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z885" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z884" w:id="804"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z886" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z885" w:id="805"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z887" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z886" w:id="806"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z888" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z887" w:id="807"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z889" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z888" w:id="808"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z890" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z889" w:id="809"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z891" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z890" w:id="810"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z892" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z891" w:id="811"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z893" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z892" w:id="812"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z894" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z893" w:id="813"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z895" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z894" w:id="814"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z896" w:id="816"/>
+    <w:bookmarkStart w:name="z896" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z897" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z898" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z897" w:id="817"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z899" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z898" w:id="818"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z900" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z899" w:id="819"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z901" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z900" w:id="820"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z902" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z901" w:id="821"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z903" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z902" w:id="822"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z904" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z903" w:id="823"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z905" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z904" w:id="824"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z906" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Тобыл қаласының әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z905" w:id="825"/>
+    <w:bookmarkStart w:name="z907" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z908" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z909" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z910" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z911" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z912" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z913" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z914" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z915" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z916" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z915" w:id="835"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z917" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z916" w:id="836"/>
+    <w:bookmarkStart w:name="z918" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z919" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z920" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z921" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z920" w:id="840"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z922" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z921" w:id="841"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="842"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23682,127 +23750,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z928" w:id="843"/>
+    <w:bookmarkStart w:name="z928" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z929" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z930" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ауылдық округ әкімінің қызметін қамтамасыз ету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z929" w:id="844"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z931" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z930" w:id="845"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z932" w:id="847"/>
+    <w:bookmarkStart w:name="z932" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23817,1157 +23885,1157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z933" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z934" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z933" w:id="848"/>
-[...15 lines deleted...]
-      4. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z935" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z934" w:id="849"/>
-[...15 lines deleted...]
-      5. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z936" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z935" w:id="850"/>
-[...15 lines deleted...]
-      6. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z937" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z936" w:id="851"/>
-[...15 lines deleted...]
-      7. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен әкімнің өкімімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z938" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111121, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Ульяновское ауылы, Ленин көшесі, 15А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z937" w:id="852"/>
-[...15 lines deleted...]
-      8. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z939" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның толық атауы – "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z938" w:id="853"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z940" w:id="855"/>
+    <w:bookmarkStart w:name="z940" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z941" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z942" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z941" w:id="856"/>
-[...15 lines deleted...]
-      11. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z943" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z942" w:id="857"/>
-[...15 lines deleted...]
-      12. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z944" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z943" w:id="858"/>
-[...15 lines deleted...]
-      Егер "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z945" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z944" w:id="859"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z946" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z945" w:id="860"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z947" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z946" w:id="861"/>
-[...15 lines deleted...]
-      1) мемлекеттік егемендікті, конституциялық құрылысты қорғау және нығайту, Қазақстан Республикасының қауіпсіздігін, аумақтық тұтастығын, азаматтардың құқықтары мен бостандықтарын қамтамасыз ету бойынша Қазақстан Республикасы Президентінің саясатын өмірге енгізу;</w:t>
+    <w:bookmarkStart w:name="z948" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z947" w:id="862"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әлеуметтік - экономикалық даму стратегиясын іске асыру, елдегі мемлекеттік, әлеуметтік - экономикалық саясаттың негізгі бағыттарын жүзеге асыру және әлеуметтік және экономикалық процестерді басқару;</w:t>
+    <w:bookmarkStart w:name="z949" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z948" w:id="863"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+    <w:bookmarkStart w:name="z950" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z949" w:id="864"/>
-[...15 lines deleted...]
-      14. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z951" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z950" w:id="865"/>
-[...15 lines deleted...]
-      құқық:</w:t>
+    <w:bookmarkStart w:name="z952" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z951" w:id="866"/>
-[...15 lines deleted...]
-      1) өз құзыреті шегінде мемлекеттік органдардың лауазымды тұлғаларынан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z953" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z952" w:id="867"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z954" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z953" w:id="868"/>
-[...15 lines deleted...]
-      міндеттері:</w:t>
+    <w:bookmarkStart w:name="z955" w:id="868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті аумақта басқару тиімділігін арттыру мәселелері бойынша басқа мемлекеттік басқару органдарымен, қоғамдық өзін - өзі басқару органдарымен және басқа да ұйымдармен өзара іс - қимыл жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z954" w:id="869"/>
-[...15 lines deleted...]
-      1) аудан аумағында орналасқан ұйымдардың басшыларына өз құзыретіндегі мәселелер бойынша қажетті тапсырмалар беру;</w:t>
+    <w:bookmarkStart w:name="z956" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z955" w:id="870"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z957" w:id="872"/>
+    <w:bookmarkStart w:name="z957" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азаматтар мен заңды тұлғалардың Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, заңдарының, Қазақстан Республикасының Президенті мен Үкіметі актілерінің, орталық және жергілікті мемлекеттік органдардың нормативтік құқықтық актілерінің нормаларын орындауына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z958" w:id="871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z959" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z958" w:id="873"/>
-[...15 lines deleted...]
-      2) жеке және заңды тұлғалардың өтініштерін, оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша өтініштерін есепке алуды және қарауды қамтамасыз ету, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z960" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z959" w:id="874"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z961" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z960" w:id="875"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде ауылдық округ әкімінің шешімдері мен өкімдерінің жобаларын дайындау;</w:t>
+    <w:bookmarkStart w:name="z962" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z961" w:id="876"/>
-[...15 lines deleted...]
-      5) органдарымен өзара іс - қимыл, жергілікті өзін - өзі басқару;</w:t>
+    <w:bookmarkStart w:name="z963" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z962" w:id="877"/>
-[...15 lines deleted...]
-      6) салық және бюджетке төленетін басқа да міндетті төлемдерді жинауға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z964" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z963" w:id="878"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдары жоқ жерлерде нотариаттық іс - әрекеттер жасауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z965" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z964" w:id="879"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз ету, мемлекеттік қызметтер көрсету сапасын ішкі бақылау;</w:t>
+    <w:bookmarkStart w:name="z966" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z965" w:id="880"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес, өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z967" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне басшылықты "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Ульянов ауылдық округінің әкімі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z966" w:id="881"/>
+    <w:bookmarkStart w:name="z968" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ауылдық округ әкімі Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z969" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ауылдық округ әкімінің өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z970" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z971" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің жұмысын ұйымдастырады және басқарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z972" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес аппарат қызметкерлерін қызметке тағайындайды, қызметтен босатады, тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z973" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде қызметтік құжаттамаларға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z974" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ақшалай қаражатына иелік етеді, қаржылық құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z975" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z976" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z977" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...179 lines deleted...]
-      6) өз құзыретіне жататын мәселелер бойынша Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z976" w:id="891"/>
-[...15 lines deleted...]
-      Ауылдық округ әкімі болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z978" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z977" w:id="892"/>
+    <w:bookmarkStart w:name="z979" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің мүлкі оған меншік иесі берген мүлік, сондай - ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z980" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z981" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z982" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
-[...59 lines deleted...]
-      22. "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z981" w:id="896"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, "Қостанай ауданының Ульянов ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z983" w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z982" w:id="897"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25293,31 +25361,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>