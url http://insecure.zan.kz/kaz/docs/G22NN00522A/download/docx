--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32ebbb7" w14:textId="32ebbb7">
+    <w:p w14:paraId="aaea12c" w14:textId="aaea12c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9528,51 +9528,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мәдени құндылықтарды есепке алу, қорғау және пайдалану жөніндегі жұмысты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
     <w:bookmarkStart w:name="z373" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ауданның сауықтық мәдени - бұқаралық іс - шараларын, сондай - ақ әуесқой шығармашылық бірлестіктер арасында байқаулар, фестивальдер және конкурстар өткізуді ұйымдастырады;</w:t>
+      2) ауданның сауықтық мәдени - бұқаралық іс - шараларын, сондай - ақ әуесқой шығармашылық бірлестіктер арасында байқаулар, фестивальдер және конкурстар өткізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
     <w:bookmarkStart w:name="z374" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттiк және басқа тiлдердi дамытуға бағытталған аудандық деңгейдегi iс - шараларды жүргiзедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
     <w:bookmarkStart w:name="z375" w:id="338"/>
     <w:p>
@@ -9588,54 +9588,308 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) облыстардың атқарушы органдарына ауылдардың, кенттердiң, ауылдық округтерге атау беру және қайта атау, сондай-ақ олардың атауларының транскрипциясын өзгерту туралы ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
     <w:bookmarkStart w:name="z376" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады.</w:t>
+      5) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уәкілетті органмен келісім бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен ауданның, облыстық маңызы бар қаланың театр, музыка өнері және кино өнері, кітапхана және музей дела, мәдени - демалыс қызметі саласындағы мемлекеттік мәдениет ұйымдарын құрады, қайта ұйымдастырады, таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ауданның, облыстық маңызы бар қаланың мемлекеттік мәдениет ұйымдарының театр, музыка өнері және кино өнері, кітапхана және музей дела, мәдени - демалыс қызметі саласындағы қызметін қолдайды және үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ауданның, облыстық маңызы бар қаланың мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өз құзыреті шегінде мәдениет саласындағы коммуналдық меншікті басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ауданның, облыстық маңызы бар қаланың мәдени мақсаттағы объектілерін салу, қайта жаңарту және жөндеу бойынша тапсырыс беруші болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік мәдениет ұйымдарын материалдық - техникалық қамтамасыз етуге қолдау көрсетеді және жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ауданның, облыстық маңызы бар қаланың мемлекеттік кітапханаларының біріне "Орталық" мәртебесін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) бюджет қаражатының көлемі шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелерді қаржыландыруға арналған мемлекеттік шығармашылық тапсырысты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) балалар мен жасөспірімдерге арналған шығармашылық үйірмелерде мемлекеттік шығармашылық тапсырысты мемлекеттік шығармашылық тапсырыс қызметтерін жеткізушілердің меншік нысанына, олардың ведомстволық бағыныстылығына, түрлері мен түрлеріне қарамастан орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік шығармашылық тапсырысты орналастырудың, сапаны бақылаудың және нысаналы игерудің барлық кезеңдері мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тиісті аумақта орналасқан мәдениет ұйымдарының қызметіне мониторингті жүзеге асырады және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына белгіленген нысандағы ақпаратты, сондай-ақ статистикалық есептерді ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тарихи - мәдени мұраны сақтау жөніндегі жұмысты ұйымдастырады, тарихи, ұлттық және мәдени дәстүрлер мен әдет - ғұрыптарды дамытуға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аудандық маңызы бар қалада, ауылда, кентте маңдайшаны орналастыру туралы хабарламаларды қабылдауды және қарауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z377" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомстволардың функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:bookmarkStart w:name="z378" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9692,50 +9946,112 @@
         <w:t>
       3) Қазақстан Республикасының мемлекеттік тілін, ағылшын және басқа тілдерді оқытуды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
     <w:bookmarkStart w:name="z381" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармаққа өзгерістер енгізілді - Қостанай облысы Қостанай ауданы әкімдігінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (22.01.2026 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z382" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен мiндеттерi:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
     <w:bookmarkStart w:name="z383" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -15410,568 +15726,1038 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік қызметтерді көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
     <w:bookmarkStart w:name="z625" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады.</w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z626" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жеке тұлғалардың спортпен шұғылдануы үшін, оның ішінде халықтың аз қозғалатын топтары үшін, тұрғылықты жері бойынша және жаппай демалыс орындарында қолжетімділігін ескере отырып, инфрақұрылым жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бұқаралық спортпен айналысуға арналған спорт жабдығының қауіпсіз пайдаланылуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z10" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тиісті әкімшілік - аумақтық бірлікте мемлекеттік дене шынықтыру - спорт ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидаларына сәйкес мемлекеттік дене шынықтыру - спорт ұйымдарының бірінші басшыларын ротациялауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z11" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тиісті әкімшілік - аумақтық бірлік аумағында бұқаралық спортты және ұлттық спорт түрлерін дамытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z12" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тиісті әкімшілік - аумақтық бірліктің аумағында аудандық, облыстық маңызы бар қалалардың дене шынықтыру - спорт ұйымдарының қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z13" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) балалар - жасөспірімдер дене шынықтыру, оның ішінде бейімделген дене шынықтыру және спорт клубтарын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z14" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тиісті әкімшілік - аумақтық бірліктің аумағында спорттық іс-шараларды ұйымдастыруды және өткізуді үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z15" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына Қазақстан Республикасының заңнамасында белгіленген нысан бойынша және мерзімдерде тиісті әкімшілік - аумақтық бірлік аумағында дене шынықтыру мен спортты дамыту жөніндегі ақпаратты жинауды, талдауды жүзеге асырады және береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z16" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ресми дене шынықтыру және спорттық іс-шараларды медициналық қамтамасыз етуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z17" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) дене шынықтыру және спорттық іс-шараларды өткізу кезінде қоғамдық тәртіпті және қоғамдық қауіпсіздікті қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z18" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) аудан аумағында спорт ғимараттарын салу мәселелерін үйлестіреді және олардың халыққа қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z19" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) аудандық және қалалық мамандандырылмаған балалар - жасөспірімдер мектептерінің қызметін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z20" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) халықпен жұмыс істеу үшін дене шынықтыру және спорт жөніндегі нұсқаушылармен қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z21" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) халық үшін спорт секцияларының жұмысын қамтамасыз ету және спорттық іс-шараларды өткізу мақсатында сабақтан тыс және кешкі уақытта білім беру ұйымдарының спорт ғимараттарын пайдалану жөнінде шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z22" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) бюджет қаражатының көлемі шегінде балалар мен жасөспірімдерге арналған спорт секцияларын қаржыландыруға арналған мемлекеттік спорттық тапсырысты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z23" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) мемлекеттік спорт тапсырысын мемлекеттік спорт тапсырысы қызметтерін берушілердің меншік нысанына, олардың ведомстволық бағыныстылығына, үлгілері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған спорт секцияларында орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z24" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) мемлекеттік спорттық тапсырысты орналастырудың, сапаны бақылаудың және нысаналы игерудің барлық кезеңдері мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) спорттың барлық түрлері бойынша аудандық, облыстық, республикалық, халықаралық жарыстар ұйымдастыру, оқу - жаттығу жиындарын өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z626" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомстволардың функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z627" w:id="503"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z627" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жасөспірімдер мен жастар арасында дене шынықтыру - сауықтыру және тәрбиелік жұмысты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z628" w:id="504"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z628" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жүйелі оқу процесінде мамандандырылған спортпен шұғылдануға тарту үшін қабілетті балалар мен жасөспірімдерді анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z630" w:id="506"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алынып тасталды - Қостанай облысы Қостанай ауданы әкімдігінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (22.01.2026 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z630" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z631" w:id="507"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармаққа өзгерістер енгізілді - Қостанай облысы Қостанай ауданы әкімдігінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (22.01.2026 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z631" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен мiндеттерi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z632" w:id="508"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z632" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік органдардан және басқа да ұйымдардан қажетті ақпараттар, құжаттар және өзге де материалдар сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z633" w:id="509"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z633" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оның құзырына жатқызылған мәселелер бойынша сотта талапкер және жауапкер болуға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z634" w:id="510"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z634" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z635" w:id="511"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z635" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттiк органның қызметiн ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z636" w:id="512"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z636" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесіне басшылықты Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесіне жүктелген мiндеттердiң орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z637" w:id="513"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z637" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесінiң бірінші басшысын Қостанай ауданының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z638" w:id="514"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z638" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесі бірінші басшысының өкiлеттiгi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z639" w:id="515"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z639" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық құжаттарда бірінші қол қою құқығы бар, шарттар жасасады, сенiмхаттар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z640" w:id="516"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z640" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдық міндеттерін бөледі және бекітеді, мекеменің барлық қызметкерлері үшiн мiндеттi бұйрықтар шығарады және нұсқаулар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z641" w:id="517"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z641" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       iссапарлар, тағылымдамалар, оқу орталықтарында оқыту және қызметкерлердiң бiлiктiлiгiн көтерудiң өзге де түрлерi жөнiндегi тәртiбi мен жоспарларын бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z642" w:id="518"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z642" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмысқа қабылдайды және босатады, көтермелеу шараларын қолданады және тәртiптiк жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z643" w:id="519"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z643" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де өкiлеттiктi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z644" w:id="520"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z644" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесінің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z645" w:id="521"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z645" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттiк органның мүлкi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z646" w:id="522"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z646" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болу мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z647" w:id="523"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z647" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесінің мүлкi оған меншiк иесi берген мүлiк, сондай - ақ өз қызметi нәтижесiнде сатып алынған мүлiк (ақшалай кiрiстердi коса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебiнен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z648" w:id="524"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z648" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесіне бекітілген мүлік коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z649" w:id="525"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z649" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесі өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзiне бөлiнген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z650" w:id="526"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z650" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттiк органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z651" w:id="527"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z651" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        24. Қостанай ауданы әкімдігінің "Дене шынықтыру және спорт бөлімі" мемлекеттiк мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkEnd w:id="542"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16271,127 +17057,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z657" w:id="528"/>
+    <w:bookmarkStart w:name="z657" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z658" w:id="529"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z658" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z659" w:id="530"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z659" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттік мекемесі құрылыс саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z660" w:id="531"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z660" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z661" w:id="532"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z661" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16406,923 +17192,923 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z662" w:id="533"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z662" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі мемлекеттiк мекеме ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттiк тiлде өз атауы бар мөрi мен мөртаңбалары, белгiленген үлгiдегi бланкiлерi, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z663" w:id="534"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z663" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі азаматтық - құқықтық қатынастарға өз атынан түседi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z664" w:id="535"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z664" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі егер заңнамаға сәйкес осыған уәкiлеттiк берiлген болса, мемлекеттiң атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z665" w:id="536"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z665" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі өз құзыретiнiң мәселелерi бойынша заңнамада белгiленген тәртiппен Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актiлермен ресiмделетiн шешiмдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z666" w:id="537"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z666" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің құрылымы мен штат санының лимитi қолданыстағы заңнамаға сәйкес бекiтiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z667" w:id="538"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z667" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 111100, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 63.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z668" w:id="539"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z668" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органның толық атауы - Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z669" w:id="540"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z669" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z670" w:id="541"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z670" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің қызметiн каржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z671" w:id="542"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z671" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесіне кәсiпкерлiк субъектiлерiмен Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z672" w:id="543"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z672" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесіне заңнамалық актiлермен кiрiстер әкелетiн қызметтi жүзеге асыру құқығы берiлсе, онда осындай қызметтен алынған кiрiстер мемлекеттік бюджеттiң кiрiсiне жiберiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z673" w:id="544"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z673" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттiк органның миссиясы, негiзгi мiндеттерi, функциялары, құқықтары мен мiндеттерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z674" w:id="545"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z674" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттік мекемесінің миссиясы: құрылыс қызметiне мемлекеттiк басқару саласындағы басшылықты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z675" w:id="546"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z675" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z676" w:id="547"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z676" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыс саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z677" w:id="548"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z677" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z678" w:id="549"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z678" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z679" w:id="550"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z679" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммуналдық тұрғын үй қорының тұрғын үй құрылысын ұйымдастырады,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z680" w:id="551"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z680" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) су құбырларын, тазарту құрылыстарын, жылу мен электр желiлерiн және ауданның басқа да инженерлiк инфрақұрылымдар объектiлерiнiң құрылысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z681" w:id="552"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z681" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пайдалануға берілетін объектілерді (кешендерді) тіркеу және есебін жүргізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z682" w:id="553"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z682" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құрылыс туралы шешімдерді дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z683" w:id="554"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z683" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z684" w:id="555"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z684" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен мiндеттерi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z685" w:id="556"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z685" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік органдардан және басқа да ұйымдардан қажетті ақпараттар, құжаттар және өзге де материалдар сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z686" w:id="557"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z686" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оның құзырына жатқызылған мәселелер бойынша сотта талапкер және жауапкер болуға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z687" w:id="558"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z687" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z688" w:id="559"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z688" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттiк органның қызметiн ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z689" w:id="560"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z689" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі басшылықты Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесіне жүктелген мiндеттердiң орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z690" w:id="561"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z690" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінiң бірінші басшысын Қостанай ауданы әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z691" w:id="562"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z691" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің бірінші басшысының өкiлеттiгi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z692" w:id="563"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z692" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық құжаттарда бірінші қол қою құқығы бар, шарттар жасасады, сенiмхаттар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z693" w:id="564"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z693" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдық міндеттерін бөледі және бекітеді, мекеменің барлық қызметкерлері үшiн мiндеттi бұйрықтар шығарады және нұсқаулар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z694" w:id="565"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z694" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       iссапарлар, тағылымдамалар, оқу орталықтарында оқыту және қызметкерлердiң бiлiктiлiгiн көтерудiң өзге де түрлерi жөнiндегi тәртiбi мен жоспарларын бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z695" w:id="566"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z695" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмысқа қабылдайды және босатады, көтермелеу шараларын қолданады және тәртiптiк жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z696" w:id="567"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z696" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де өкiлеттiктi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z697" w:id="568"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z697" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z698" w:id="569"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z698" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттiк органның мүлкi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z699" w:id="570"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z699" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z700" w:id="571"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z700" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесінің мүлкi оған меншiк иесi берген мүлiк, сондай - ақ өз қызметi нәтижесiнде сатып алынған мүлiк (ақшалай кiрiстердi коса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебiнен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z701" w:id="572"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z701" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесіне бекітілген мүлік коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z702" w:id="573"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z702" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесі өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзiне бөлiнген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z703" w:id="574"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z703" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттiк органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z704" w:id="575"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z704" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17622,127 +18408,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z710" w:id="576"/>
+    <w:bookmarkStart w:name="z710" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z711" w:id="577"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z711" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z712" w:id="578"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z712" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттік мекемесі экономика және қаржы саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z713" w:id="579"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z713" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z714" w:id="580"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z714" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17757,1057 +18543,1057 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай - ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z715" w:id="581"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z715" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі мемлекеттiк мекеме ұйымдық - құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттiк тiлде өз атауы бар мөрi мен мөртаңбалары, белгiленген үлгiдегi бланкiлерi, сондай - ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z716" w:id="582"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z716" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі азаматтық - құқықтық қатынастарға өз атынан түседi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z717" w:id="583"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z717" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі егер заңнамаға сәйкес осыған уәкiлеттiк берiлген болса, мемлекеттiң атынан азаматтық - құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z718" w:id="584"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z718" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі өз құзыретiнiң мәселелерi бойынша заңнамада белгiленген тәртiппен Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актiлермен ресiмделетiн шешiмдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z719" w:id="585"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z719" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің құрылымы мен штат санының лимитi қолданыстағы заңнамаға сәйкес бекiтiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z720" w:id="586"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z720" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 111100, Қазақстан Республикасы, Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 55.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z721" w:id="587"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z721" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органның толық атауы - Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z722" w:id="588"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z722" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z723" w:id="589"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z723" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің қызметiн каржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z724" w:id="590"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z724" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесіне кәсiпкерлiк субъектiлерiмен Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z725" w:id="591"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z725" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесіне заңнамалық актiлермен кiрiстер әкелетiн қызметтi жүзеге асыру құқығы берiлсе, онда осындай қызметтен алынған кiрiстер мемлекеттік бюджеттiң кiрiсiне жiберiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z726" w:id="592"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z726" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттiк органның миссиясы, негiзгi мiндеттерi, функциялары, құқықтары мен мiндеттерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z727" w:id="593"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z727" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттік мекемесінің миссиясы: экономика, бюджеттік жоспарлау, бюджетті атқару және өз құзыреті шегінде аудандық коммуналдық мүлікті басқару саласында басшылықты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z728" w:id="594"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z728" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z729" w:id="595"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z729" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экономика, бюджеттік жоспарлау, бюджетті атқару және өз құзыреті шегінде аудандық коммуналдық мүлікті басқару саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z730" w:id="596"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z730" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z731" w:id="597"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z731" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z732" w:id="598"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z732" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде аудандық коммуналдық мүлікті басқару жәнебюджеттік жоспарлау, бюджетті атқару саласындағы қатынастарды реттейтін актілерді әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z733" w:id="599"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z733" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауданның бюджеттік комиссияның қызметін ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z734" w:id="600"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z734" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жергілікті бюджетті орындау жөніндебюджеттік есепті және бюджеттік есептілікті жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z735" w:id="601"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z735" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік - экономикалық даму болжамын ескере отырып жергілікті бюджетке түсетін түсімдерді болжам жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z736" w:id="602"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z736" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жыл сайын жергілікті бюджеттің жобасын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z737" w:id="603"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z737" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыреті шегінде аудандық коммуналдық мүлікті басқарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z738" w:id="604"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z738" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z739" w:id="605"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z739" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z740" w:id="606"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z740" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мемлекеттік сатып алуды бірынғай ұймдастырушы болып табылады және орталықтандырылған мемлекеттік сатып алуды ұымдастыру және өткізу рәсімдерін орындауды мемлекеттік сатып алу туралы қолданыстағы заңнамаға сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z741" w:id="607"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z741" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен мiндеттерi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z742" w:id="608"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z742" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік органдардан және басқа да ұйымдардан қажетті ақпараттар, құжаттар және өзге де материалдар сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z743" w:id="609"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z743" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оның құзырына жатқызылған мәселелер бойынша сотта талапкер және жауапкер болуға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z744" w:id="610"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z744" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z745" w:id="611"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z745" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттiк органның қызметiн ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z746" w:id="612"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z746" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі басшылықты Қостанай ауданы әкімдігінің "Құрылыс бөлімі" мемлекеттiк мекемесіне жүктелген мiндеттердiң орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z747" w:id="613"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z747" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінiң бірінші басшысын Қостанай ауданы әкімі қызметке тағайындады және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z748" w:id="614"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z748" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің бірінші басшысының өкiлеттiгi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z749" w:id="615"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z749" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық құжаттарда бірінші қол қою құқығы бар, шарттар жасасады, сенiмхаттар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z750" w:id="616"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z750" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдық міндеттерін бөледі және бекітеді, мекеменің барлық қызметкерлері үшiн мiндеттi бұйрықтар шығарады және нұсқаулар бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z751" w:id="617"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z751" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       iссапарлар, тағылымдамалар, оқу орталықтарында оқыту және қызметкерлердiң бiлiктiлiгiн көтерудiң өзге де түрлерi жөнiндегi тәртiбi мен жоспарларын бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z752" w:id="618"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z752" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмысқа қабылдайды және босатады, көтермелеу шараларын қолданады және тәртiптiк жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z753" w:id="619"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z753" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де өкiлеттiктi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z754" w:id="620"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z754" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оныалмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z755" w:id="621"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z755" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттiк органның мүлкi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z756" w:id="622"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z756" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болу мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z757" w:id="623"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z757" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесінің мүлкi оған меншiк иесi берген мүлiк, сондай - ақ өз қызметi нәтижесiнде сатып алынған мүлiк (ақшалай кiрiстердi коса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебiнен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z758" w:id="624"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z758" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесіне бекітілген мүлік коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z759" w:id="625"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z759" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесі өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзiне бөлiнген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z760" w:id="626"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z760" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттiк органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z761" w:id="627"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z761" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қостанай ауданы әкімдігінің "Экономика және қаржы бөлімі" мемлекеттiк мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkEnd w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>