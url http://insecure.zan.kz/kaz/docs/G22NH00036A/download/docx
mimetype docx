--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2477017" w14:textId="2477017">
+    <w:p w14:paraId="2eccf8c" w14:textId="2eccf8c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1701,1143 +1701,1185 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>" Заңдарын және өзге де нормативтік құқықтық актілерді орындауды жүзеге асырады;</w:t>
+        <w:t xml:space="preserve">
+      1) өз құзыреті шегінде Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Мәдениет туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Тіл туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңдарын және өзге де нормативтік құқықтық актілерді орындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      2) ауданның жергілікті атқарушы органына Қазақстан Республикасының заңнамасында белгіленген тәртіппен ауданның мемлекеттік мәдениет және тілдерді дамыту ұйымдарын құру, қайта ұйымдастыру, тарату жөнінде ұсыныстар енгізеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәдениет және тілдерді дамыту саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ауданның жергілікті атқарушы органына Қазақстан Республикасының заңнамасында белгіленген тәртіппен ауданның мемлекеттік мәдениет және тілдерді дамыту ұйымдарын құру, қайта ұйымдастыру, тарату жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ауданның мәдениет және тілдерді дамыту ведомстволық бағынысты ұйымдардың мәдени-демалыс, кітапхана қызметін дамыту және тілдерді дамыту жөніндегі қызметін қолдайды және үйлестіреді, әдістемелік және консультативтік көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ауданның мәдениет ұйымдары қызметінің мониторингін жүзеге асырады және уәкілетті органға ақпарат ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ауданның мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) облыстың атқарушы органына көркемөнерпаздар ұжымдарына "Халықтық" немесе "Үлгілі" атағын беру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) талантты жастарды және перспективалы шығармашылық ұжымдарды іздеуге және қолдауға бағытталған іс-шаралар кешенін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) шығармашылық және кітапхана қызметінің түрлі салаларында аудандық (өңірлік) байқаулар, фестивальдер мен конкурстар өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бюджет қаражаты көлемінің шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелерді қаржыландыруға арналған мемлекеттік шығармашылық тапсырысты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мәдениет және мемлекеттік және басқа тілдерді дамыту саласында аудан деңгейінде әлеуметтік маңызы бар, ойын-сауық, мәдени-бұқаралық іс-шараларды өткізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттік және басқа тілдерді дамытуға бағытталған шаралар кешенін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) азаматтарды тіл қағидаты бойынша кемсітушілікке жол бермеу жөнінде түсіндіру жұмыстарын жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) Қазақстан Республикасының тіл туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзу бойынша жауаптылық жөнінде түсіндіру жұмысын жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) Қазақстан Республикасының тіл туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген талаптардың бұзылуын жою туралы ұсынымдар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мемлекеттік және басқа тілдерді дамытуға бағытталған іс-шаралар өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ауданның атқарушы органдарына ауылдарға, ауылдық округтерге атау беру және оларды қайта атау, сондай-ақ олардың транскрипциясын өзгерту туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) ауылдарда маңдайшаларды орналастыру туралы хабарламаларды қабылдауды және қарауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Бөлімнің құзыреті шегінде тарихи-мәдени мұра объектілерін анықтау, есепке алу, қорғау және пайдалану, олардың жай-күйіне мониторинг жүргізу жөніндегі жұмысты ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) өз құзыреті шегінде мәдениет саласындағы коммуналдық меншікті басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - Қостанай облысы Денисов ауданы әкімдігінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік орган басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      3) ауданның мәдениет және тілдерді дамыту ведомстволық бағынысты ұйымдардың мәдени-демалыс, кітапхана қызметін дамыту және тілдерді дамыту жөніндегі қызметін қолдайды және үйлестіреді, әдістемелік және консультативтік көмек көрсетеді;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      4) ауданның мәдениет ұйымдары қызметінің мониторингін жүзеге асырады және уәкілетті органға ақпарат ұсынады;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бөлім басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      5) ауданның мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізеді;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бөлім басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      6) облыстың атқарушы органына көркемөнерпаздар ұжымдарына "Халықтық" немесе "Үлгілі" атағын беру жөнінде ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмысты ұйымдастырады және басшылық жасайды, бөлім қызметкерлерінің және ведомстволық бағынысты ұйымдар басшыларының міндеттері мен өкілеттік аясын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      7) талантты жастарды және перспективалы шығармашылық ұжымдарды іздеуге және қолдауға бағытталған іс-шаралар кешенін жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолданыстағы заңнамаға сәйкес Бөлім қызметкерлерін және ведомстволық бағынысты ұйымдардың басшыларын қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      8) шығармашылық және кітапхана қызметінің түрлі салаларында аудандық (өңірлік) байқаулар, фестивальдер мен конкурстар өткізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Бөлім қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      9) мемлекеттік органның құзыреті шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелердің мемлекеттік шығармашылық тапсырысы бойынша жұмысты ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес мемлекеттік органдарда, өзге де ұйымдарда Бөлімнің мүддесін ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
-[...15 lines deleted...]
-      10) мәдениет және мемлекеттік және басқа тілдерді дамыту саласында аудан деңгейінде әлеуметтік маңызы бар, ойын-сауық мәдени-бұқаралық іс-шаралар өткізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бірінші қол қою құқығына ие;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      11) мемлекеттік және басқа тілдерді дамытуға бағытталған шаралар кешенін жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыреті шегінде бұйрықтар шығарады және бөлім қызметкерлері мен ведомстволық бағынысты ұйымдар басшыларының орындауы үшін міндетті нұсқаулар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...33 lines deleted...]
-      12) Қазақстан Республикасында тіл саясатын жүзеге асырудың 2020-2025 жылдарға арналған мемлекеттік бағдарламасын аудан аумағында жүзеге асыру жөніндегі іс-шаралар жоспарын әзірлейді және жүзеге асыруды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бөлім қызметкерлеріне және ведомстволық бағынысты ұйымдардың басшыларына көтермелеу, материалдық көмек көрсету және тәртіптік жаза қолдану шараларын қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      13) Қазақстан Республикасының тіл туралы заңнамасында белгіленген талаптардың бұзылуын жою туралы ұсынымдар береді;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік органның атынан сенімхатсыз әрекет етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      14) мемлекеттік және басқа тілдерді дамытуға бағытталған іс-шаралар өткізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қолданыстағы заңнамаға сәйкес өзге де ұйымдармен барлық өзара қарым-қатынастарда мемлекеттік органның атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...15 lines deleted...]
-      15) ауданның атқарушы органдарына ауылдарға (селоларға), кенттерге, ауылдық (селолық) округтерге атау беру және оларды қайта атау, сондай-ақ олардың транскрипциясын өзгерту туралы ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
-[...15 lines deleted...]
-      16) Бөлімнің құзыреті шегінде тарихи-мәдени мұра объектілерін анықтау, есепке алу, қорғау және пайдалану, олардың жай-күйіне мониторинг жүргізу жөніндегі жұмысты ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) белгіленген еңбекке ақы төлеу қоры және жұмыскерлер саны шегінде мемлекеттік органның міндеттемелері мен төлемдері бойынша қаржыландыру жоспарын, құрылымы мен штат кестесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
-[...15 lines deleted...]
-      17) өз құзыреті шегінде мәдениет саласындағы коммуналдық меншікті басқаруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) азаматтарды және заңды тұлғалардың өкілдерін жеке қабылдауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
-[...15 lines deleted...]
-      18) Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде өзге де функцияларды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жеке және заңды тұлғалардың өтініштерін заңнамада белгіленген мерзімдерде қарайды, олар бойынша қажетті шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z96" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="68"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 - тарау. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдениет және тілдерді дамыту бөлімінің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Мәдениет және тілдерді дамыту бөліміне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z99" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Егер заңнамада өзгеше көзделмесе, Мәдениет және тілдерді дамыту бөлімі, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бөлімнің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Егер заңнамада өзгеше көзделмесе, Бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z104" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік орган басшысының мәртебесі, өкілеттігі</w:t>
-[...199 lines deleted...]
-      7) бөлім қызметкерлеріне және ведомстволық бағынысты ұйымдардың басшыларына көтермелеу, материалдық көмек көрсету және тәртіптік жаза қолдану шараларын қабылдайды;</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
-[...15 lines deleted...]
-      8) мемлекеттік органның атынан сенімхатсыз әрекет етеді;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
-[...334 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3163,31 +3205,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>