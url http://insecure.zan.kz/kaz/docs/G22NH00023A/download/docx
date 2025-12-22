--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b234753" w14:textId="b234753">
+    <w:p w14:paraId="4c9227b" w14:textId="4c9227b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1840,568 +1840,704 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектердің қоғамдық бірлестіктерімен бірлесіп, мүгедектер арасында сауықтыру және спорттық іс-шаралар өткізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      22) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) халық үшін спорт секцияларының жұмысын қамтамасыз ету және спорттық іс-шараларды өткізу мақсатында білім беру ұйымдарының спорт нысандарын сабақтан тыс және кешкі уақытта пайдалану шараларын қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) балалар мен жасөспірімдерге арналған спорт секцияларын қаржыландыру үшін мемлекеттік спорттық тапсырысты бюджет қаражатының көлемі шегінде бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) балалар мен жасөспірімдерге арналған спорт секцияларында мемлекеттік спорттық тапсырысты, қызмет көрсетушілердің меншік формаларына, ведомстволық бағыныстылығына, түрлеріне қарамастан, орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) мемлекеттік спорттық тапсырысты орналастырудың, сапасын бақылаудың және мақсатты игерудің барлық кезеңдері мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомствоның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) спорттық алаңдар, тренажер залдарын, мұз айдындарын, шаңғы базаларын кұру және қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) спорттың барлық турлері бойынша аудандық, облыстық, республикалық, халықаральқ жарыстарды ұйымдастыру, оқу-жаттығу жиындарын өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) профильді қызметтік мақсатында, стадионды, спортзалдарды жалға беру бойынша қызметтер көрсету (чемпионаттардың шеңберінде және облыстық, аудандық және т.б. жарыстарда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - Қостанай облысы Денисов ауданы әкімдігінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Мемлекеттік органның, алқалы органдардың бірінші басшысының мәртебесі, өкілеттіктері (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бөлімнің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бөлімнің бірінші басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес мемлекеттік органдарда, өзге де ұйымдарда Бөлімнің мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бөлімде сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бөлімнің жұмысын ұйымдастырады және басшылық жасайды және "Денисов ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесіне жүктелген міндеттер мен функциялардың орындалуына дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бұйрықтарға, қызметтік құжаттамаға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тағайындайды, босатады және тәртіптік жауапкершілікке тартады Бөлімі қызметкерлерінің;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтініштермен жұмысты ұйымдастырады, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бөлім қызметкерлерінің функционалдық міндеттерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) міндеттемелер мен төлемдер бойынша бөлімнің қаржыландыру жоспарын, белгіленген еңбекақы қоры және қызметкерлер саны шегінде бөлімнің құрылымын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлімнің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Егер заңнамада өзгеше көзделмесе, Бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Денисов ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекеменің қарамағындағы мемлекеттік мекемелердің және ведомствоның тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Денисов ауданы әкімдігінің дене шынықтыру және спорт бөлімінің "Автомобилист" стадионы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2474,55 +2610,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>