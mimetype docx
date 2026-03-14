--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3674abe" w14:textId="3674abe">
+    <w:p w14:paraId="c99c6a9" w14:textId="c99c6a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2498,108 +2498,306 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-12) жер қойнауын пайдаланушылардың кең таралған пайдалы қазбалар бойынша барлауға және өндіруге арналған келісімшарттар талаптарын сақтауына бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-13) мемлекеттік меншіктегі жалпыға ортақ пайдаланылатын автомобиль жолдарын, теміржолдарды салу (реконструкциялау) мен жөндеу үшін, сондай-ақ гидроқұрылысжайларды және гидротехникалық құрылысжайларды реконструкциялау мен жөндеу үшін пайдаланылатын кең таралған пайдалы қазбаларды барлау немесе өндіруді жүргізуге жер қойнауын пайдалану құқығын береді;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...33 lines deleted...]
-      26-15) жергілікті атқарушы органның мемлекеттік тапсырысы шеңберінде қолданбалы ғылыми, ғылыми-техникалық жобаларды әзірлеуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-14) өңірде ғылымды дамытудың басым бағыттарын айқындайды және өңірде іске асырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды қаржыландыруды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkStart w:name="z10" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-15) ғылым және ғылыми-техникалық қызмет саласындағы мемлекеттік саясатты әзірлеу мен іске асыруға, өңірде қолданбалы ғылыми зерттеулер жүргізу жөніндегі жұмысты үйлестіруге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-16) тиісті аумақта ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласында мемлекеттік саясатты жүргізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-17) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру жобаларын қаржыландыру үшін жеке кәсіпкерлік субъектілерінің гранттары мен инвестицияларын тартуға жәрдем көрсетеді, оларды қоса қаржыландыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z14" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-18) өнім шығаруды және (немесе) жаңа технологияларды енгізуді жүзеге асыратын бірлескен өндірістер құру мақсатында жеке кәсіпкерлік субъектілерінің, квазимемлекеттік сектордың ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерімен өзара іс-қимылын қамтамасыз ету жөніндегі шараларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z15" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-19) жеке кәсіпкерлік субъектілерінің (оның ішінде шетелдік), квазимемлекеттік сектордың ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерімен өзара іс-қимылын қамтамасыз ету үшін ғылым жөніндегі өңірлік кеңесті құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z16" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-20) қызметі ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру (практикалық қолдану) болып табылатын заңды тұлғаларды, оның ішінде стартап-компанияларды құруға және (немесе) жарғылық капиталына қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z17" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-21) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламаларының іске асырылуына мониторингті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z18" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-22) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруды әдістемелік қамтамасыз етуге уәкілетті органмен және салалық уәкілетті органдармен бірлесіп қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z19" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-23) ғылымды дамытудың басым бағыттары бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z20" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-24) облыстың жергілікті атқарушы органының мемлекеттік тапсырысы шеңберінде қолданбалы ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеуді және оларды іске асыруды жүзеге асыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z21" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-25) облыстың жергілікті атқарушы органының мемлекеттік тапсырысы шеңберінде орындалған қолданбалы ғылыми, ғылыми-техникалық жобалар мен бағдарламалар бойынша есептерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2661,575 +2859,595 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 06.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z84" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқармаға басшылықты Басқармаға жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z85" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z86" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z87" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z88" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарма қызметкерлерінің міндеттері мен өкілеттіктерінің шеңберін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z89" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасына сәйкес Басқарма қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z90" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Басқарманың құрылымдық бөлімшелері туралы ережелерді бекітеді, орындауға міндетті бұйрықтар шығарады және нұсқаулар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z91" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заңнамада белгіленген тәртіппен көтермелеу, материалдық көмек көрсету, тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z92" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Басқарма атынан сенімхатсыз әрекет етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z93" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік органдармен және өзге де ұйымдармен барлық өзара қарым-қатынастарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z94" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z95" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) міндеттемелер мен төлемдер бойынша Басқарманың қаржыландыру жоспарын, белгіленген еңбекақы төлеу қоры және қызметкерлер саны шегінде басқару құрылымын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z98" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z99" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z100" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z101" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z102" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z103" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Басқарманың өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z104" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z105" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3555,31 +3773,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>