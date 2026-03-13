--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b7bc758" w14:textId="b7bc758">
+    <w:p w14:paraId="ff99d1a" w14:textId="ff99d1a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қызылорда облысының елді мекендерінде үй жануарларын ұстау және серуендету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облыстық мәслихатының 2022 жылғы 12 қазандағы № 144 шешімі</w:t>
+        <w:t>Қызылорда облыстық мәслихатының 2022 жылғы 12 қазандағы № 144 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -437,1102 +437,1258 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 12 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 144 шешіміне қосымша</w:t>
+              <w:t>№ 144 шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызылорда облысының елді мекендерінде үй жануарларын ұстау және серуендету қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда – Қызылорда облыстық мәслихатының 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қызылорда облысының елді мекендерінде үй жануарларын ұстау және серуендету қағидалары (бұдан әрi - Қағидалар) "Жануарларға жауапкершілікпен қарау туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрi - Заң), "Үй жануарларын ұстаудың және серуендетудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 20 мамырдағы № 168 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Қызылорда облысы аумағында үй жануарларын ұстау және серуендету тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидаларда мынадай негізгі ұғымдар мен терминдер пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануардың иесі – жануар меншік құқығымен немесе өзгедей заттық құқықпен тиесілі болатын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жауапты адам – жануар иесінің осы Заңда белгіленген құқықтары мен міндеттерін жануар иесінің жазбаша тапсырмасы бойынша өзіне алатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иттерге арналған үйрету алаңы – иттерді үйрету үшін арнайы бөлінген, жаттығуға арналған арнаулы құралдармен жабдықталған қоршалған аумақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) үй жануарлары (компаньон жануарлар) (бұдан әрі – үй жануарлары) – қай түрге жататынына қарамастан, адам эстетикалық қажеттіліктері мен қарым-қатынас қажеттіліктерін қанағаттандыру үшін дәстүрлі түрде асырайтын және өсіретін жануарлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) үй жануарларын серуендету – жануар иесінің және (немесе) жауапты адамның жануарды ұстау орнының шегінен тыс жерге шығаруды көздейтін және жануардың қозғалыс белсенділігіне, табиғи қажеттіліктерін атқаруға деген физиологиялық қажеттіліктерін қанағаттандыруға бағытталған әрекеттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) үй жануарларының (иттердің) еркін жүруі – жануардың тұмылдырықсыз және қарғыбаусыз ұстау иесінің қатысуымен үй-жайынан немесе аумағынан тыс жерде арнайы бөлінген аумақтарда, иттерді серуендетуге арналған алаңда немесе жануардың табиғи дене және физиологиялық қажеттіліктерін қанағаттандыру үшін үйрету алаңында болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) үй жануарларының өз бетінше серуендеуі – үй жануарларының ұстау орнынан тыс жерде жануар иесінсіз және (немесе) жауапты адамсыз өз бетінше болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ұстау орны – жануардың иесі және (немесе) жауапты адам пайдаланатын, жануар ұсталатын ғимараттар, құрылыстар, құрылысжайлар, үй-жайлар немесе жер учаскелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+        <w:t xml:space="preserve"> 2. Үй жануарларын ұстаудың тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Үй жануарларын ұстау жөніндегі талаптарға мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үй жануарларын күтіп-бағу жағдайлары олардың биологиялық, түрлік және жеке ерекшеліктеріне сәйкес келуге, олардың табиғи қажеттерін қанағаттандырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарына сәйкес үй жануарлары ауруларының профилактикасын, диагностикасын, оларды емдеуді және жоюды қамтамасыз ету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Үй жануарының иесі және жауапты адамы, адамдар мен жануарлардың денсаулығына қауіп төндіруге, айналадағыларға зиян келтіруге жол бермейтін жағдайларды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Үй жануарларын төмендегідей орындарда ұстауға рұқсат етілмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының жануарларға жауапкершілікпен қарау және денсаулық сақтау салаларындағы заңнамасының талаптары бұзылған кезде қоғамдық орындарда, ұстау орындарында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ортақ пайдаланылатын орындарда (баспалдақ алаңдары, жертөлелер, шатырлар, шектес балкондар, лоджиялар және ортақ пайдаланылатын қосалқы үй-жайлар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үй маңындағы аумақтарда (жеке тұрғын үйлердің үй маңындағы аумақтарынан басқа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асүйлер мен жатақхана дәліздерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Үй жануарларының иесі және жауапты адам тұрғын және тұрғын емес үй-жайлардың, оның ішінде кондоминиум объектілерінің, қоғамдық орындардың үй жануарларымен ластануына, қоршаған ортаға зиян келтіруіне жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бірнеше отбасы тұратын тұрғынжайда (жеке тұрғын үй, пәтер, жатақханадағы бөлме, модульдік (мобильді) тұрғын үй) үй жануарларын ұстау медициналық қарсы көрсетілімдерді ескере отырып, барлық тұратын кәмелетке толған отбасы мүшелерінің келісімімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бау-бақша, саяжай кооперативтерінің, демалыс үйлерінің аумақтарында санитариялық-гигиеналық ережелердің талаптарын сақтай отырып, үй жануарларын ұстауға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Үй жануарларының иесі немесе жауапты адамы осы аумаққа кіреберісте жануар иесінің ерекше жауапкершілігін талап ететін үй жануарының бар екендігі туралы ескерту жазбаны жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қонақүйге әкімшілікпен келісім бойынша иесіне итпен немесе мысықпен қоныстануға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Үй жануарларын қараусыз қалдыруға жол берілмейді. Қарау мүмкін болмаған жағдайда үй жануарының иесі немесе жауапты тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарды үй жануарларына арналған панажайға уақытша күтіп-бағуға орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үшінші адамдарға уақытша күтіп-бағуға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зоологиялық жатынжайға орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Үй жануарын одан әрі ұстау мүмкін болмаған жағдайда жануар иесі және жауапты адам үй жануарын одан әрі орналастыруға шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1. Жануардан бас тарту оған басқа адам меншік құқығын иленгенге дейін иесінің үй жануарына қатысты міндеттерін тоқтатуға әкеп соқпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Иттерді өздігінен серуендеуін және адамдар мен жануарларға шабуыл жасауды болдырмайтын жағдайларда ұсталады. Мұндай жағдайлар болмаған жағдайда ит байлануы немесе үйшікте болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Үй жануарларын ұстаудың тәртібі</w:t>
-[...396 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 3. Үй жануарларын серуендету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Үй жануарларын серуендету адамдардың, басқа жануарлардың қауіпсіздігін қамтамасыз ету, адамдардың мүлкіне үй жануарларының зиян келтіруден қорғау талабымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Үй жануарларының иесі және жауапты адам қоғамдық қауіпсіздікті қамтамасыз ету мақсатында Қызылорда облысының жергілікті өкілді органдары белгілеген тәртіппен үй жануарларын серуендету ережелерін сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      3) үй жануарының айналасындағыларға алаңдаушылық және кедергі келтірмеуді;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жануар иесінің ерекше жауапкершілігін талап ететін үй жануары жануардың иесіне және (немесе) жауапты адамға меншік құқығымен немесе өзге де заңды негізде тиесілі қоршалған аумақта болатын жағдайларды қоспағанда, серуендету орнына қарамастан, жануар иесінің ерекше жауапкершілігін талап ететін үй жануарларын тұмылдырықсыз және 1,5 (бір жарым) метрден асатын қарғыбаусыз серуендетуге рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      4) үй жануарлары көшелер арқылы немесе магистральдардың жанында өткен кезде тұмылдырық кигізіледі және жол-көлік оқиғаларын және оның жүру бөлігінде апат болуын болдырмау үшін оны 1,5 (бір жарым) метрден аспайтын қысқа қарғы бауда және ұстайды;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үй жануарларын серуендету кезінде иелері мен жауапты адамдар мынадай талаптарды сақтайды (ерекше жауапкершілікті талап ететін үй жануарларын қоспағанда):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      5) тыйым салатын жазбалар болмаған жағдайда иесінің иті тұмылдырықта және 1,5 (бір жарым) метрден аспайтын қысқа қарғы баумен мекемелерде, азық-түлік емес дүкендерде, поштада болуына рұқсат етіледі;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ит қоғамдық орындарда 2 (екі) метрден аспайтын қарғыбауда болуы керек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      6) итті, егер бұл ретте қоғамға қауіп төнбесе, қоғамдық тәртіпті бұзбаса, иттің денсаулығына қауіп төнбесе немесе оның еркін қозғалуына кедергі келтірілмесе, ғимараттың жанында 1,5 (бір жарым) метрден аспайтын қысқа қарғы баумен байлап және тұмылдырықта қалдыруға рұқсат етіледі.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұмылдырық итке оны тасымалдау кезінде, адамдар көп жиналатын жерде, сондай-ақ жергілікті атқарушы органдар, ұйымдар, мекемелер белгілеген орындарда кигізіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) магистральдар маңындағы көшелер арқылы өту кезінде жол-көлік оқиғаларын және жолдың жүріс бөлігінде оның өлуін болдырмау үшін үй жануарлары 1,5 (бір жарым) метрден аспайтын қысқа қарғыбауға алынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иесі итті иесінің осы ғимараттың ішінде болған уақытына ғимараттың жанында ерікті түрде шешілуін болдырмайтын байламда және 1,5 (бір жарым) метрден аспайтын қысқа қарғыбаумен тұмылдырықта қалдыра алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иттерді серуендетуге тыйым салынған жерлерде ит иесі немесе жауапты адам айналасындағыларға қауіп төндірмей, тұмылдырықпен және 1,5 (бір жарым) метрден аспайтын қысқа қарғыбауда итпен аумақты кесіп өтуіне болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иттерді еркін серуендетуге арнайы бөлінген аумақтарда, алаңда иттерді еркін серуендетуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иттерді серуендетуге тыйым салынатын орындар тиісті белгімен белгіленуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Иттермен қорғалатын бекітілген аумақтары бар иелер иттерді өздерінің базаларында, қоймаларында, өндірістік үй-жайларында тек түнгі уақытта және қоршалған аумақта еркін серуендетеді. Күндізгі уақытта иттер байлауда немесе үйшікте болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Елді мекен аумағында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...98 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      6) үй жануарларының қоғамдық тамақтандыру кәсіпорындарында (көзі әлсіз көретін адамдарға арналған қызметтік иттер мен жетелеуші иттерден басқа), сервистік қызмет көрсету азық-түлік дүкендерінің сауда және өндірістік залдарында, мәдени мекемелерде (иттер қатысатын көрмелер, ойын-сауық және бұқаралық іс-шаралар өткізу жағдайларын қоспағанда), діни ұйымдарда (бірлестіктерде), балалар, білім беру, медициналық ұйымдардың үй-жайларында болуына және ұсталуына жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) иттердің еркін жүруі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өздерінің мінез-құлқын ұстауға қауқарсыз, оның ішінде алкагольден, есірткіден, уытқұмарлықтан мас күйдегі адамдарға үй жануарларын серуендетуге және олармен қоғамдық орындарда және көлікте бірге болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әкімшілікпен келісім бойынша спорттық және өзге де іс-шаралар ұйымдарын қоспағанда мектепке дейінгі балалар, білім беру, дене шынықтыру-спорт және медициналық, емдеу ұйымдарының, мәдениет ұйымдарының, балалар және спорттық ойын алаңдарының аумақтарында және серуендеуге арналмаған тыйым салу белгілері белгіленген аумақтарда үй жануарларын серуендетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) адамдарға шомылуға рұқсат етілген аумақта, тоғандарда, фонтандар мен су қабылдағыштарда үй жануарларын шомылдыруға және жуындыруға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1. Коммерциялық, коммерциялық емес, діни ұйымдардың, балалар, медициналық немесе білім беру ұйымдарының аумағында үй жануарларының болуын және оларды күтіп-ұстауды осы ұйымдар мен мекемелердің меншік иесі (әкімшілік) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Жануарларға жауапкершілікпен қарау саласында үй жануарларын серуендетуге не өзге мақсатта жануарлармен жүруге тыйым салынған орындарды айқындайды, сондай-ақ қажет болған кезде үй жануарларын серуендетуге арналған орындарды Қызылорда облысының жергілікті атқарушы органдары жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>