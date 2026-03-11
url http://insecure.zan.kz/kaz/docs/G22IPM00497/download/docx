--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c2623ec" w14:textId="c2623ec">
+    <w:p w14:paraId="2f84219" w14:textId="2f84219">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,155 +85,198 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Телекоммуникациялар комитеті аумақтық органдарының ережелерін бекіту туралы" Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің міндетін атқарушының 2019 жылғы 9 тамыздағы № 190/НҚ бұйрығына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 2022 жылғы 19 желтоқсандағы № 497/НҚ бұйрығы</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 2022 жылғы 19 желтоқсандағы № 497/НҚ бұйрығы. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 2025 жылғы 22 қазандағы № 534/НҚ бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 534/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің аумақтық органдарының ережелерін бекіту туралы" Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің міндетін атқарушының 2019 жылғы 9 тамыздағы № 190/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілген бұйрықпен бекітілген Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің аумақтық бөлімшелері туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -246,146 +291,147 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Телекоммуникациялар комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрық бекітілген күннен бастап күнтізбелік он күн ішінде оны қазақ және орыс тілдерінде электрондық нысанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде ресми жариялау және енгізу үшін Қазақстан Республикасы Әдiлет министрлiгінiң "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі вице-министріне жүктелсiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оған қол қойылған күнінен бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -761,517 +807,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Қостанай, Солтүстік Қазақстан облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Қостанай, Солтүстік Қазақстан облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Инспекция азаматтық-құқықтық қатыныстарға, егер Қазақстан Республикасының заңнамасына сәйкес уәкілетті болса, мемлекет атынан тарап болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 110000, Қостанай облысы, Қостанай қаласы, Темірбаев көшесі, 14, 6-т.е.б.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Қостанай, Солтүстік Қазақстан облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1520,70 +1529,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1648,70 +1657,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1758,128 +1767,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1944,126 +1953,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2181,501 +2190,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, Инспекция мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 070000, Шығыс Қазақстан облысы, Өскемен қаласы, Карл Либкнехт көшесі, 19.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2924,70 +2912,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3052,70 +3040,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3162,128 +3150,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3348,126 +3336,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3585,501 +3573,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау, Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау, Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, Инспекция мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 030002, Ақтөбе облысы, Ақтөбе қаласы, Астана ауданы, Маресьев көшесі, 95/1-үй. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау, Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4328,70 +4295,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4456,70 +4423,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4566,128 +4533,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4752,126 +4719,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4989,501 +4956,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шымкент қаласы және Жамбыл, Түркістан, Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шымкент қаласы және Жамбыл, Түркістан, Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, Инспекция мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 160011, Шымкент қаласы, Әл-Фараби ауданы, Дулати көшесі, 3. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шымкент қаласы және Жамбыл, Түркістан, Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5732,70 +5678,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5860,70 +5806,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5970,128 +5916,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6156,126 +6102,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6393,501 +6339,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Алматы қаласы және Алматы, Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Алматы қаласы және Алматы, Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="100"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z121" w:id="101"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z122" w:id="102"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, Инспекция мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z123" w:id="103"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z124" w:id="104"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z125" w:id="105"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 050026, Алматы қаласы, Алмалы ауданы, Жұмалиев көшесі, 108.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Алматы қаласы және Алматы, Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z128" w:id="108"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z129" w:id="109"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="110"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z131" w:id="111"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="112"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7136,70 +7061,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="113"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7264,70 +7189,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="114"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7374,128 +7299,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z136" w:id="116"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z137" w:id="117"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z138" w:id="118"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7560,126 +7485,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="120"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z141" w:id="121"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7797,501 +7722,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 190/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="122"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Астана қаласы және Ақмола, Қарағанды, Ұлытау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z144" w:id="123"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Астана қаласы және Ақмола, Қарағанды, Ұлытау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Инспекция) байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасының сақталуын іске асыру және бақылау функцияларын жүзеге асыратын Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің (бұдан әрі – Комитет) аумақтық органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Инспекция өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="124"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инспекция республикалық мемлекеттік мекеменің ұйымдастыру-құқықтық нысандағы заңды тұлғасы болып табылады, өз атауымен мемлекеттік тілде жазылған мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z148" w:id="125"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инспекция өз атынан азаматтық-құқықтық қатынастарға түсе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z149" w:id="126"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, Инспекция мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z150" w:id="127"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инспекция заңнамада белгіленген тәртіппен өз құзыретіндегі мәселелер бойынша Инспекция басшысының бұйрықтарымен ресімделген шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z151" w:id="128"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрылымы және штаттық санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z152" w:id="129"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Инспекцияның орналасқан жері: Қазақстан Республикасы, 010000, Нұр-Сұлтан қаласы, Сарыарқа ауданы, Республика даңғылы, 13-үй, 1-т.е.ү-ж</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z153" w:id="130"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инспекцияның толық атауы – "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Астана қаласы және Ақмола, Қарағанды, Ұлытау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z154" w:id="131"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Инспекцияның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z155" w:id="132"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инспекцияның қызметін қаржыландыру республикалық бюджет есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z156" w:id="133"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инспекцияға кәсiпкерлiк субъектiлерiмен Инспекцияның функциялары болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Инспекцияға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="134"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инспекцияның негізгі міндеттері, функциялары, құқықтары және міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z158" w:id="135"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инспекцияның міндеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласында, сондай-ақ "Телерадио хабарларын тарату туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды сақтау бөлігінде Қазақстан Республикасының телерадио хабарларын тарату туралы заңнамасын сақтауды мемлекеттік бақылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="136"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Инспекцияның функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті аумақтық бірліктерде Қазақстан Республикасының байланыс саласындағы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8540,70 +8444,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының байланыс туралы заңнамасы талаптарының бұзушылықтары анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарына сәйкес өзге де мәселелер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="137"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Инспекцияның құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамада белгіленген тәртіппен жеке және заңды тұлғалардан Инспекцияға жүктелген функциялар мен міндеттерді жүзеге асыруға қажетті ақпаратты сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8668,70 +8572,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде сараптамалар мен кеңестер жүргізу үшін сарапшылардың, мамандардың, сондай-ақ өзге мемлекеттік органдардың және өзге де ұйымдар қызметкерлерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="138"/>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Инспекцияның міндеттемелеріне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Инспекцияға жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8778,128 +8682,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде және заңнама шеңберінде Комитеттің құрылымдық бөлімшелері мен мемлекеттік органдардың ресми сұрау салуы жағдайында қажетті материалдар мен анықтамалар беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының делегация құқығынсыз байланыс туралы заңнамасының талаптарын бұзушылықтар анықталған кезде нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="139"/>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Инспекция қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z163" w:id="140"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Инспекцияны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің келісімі бойынша Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің аппарат басшысы лауазымға тағайындайтын және лауазымнан босататын басшы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z164" w:id="141"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Инспекция басшысы Инспекцияның жұмысын ұйымдастырады және басқарады және өз қызметтерін жүзеге асыруға және Инспекцияға жүктелген міндеттердің орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z165" w:id="142"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы мақсатта Инспекцияның басшысы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шеңберінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8964,180 +8868,202 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен Инспекцияның қызметкерлерін көтермелейді, сондай-ақ тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="143"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының заңнамасына сәйкес Инспекцияда лауазымдық жалақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу жөніндегі комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген комиссияның дербес құрамын инспекция басшысы айқындайды. Комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="144"/>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Инспекцияны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z168" w:id="145"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z168" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Инспекцияны қайта ұйымдастыру және тарату Қазақстан Республикасының азаматтық заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9459,35 +9385,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>