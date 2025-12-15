--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f948792" w14:textId="f948792">
+    <w:p w14:paraId="e373e66" w14:textId="e373e66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2264,602 +2264,642 @@
         <w:t>
       42) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламасын әзірлеу және іске асру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламаларының іске асырылуын мониторингілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkStart w:name="z144" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43-1) ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды, ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру жобаларын орындау және аяқтау сатыларында олардың іске асырылуына мониторингті жүзеге асыру туралы ережені әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z87" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) Қазақстан Республикасының Үкіметіне ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру жөніндегі шаралардың тиімділігі туралы ақпаратты енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z88" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) Комитеттің ведомстволық бағынысты ұйымдарының жарғыларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z89" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) Қазақстан Республикасының Үкіметіне Ғылым туралы жыл сайынғы Ұлттық баяндаманы дайындауды, ұсынуды және жариялауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z90" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру шоғырландырылған талдамалық ақпаратты уәкілетті органның интернет-ресурстарында және мерзімді баспасөз басылымдарында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z91" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) ғылыми және (немесе) ғылыми-техникалық қызметтің субъектілеріне аккредиттеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z92" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) Қазақстан Республикасының Заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді – ҚР Ғылым және жоғары білім министрінің 03.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Комитеттің қызметін қызметін ұйымдастыру кезіндегі оның басшысының мәртебесі және өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z94" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Комитет басшылығын Комитетке жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Төраға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Комитет төрағасы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z96" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитет төрағасының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комитет төрағасының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Комитеттің құрылымдық бөлімшелерінің басшылары мен қызметкерлерінің міндеттері мен өкілеттіктерін анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес ведомстволық бағынысты ұйымдардың бірінші басшыларын және олардың орынбасарларын лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z100" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Министрліктің Аппарат басшысына Комитет персоналын іссапарға жіберу, біліктілігін арттыру, оларға тәртіптік жаза қолдану және алып тастау мәлелелері бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z101" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Министрліктің Аппарат басшысына төрағаның орынбасарын және Комитеттің басқа да қызметкерлерін қызметке тағайындау және қызметтен босату туралы, сондай-ақ тәртіптік жауапкершілікке тарту туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды - ҚР Ғылым және жоғары білім министрінің 11.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...249 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыреті шегінде Комитет қызметкерлері мен ұйымдарына орындауға міндетті болып табылатын бұйрықтар шығарады, тапсырмалар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге мемлекеттік органдарда және өзге де ұйымдарда Комитеттің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Комитетте сыбайлас жемқорлыққа қарсы күресті күшейтуге бағытталған шараларды қабылдайды және сыбайлас жемқорлыққа қарсы шаралар қабылдау үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) қызметкерлердің Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Мемлекеттік қызметшілердің Әдеп кодексін, орындаушылық және еңбек тәртібін сақтауын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасы Заңдары мен Қазақстан Республикасы Президентінің актілеріне сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет төрағасы болмаған кезеңде оның өкілеттігін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2896,784 +2936,784 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="105"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Комитеттің заңнамада көзделген жағдайларда жекеленген мүлікті жедел басқару құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Комитетке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Комитет өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен иелік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z115" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қарамағындағы ұйымдардың тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z116" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің қарамағындағы мемлекеттік заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z117" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Математика және математикалық модельдеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z118" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Экономика институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z119" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "А. Байтұрсынов атындағы Тіл білімі институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z120" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "М.О. Әуезов атындағы Әдебиет және өнер институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z121" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Ш.Ш. Уәлиханов атындағы Тарих және этнология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z122" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Философия, саясаттану және дінтану институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z123" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Ә.Х. Марғұлан атындағы Археология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z124" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Р.Б. Сүлейменов атындағы Шығыстану институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z125" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z125" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Ғылым ордасы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z126" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z126" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Өсімдіктердің биологиясы және биотехнологиясы институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z127" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z127" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Генетика және физиология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z128" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Алтай ботаникалық бағы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z129" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z129" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Маңғышлақ эксперименттік ботаникалық бағы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z130" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z130" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Зоология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "М.А. Айтхожин атындағы Молекулярлық биология және биохимия институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z132" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Академик Ө.А. Жолдасбеков атындағы Механика және машинатану институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z133" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Ақпараттық және есептеу технологиялары институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Жану проблемалары институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z135" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z135" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Жошы Ұлысын зерттеу ғылыми институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Академик Қ.И. Сәтбаевтың мемориалдық мұражайы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Мемлекет тарихы институты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z138" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет акцияларының мемлекеттік пакеттері мен қатысу үлестерін иелену және пайдалану құқығы берілген заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z139" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Ғылым қоры" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z140" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z140" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Мемлекеттік ұлттық ғылыми-техникалық сараптама орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z141" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "География және су қауіпсіздігі институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z142" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z142" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. ЮНЕСКО аясындағы 2-санаттағы "Орталық Азия өңірлік гляциологиялық орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z143" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Еуразиялық интеграция институты" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>