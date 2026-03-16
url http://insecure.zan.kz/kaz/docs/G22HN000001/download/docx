--- v1 (2025-12-15)
+++ v2 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e373e66" w14:textId="e373e66">
+    <w:p w14:paraId="e79299d" w14:textId="e79299d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -662,54 +662,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті (бұдан әрі - Комитет) Қазақстан Республикасы Ғылым және жоғары білім министрлігі (бұдан әрі - Министрлік) құзыреті шегінде ғылым, ғылыми-техникалық қызмет саласында, оның ішінде оның құзыретіне қатысты ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру бойынша мемлекеттік саясатты іске асыру функцияларын жүзеге асыратын ведомство болып табылады.</w:t>
+      1. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті (бұдан әрі - Комитет) Қазақстан Республикасы Ғылым және жоғары білім министрлігі (бұдан әрі - Министрлік) құзыреті шегінде ғылым, ғылыми-техникалық қызмет саласында, оның ішінде оның құзыретіне қатысты ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру бойынша және инновациялық қызметті мемлекеттік саясатты іске асыру функцияларын жүзеге асыратын ведомство болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ғылым және жоғары білім министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитет өз қызметін Қазақстан Республикасының Конституциясы мен Қазақстан Республикасы Заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1042,54 +1104,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ғылыми зерттеулерді ұйымдастыруды жетілдіру және олардың бәсекеге қабілеттілігін арттыру.</w:t>
+      3) ғылыми зерттеулерді ұйымдастыруды жетілдіру және олардың бәсекеге қабілеттілігін арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) инновациялық жүйені жоспарлау, мониторингілеу, ынталандыру және дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) инновациялық қызметті мемлекеттік қолдау саласындағы мемлекеттік саясатты қалыптастыру және іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік технологиялық саясатты қалыптастыру және іске асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақққа өзгеріс енгізілді – ҚР Ғылым және жоғары білім министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Құқықтары мен міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2384,50 +2562,536 @@
         <w:t>
       47) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру шоғырландырылған талдамалық ақпаратты уәкілетті органның интернет-ресурстарында және мерзімді баспасөз басылымдарында орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z91" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) ғылыми және (немесе) ғылыми-техникалық қызметтің субъектілеріне аккредиттеу жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-1) инновациялық жобаларды сынамалауға арналған эксперименттік режимдерге бастама жасау қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-2) инновациялық гранттар берудің басым бағыттарын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-3) Қазақстан Республикасының Үкіметіне инновациялық даму саласындағы ұлттық даму институтын және Қазақстан Республикасының заңнамасына сәйкес инновациялық қызметті мемлекеттік қолдау шараларын іске асыруға уәкілетті, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы тікелей не жанама түрде мемлекетке тиесілі өзге де заңды тұлғалардың тізбесін айқындау жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-4) салаларды технологиялық дамытуға инновациялық гранттар беру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-5) технологияларды коммерцияландыруға инновациялық гранттар беру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-6) жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-7) инновациялық гранттар беру кезінде инновациялық даму саласындағы ұлттық даму институты көрсететін қызметтерге ақы төлеу қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-8) инновациялық қызмет сыныптамасын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-9) инновациялық қызметті дамытудың ұлттық индексін есептеу әдістемесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-10) инновациялық даму саласындағы ұлттық даму институтын тарта отырып, инновациялық гранттар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-11) инновациялық даму саласындағы ұлттық даму институтымен жасалатын шарт негізінде инновациялық гранттар беруге қаражат бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-12) жобалардың инновациялылығы өлшемшарттарын айқындау жөніндегі әдістемені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-13) инновациялық қызметті мемлекеттік қолдау шараларын іске асыру тиімділігін бағалау әдістемесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-14) өнеркәсіптік-инновациялық қызмет субъектілеріне қосылған құнның жаһандық тізбектеріне кіру бойынша, оның ішінде тауарлардың жаңа түрлерін өндіруге арналған техникалық құжаттаманы және нақты тауарлар бойынша көш бастап тұрған жетекші әлемдік өндірушілердің әлемдік өндірістік франшизаларын пайдалану арқылы жәрдем көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-15) өнеркәсіптік-инновациялық қызмет субъектілері ұсынатын мамандарға деген қажеттілік туралы мәліметтер негізінде экономиканың басым секторлары үшін мамандар даярлау талап етілетін мамандықтар тізбесін айқындау жөніндегі ұсыныстарды қалыптастыру және халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-16) ұлттық басқарушы холдингтердің, ұлттық холдингтердің және ұлттық компаниялардың даму жоспарларын, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы мемлекетке тиесілі заңды тұлғалардың, олармен үлестес заңды тұлғалардың, ұлттық басқарушы холдингтердің (Ұлттық әл-ауқат қорын қоспағанда), ұлттық холдингтердің, ұлттық компаниялардың (Ұлттық әл-ауқат қорының тобына кіретін ұлттық компанияларды қоспағанда) және олармен үлестес заңды тұлғалардың даму жоспарларын және іс-шаралар жоспарларын технологиялар мен инновацияларды дамыту бөлігінде келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-17) Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын инновациялық және технологиялық даму бөлігінде келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-18) ұлттық инновациялық жүйенің даму мониторингін қамтамасыз ету қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-19) бизнес-инкубациялауды дамытуға жәрдемдесу бойынша қызметтер көрсету қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-20) технологиялық болжауды жүзеге асырудың, салалық технологиялық құзырет орталықтарының жұмыс істеуінің, технологиялық платформаларды ұйымдастырудың және нысаналы технологиялық бағдарламаларды әзірлеудің әдістемесі мен өлшемшарттарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-21) цифрлық трансформация және 4.0 индустриясын енгізу жөніндегі мемлекеттік саясатты қалыптастыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-22) Жоғары ғылыми-техникалық комиссия қарау үшін жетекшілік ететін бағыттардағы салалық технологиялық құзырет орталықтарын, нысаналы технологиялық бағдарламаларды айқындау және технологиялық платформаларды ұйымдастыру жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-23) өңірлерде мемлекеттік технологиялық саясаттың іске асырылуын мониторингтеуді жүзеге асыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-24) құзыреті шегінде әлеуетті инвесторларды, оның ішінде шетелдік инвесторларды өнеркәсіптік-инновациялық жобаларды іске асыруға қатысуға тарту мақсатында оларды іздестіру және олармен келіссөздер жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-25) құзыреті шегінде өнеркәсіптік-инновациялық қызмет субъектілерін инвестициялық тақырып бойынша бизнес-форумдарға, конференциялар мен семинарларға қатысуға тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-26) құзыреті шегінде бұқаралық ақпарат құралдарында, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік бұқаралық ақпарат құралдарында өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-27) Венчурлік қорларды қоса қаржыландырудың нысаналы көрсеткіштерін қоса алғанда, инновациялық қызметті мемлекеттік қолдауға қатысатын инновациялық жүйе субъектілері конкурстық негізде жүзеге асыратын венчурлік қорларды қоса қаржыландыру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z92" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) Қазақстан Республикасының Заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2460,50 +3124,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3719,55 +4403,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>