--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5451d84" w14:textId="5451d84">
+    <w:p w14:paraId="9d915ac" w14:textId="9d915ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1706,51 +1706,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қандастар мен қоныс аударушыларды қоныстандыру үшін өңірлерді айқындау жөнінде Қазақстан Республикасының Үкіметіне одан әрі енгізу үшін ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі комиссияның үлгі ережесін әзірлеу;</w:t>
+      13) қандастарды қабылдау жөніндегі комиссияның үлгілік ережесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
@@ -2270,50 +2270,112 @@
         <w:t>
       40) құзыреті шегінде халықтың көші-қоны саласындағы мемлекеттік саясатты іске асыру бойынша қоғамдық бірлестіктермен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z68" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) Қазақстан Республикасының заңдарында, Президентінің және Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Комитеттің бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2388,532 +2450,484 @@
         <w:t>
       17. Комитет төрағасының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитеттің жұмысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек қатынастары мәселелері заңнамаға сәйкес жоғары тұрған лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Министрлік Аппаратының басшысына Комитет қызметкерлерін тағайындау және лауазымдардан босату туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Комитет төрағасы орынбасарларының және қызметкерлерінің міндеттері мен өкілеттіктерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еңбек қатынастары мәселелері заңнамаға сәйкес жоғары тұрған лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Министрлік Аппаратының басшысына Комитет қызметкерлерін іссапарға жіберу, демалыс беру, сыйлықақы беру, лауазымдық айлықақыларына үстемеақы белгілеу, материалдық көмек көрсету, даярлау (қайта даярлау), олардың біліктілігін арттыру мәселелері жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) еңбек қатынастары мәселелері заңнамаға сәйкес жоғары тұрған лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитет қызметкерлеріне тәртіптік жаза қолдану мәселелері бойынша Министрлік Аппаратының басшысына ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік органдарда және меншік нысанына қарамастан өзге де ұйымдарда Комитеттің атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Комитеттің атынан наразылықтар мен талап қоюлар беру туралы шешімдер қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) азаматтың құқықтары мен бостандықтарын қозғайтын актілерді қоспағанда, Комитеттің құзыретіне кіретін мәселелер бойынша шешімдер қабылдайды және құқықтық актілерге қол қояды, оның ішінде Министрліктің актілерінде оларды бекіту бойынша тікелей құзыреті болған кезде Комитеттің құзыретіне кіретін мәселелер бойынша нормативтік құқықтық бұйрықтарды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Комитетте сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) азаматтарды қабылдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет төрағасы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармаққа өзгеріс енгізілді – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 22.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Төраға өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комитеттің Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің мүлкі оған мемлекет берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комитетке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Егер заңнамада өзгеше белгіленбесе, Комитеттің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...255 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
-[...94 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>