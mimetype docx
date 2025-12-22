--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="74e4f3e" w14:textId="74e4f3e">
+    <w:p w14:paraId="838ef01" w14:textId="838ef01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -534,519 +534,497 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шымкент қаласы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы "07" қыркүйектегі</w:t>
+              <w:t>2022 жылғы 07 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 1749 қаулысына қосымша</w:t>
+              <w:t xml:space="preserve">№ 1749 қаулысымен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Шымкент қаласының ауыл шаруашылығы және ветеринария басқармасы" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Шымкент қаласының ауыл шаруашылығы және ветеринария басқармасы" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы әкімдігінің 24.05.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы әкімдігінің 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 2491</w:t>
+        <w:t>№ 5824</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Шымкент қаласының ауыл шаруашылығы және ветеринария басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма), Шымкент қаласы бойынша ауыл шаруашылық және ветеринария саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Басқарманың ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Басқарма мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...15 lines deleted...]
-      4. Басқарма мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Басқарма, Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...15 lines deleted...]
-      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      6. Басқарма, Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...15 lines deleted...]
-      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, Әл-Фараби ауданы, Ж. Тыныбаев көшесі, № 49.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
-[...15 lines deleted...]
-      8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
-[...15 lines deleted...]
-      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, Қаратау ауданы, Нұрсәт тұрғын үй алабы, Нұрсұлтан Назарбаев даңғылы, № 10 ғимарат.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттерден, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Басқарманың құрылтай құжаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
-[...15 lines deleted...]
-      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттерден, жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер, егер заңнамада өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
-[...15 lines deleted...]
-      12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары: Шымкент қаласының аумағында ауыл шаруашылығы және ветеринария саласындағы мемлекеттік саясатты және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіліктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1235,94 +1213,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаланың агроөнеркәсіп саласында инновациялық технологияларды енгізу бойынша іс-шараларды іске асыруға ықпал жасау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+        <w:t>
+      Басқарма Қазақстан Республикасының заңдарына, Қазақстан Республикасы Президентiнiң және Үкiметiнiң актiлерiне, осы Ережеге сәйкес өкiлеттiктерін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) агроөнеркәсіптік кешенді және ауылдық аумақтарды дамыту саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2795,52 +2753,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқордың жүргізілуін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      69) эпизоотия ошақтары пайда болған жағдайда оларды зерттеп-қарауды жүргізу; </w:t>
+        <w:t>
+      69) эпизоотия ошақтары пайда болған жағдайда оларды зерттеп-қарауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) эпизоотологиялық зерттеп-қарау актісін беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3263,70 +3221,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      96) қалада азық-түлік тауарлары қорларын есепке алуды жүргізу және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға есептілік ұсыну; </w:t>
+        <w:t>
+      95) азық-түлік тауарларын сатып aлу бағдарламаларына қатысушыларды анықтау жөнiндегi комиссиялардың жұмысын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) қалада азық-түлік тауарлары қорларын есепке алуды жүргізу және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға есептілік ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) Шымкент қаласын азық-түлікпен қамтамасыз етілу теңгерімін жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3447,148 +3405,364 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) әлеуметтік маңызы бар азық-түлік тауарларына рұқсат етілген шекті бөлшек сауда бағаларының мөлшерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) эпизоотиялық мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) балықтың қырылу қаупі бар су айдындарында және (немесе) учаскелерінде аулауды жүзеге асыру және (немесе) ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) аңшылық алқаптардың резервтік қорындағы жануарлар дүниесінің өсімін молайтуды, сондай-ақ оны мемлекеттік есепке алуды ұйымдастыру және қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) агроөнеркәсіптік кешенді дамытуға және азық-түлік тауарларына мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) тиісті әкімшілік-аумақтық бірлікте агроөнеркәсіптік кешенді ақпараттық-маркетингтік қамтамасыз етуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) Қазақстан Республикасының заңдарына сәйкес тиісті әкімшілік-аумақтық бірлікте ветеринария, өсімдіктерді қорғау мен олардың карантині жөніндегі мемлекеттік іс-шараларды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) нормативтік құқықтық базаны, баға, техникалық, кедендік, салықтық, кредиттік, сақтандыру қызметін жетілдіру, сондай-ақ агроөнеркәсіптік кешен саласындағы техникалық реттеу және мемлекеттің саясаты мәселелері бойынша ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) агроөнеркәсіптік кешен өнімдерін тауарлық ілгерілету жүйесін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) ауыл шаруашылығы кооперациясы үшін кадрлар даярлауға, қайта даярлауға және олардың біліктілігін арттыруға және ауыл шаруашылығы кооперациясы мәселелері бойынша ғылыми зерттеулер жүргізуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) үй жануарларын серуендетуге не өзге мақсатта жануарлармен жүруге тыйым салынған орындарды айқындайды, сондай-ақ қажет болған кезде үй жануарларын серуендетуге арналған орындарды жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) жануарларға арналған панажайлардың қызметін ақпараттық қамтамасыз етуді және жануарларды жаңа иелеріне беруге, адасып қалған жануарлардың иелерін іздеуге, үй жануарларын стерилизациялау қажеттігін хабарлауға бағытталған әлеуметтік жарнаманы ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) қаңғыбас жануарлардың санын реттеуді ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның, алқалы органдардың (бар болса) бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Басқарманы басқаруды басқарма басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарма басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымына Шымкент қаласының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
-[...15 lines deleted...]
-      16. Басқарманы басқаруды басқарма басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарма басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
-[...15 lines deleted...]
-      17. Басқарма басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымына Шымкент қаласының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқарма басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарманың қызметін ұйымдастырады және басқарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3853,204 +4027,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) Қазақстан Республикасының заңнамалық актілерде көзделген өкілеттіктерді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың басшысы болмаған кезеңде, оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқарма басшысы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
-[...57 lines deleted...]
-      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
-[...15 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4092,55 +4266,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4466,31 +4640,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>