--- v0 (2025-11-08)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e88791" w14:textId="0e88791">
+    <w:p w14:paraId="33bd935" w14:textId="33bd935">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -553,187 +553,165 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы "__"_______</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ____ қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шымкент қаласының қалалық жайлы ортаны дамыту басқармасы" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы әкімдігінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5975</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-Тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Шымкент қаласының қалалық жайлы ортаны дамыту басқармасы" (бұдан әрі – Басқарма) мемлекеттік мекемесі өз өкілеттіктері шегінде Шымкент қаласы аумағындағы табиғи ресурстарды мемлекеттік басқару және табиғат пайдалануды реттеу, сондай-ақ қоршаған ортаны қорғау мен табиғат пайдалану саласындағы басшылықты және мемлекет меншігіндегі су шаруашылығы жүйелері мен құрылыстарының қауіпсіздігін қамтамасыз етуді, ирригациялық жүйелер салу, тұйықталған ирригациялық жүйелерді жою, тұрмыстық қатты қалдықтарды жинау жұмыстарын ұйымдастыруды жүзеге асыратын, мемлекеттік мекеме ұйымдық-құқықтық нысанында құрылған, заңды тұлға мәртебесіне ие коммерциялық емес мекеме болып табылады.</w:t>
+      1. Шымкент қаласының қалалық жайлы ортаны дамыту басқармасы (бұдан әрі – Басқарма) мемлекеттік мекемесі өз өкілеттіктері шегінде Шымкент қаласы аумағындағы табиғи ресурстарды мемлекеттік басқару және табиғат пайдалануды реттеу, сондай-ақ қоршаған ортаны қорғау мен табиғат пайдалану саласындағы басшылықты және мемлекет меншігіндегі су шаруашылығы жүйелері мен құрылыстарының қауіпсіздігін қамтамасыз етуді, ирригациялық жүйелер салу, тұйықталған ирригациялық жүйелерді жою, тұрмыстық қатты қалдықтарды жинау жұмыстарын ұйымдастыруды жүзеге асыратын, мемлекеттік мекеме ұйымдық-құқықтық нысанында құрылған, заңды тұлға мәртебесіне ие коммерциялық емес мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -748,327 +726,327 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
+      4. Басқарма ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның рәміздері мен айырым белгілері (бар болса), Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Басқарма Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен рәсімделетін шешімдер қабылдайды.</w:t>
+      6. Басқарма Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Басқарма құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен рәсімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, Әл-Фараби ауданы, Түркістан көшесі 11А, индексі 160023.</w:t>
+      8. Басқарма құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, Әл-Фараби ауданы, Түркістан көшесі 11А, индексі 160023.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Басқарма құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Басқарма кәсіпкерлік субъектілерімен Басқарма өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
+      11. Басқарма қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттерден, Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-Тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Басқарма кәсіпкерлік субъектілерімен Басқарма өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. Егер Басқарма заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      13. Мақсаттары: қоршаған ортаны қорғау, су ресурстарын, орман, ерекше қорғалатын табиғи аумақтарда және жануарлар дүниесін қорғау, өсімін молайту және теңгерімді пайдалану саласында мемлекеттік саясатты жүзеге асыру.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-Тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      13. Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоршаған ортаны қорғау, су ресурстарын, орман, ерекше қорғалатын табиғи аумақтарда және жануарлар дүниесін қорғау, өсімін молайту және теңгерімді пайдалану саласында мемлекеттік саясатты жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1129,146 +1107,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың қарамағындағы ұйымдарды құру, қайта құру және тарату бойынша қала әкiмдiгiне ұсыныстар енгiзедi, жиналыстарды өткiзу тәртiбiн ұйымдастырады, қала әкiмдiгiнiң отырыстарына қатысады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>
       "Шымкент қаласының қалалық жайлы ортаны дамыту басқармасы" мемлекеттік мекемесі өзінің қарамағындағы бағынысты мемлекеттік мекемелер мен коммуналдық кәсіпорындарға қатысты мемлекеттік басқару органының және уәкілетті органның функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ведомстволық бағыныстағы мекемелерге ішкі бақылау жасау</w:t>
-[...17 lines deleted...]
-      жеке және заңды тұлғалардан табиғи ресурстарды пайдаланудың белгіленген ережелерін, нормалары мен шектеулерін сақтауды өз өкілеттігі шегінде талап ету.</w:t>
+      ведомстволық бағыныстағы мекемелерге ішкі бақылау жасау жеке және заңды тұлғалардан табиғи ресурстарды пайдаланудың белгіленген ережелерін, нормалары мен шектеулерін сақтауды өз өкілеттігі шегінде талап ету.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1296,87 +1198,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджеттік бағдарламалар аясында қалдықтарды жою және орналастыру жөніндегі объектілерді салуды қамтамасыз ету жұмыстарын үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік орман саясатын қалыптастыру және оны іске асыру жөніндегі ұсыныстарды тұжырымдауға қатысу;</w:t>
-[...35 lines deleted...]
-      су ресурстарын тиімді пайдалану, жасыл қорды сақтау және ұлғайту;</w:t>
+      мемлекеттік орман саясатын қалыптастыру және оны іске асыру жөніндегі ұсыныстарды тұжырымдауға қатысу; ормандарды күзетудi, қорғауды, молықтыру мен орман өсiрудi ұйымдастыру және қамтамасыз ету, "Шымкент қаласының қалалық жайлы ортаны дамыту басқармасы" мемлекеттік мекемесінің қарауындағы мемлекеттiк орман қоры мен ерекше қорғалатын табиғи аумақтар аумағында орман пайдалануды реттеу; су ресурстарын тиімді пайдалану, жасыл қорды сақтау және ұлғайту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1499,70 +1365,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарма Қазақстан Республикасының заңнамасына, Қазақстан Республикасы Президентiнiң және Үкiметiнiң актiлерiне, осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өкiлеттiктердi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік экологиялық саясаттың іске асырылуы үшін жауапты болады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1822,51 +1688,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) өз құзыреті шегінде коммуналдық қалдықтарды басқару саласындағы мемлекеттік саясатты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - коммуналдық қалдықтарды басқару жөніндегі бағдарламаларды әзірлеуді ұйымдастыру және олардың орындалуын қамтамасыз етеді;</w:t>
+      - коммуналдық қалдықтарды басқару жөніндегі бағдарламаларды әзірлеуді ұйымдастыру және олардың орындалуын қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - коммуналдық қалдықтардың түзілу және жинақталу нормаларын әзірлеу және қалалық маслихатқа бекітуге ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2325,1012 +2191,920 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) субұрқақтардың тиісті жағдайын және пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      39) табиғатты қорғау объектілері, саябақтар, скверлер, бульварлар және жалпы пайдаланудағы көгалдандырылған аумақтың құрылысын және қайта жаңғыртылуын үйлестіруді және мониторинг жүргізуді жүзеге асырады; </w:t>
+        <w:t>
+      39) табиғатты қорғау объектілері, саябақтар, скверлер, бульварлар және жалпы пайдаланудағы көгалдандырылған аумақтың құрылысын және қайта жаңғыртылуын үйлестіруді және мониторинг жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) жергiлiктi маңызы бар балық шаруашылығы су айдындарының және (немесе) учаскелерінің тiзбесiн бекiтудi жүзеге асыруға қала әкімдігіне ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) ғылыми ұсынымдар негізінде балық шаруашылығы су айдындарын және (немесе) учаскелерін паспорттауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнiндегi жаратылыстану-ғылыми және техникалық-экономикалық негiздемелерiн әзiрлеудi ұйымдастыру және оларға мемлекеттiк экологиялық сараптама жүргiзудi қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) жергiлiктi маңызы бар мемлекеттiк табиғи-қорық қоры объектiлерiнiң тiзбесiн, жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнiндегi жаратылыстану-ғылыми және техникалық-экономикалық негiздемелердi бекiтуге қала әкімдігіне ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) уәкiлеттi органмен келiсе отырып, жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнiнде шешiмдер жобасын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) мемлекеттiк экологиялық сараптаманың оң қорытындысы болған жағдайда, жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтарды функционалдық аймақтарға бөлудi түзету жобаларын бекітуге қала әкімдігіне ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) өздерiнiң қарауындағы ерекше қорғалатын табиғи аумақтарды басқару жоспарларын әзiрлеу және бекiту, оларды күзетудi, қорғауды және қалпына келтiрудi, сондай-ақ ғылыми зерттеулер жүргiзудi қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) заңды тұлға мәртебесi бар жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтар көрсететiн қызметтер үшiн тарифтер мөлшерiн бекiтуге қала әкімдігіне ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) ерекше қорғалатын табиғи аумақтардың мемлекеттiк кадастрын жүргiзуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) уәкiлеттi органмен келiсе отырып, өздерiнiң қарауындағы ерекше қорғалатын табиғи аумақтардың паспорттарын әзірлеу және бекіту, паспорттарды уәкiлеттi органға тiркеуге (қайта тіркеуге) береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) ерекше қорғалатын табиғи аумақтардың барлық түрiн құру үшiн жердi резервте қалдыру жөнiнде шешiмдер жобасын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) қарауындағы ерекше қорғалатын табиғи аумақтар мен мемлекеттiк табиғи-қорық қоры объектiлерiнiң жай-күйiне, күзетiлуiне, қорғалуына және пайдаланылуына мемлекеттiк бақылауды және қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) жергілікті маңызы бар ерекше қорғалатын табиғи аумақтарды пайдаланғаны үшін төлем ставкаларын қала маслихатының бекітуіне ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) жергілікті маңызы бар мемлекеттік табиғи қаумалдарды тарату және олардың аумақтарын кішірейту жөнінде келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) коммуналдық меншіктегі су шаруашылығы құрылыстарын басқарады, оларды қорғау жөніндегі шараларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) мемлекеттік меншіктегі су шаруашылығы құрылыстарының есебін жүргізеді, иесіз су шаруашылығы құрылыстары табылған жағдайда Қазақстан Республикасының азаматтық заңнамасында көзделген рәсімдерді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) гидротехникалы құрылыстарда су қорын пайдалану мен қорғау, сумен жабдықтау және су бұру саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) бассейндік су шаруашылығы басқармаларымен, халықтың санитарлық-эпидемиологиялық салауаттылығы саласындағы уәкілетті органмен келісім бойынша су қорғау аймақтарын, белдеулерін және санитарлық қорғау аймақтарын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) су ресурстарын пайдалануды реттеу және қорғау жөніндегі бассейндік инспекциялармен келісу бойынша су қорғау аймақтары мен белдеулерін шаруашылық пайдаланудың режимі мен ерекше жағдайларын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) конкурстық негізде Қазақстан Республикасының Үкіметі белгілеген тәртіппен су объектілерін оқшау немесе бірлесіп пайдалануға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) бассейндік кеңестердің жұмысына және бассейндік келісімге қатысады, су объектілерін ұтымды пайдалану және қорғау, жөніндегі ұсыныстарды бассейндік кеңестердің қарауына енгізеді, бассейндік кеңестердің ұсынымдарын зерделейді, оларды іске асыру жөніндегі шаралар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) су объектілерін ұтымды пайдалану және қорғау, оның ішінде жерді гидромелиорациялау, су шаруашылығы жүйелері мен құрылыстарының қауіпсіздігін қамтамасыз ету жөніндегі іс-шаралардың іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) Шымкент қаласында су шаруашылығы жүйелері мен құрылыстарының қауіпсіздігін қамтамасыз ету мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) су шаруашылығы құрылыстарындағы авариялардың зардаптарын жою жөніндегі іс-шараларды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) Шымкент қаласында орналасқан су объектілерінің, сумен жабдықтау және су бұру жүйелерінің жай-күйі туралы халықты хабардар етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) жер үсті көздеріндегі су ресурстарын пайдаланғаны үшін төлемақы ставкаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) қаланың гидрологиялық жүйесіне түгендеме жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) екі және одан да көп облыс аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттеу үшін аулау, сондай-ақ сирек кездесетін және құрып бара жатқан жануарлар түрін қоспағанда, жануарлар әлемін пайдалануға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) орман ресурстары сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар; аңшылық шаруашылығының мұқтаждықтары; жанама орман пайдалану үшін ұзақ мерзімді орман пайдалануға берілген, өз қарауындағы мемлекеттік орман қоры жерлерінде орман пайдаланушыларға құрылыс объектілерін салуға учаскелер береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) болашақ құрылыс учаскесі астындағы жер қойнауында пайдалы қазбаларды жоқ немесе оның аз мөлшерде екендігі туралы қорытынды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) пайдалы қазбалар жатқан аумақтарда құрылыс салуға жер қойнауын зерттеу жөніндегі уәкілетті органның аумақтық бөлімшелерімен келісу бойынша пайдалы қазбаларды алу мүмкіндігі қамтамасыз етілген немесе құрылыс салудың экономикалық жағынан орындылығы дәлелденген жағдайда рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) кең таралған пайдалы қазбаларды барлауға, өндіруге арналған келісімшарттарды (қосымша келісімдерді) тіркейді және сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) кең таралған пайдалы қазбалар бойынша келісімшарттық міндеттемелердің орындалуына мониторинг пен бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Қазақстан Республикасының заңнамасына сәйкес су қатынастарын реттеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) кең таралған пайдалы қазбалардың жер қойнауларына заңсыз қазба жүргізу бойынша мониторинг пен бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) тұрмыстық қатты қалдықтардың түзілуін барынша азайту және оларды жинау үшін белгіленген жерлерде орналастыруды не ерекше қорғалатын табиғи аумақтардан өз бетінше әкетуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) Шымкент қаласының аумағында халықтың экологиялық қауіпсіздігін және табиғи экологиялық жүйелердің элементтерін қалпына келтіруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) "жасыл экономика" саласында жаңа технологияларды ынталандыру шараларын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Мемлекеттік ұлттық табиғи парктердің инфрақұрылымын дамытудың бас жоспарларын әзірлеуге қатысады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      41) алып тасталды - Шымкент қаласы әкімдігінің 26.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3595</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі);</w:t>
+        <w:t>      81) тармақша 17.01.2026 бастап қолданысқа енгізіледі – Шымкент қаласы әкімдігінің 03.11.2025 № 5975 қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...717 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-Тарау. Мемлекеттік органның, алқалы органдардың (бар болса) бірінші басшысының мәртебесі, өкілеттіктері</w:t>
-      </w:r>
-[...18 lines deleted...]
-      16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
+      17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарма қызметін ұйымдастырады және басқарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3577,244 +3351,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) сыбайлас жемқорлыққа қарсы іс-қимыл заңнамасының орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде, оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      21. Басқармада аппарат құрылмаған (басқарма қызметін қамтамасыз етеді).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Басқармада алқалы органдар жоқ.</w:t>
+      21. Басқармада аппарат құрылмаған (басқарма қызметін қамтамасыз етеді).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 4-Тарау. Мемлекеттік органның мүлкі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқармада алқалы органдар жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-Тарау. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарма заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      25. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 5-Тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-Тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы мемлекеттік мекемелердің тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>