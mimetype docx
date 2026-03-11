--- v0 (2025-11-11)
+++ v1 (2026-03-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35114f0" w14:textId="35114f0">
+    <w:p w14:paraId="8c052b7" w14:textId="8c052b7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,140 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің Ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақтөбе облысы Байғанин аудандық мәслихатының 2022 жылғы 26 желтоқсандағы № 187 шешімі. Жойылды - Ақтөбе облысы Байғанин аудандық мәслихатының 2026 жылғы 20 қаңтардағы № 362 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Жойылды - Ақтөбе облысы Байғанин аудандық мәслихатының 20.01.2026 № 362 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -201,182 +273,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2013 жылғы 3 желтоқсандағы № 704 "Мәслихаттың үлгі регламентін бекіту туралы" Жарлығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>79-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Байғанин аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Байғанин аудандық мәслихатының 2022 жылғы 15 маусымдағы № 146 "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің Ережесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жойылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2023 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -485,68 +526,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Копжасаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -612,460 +635,444 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 жылғы 26 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 187 шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесі Байғанин аудандық мәслихатының, оның органдары мен депутаттарының қызметін қамтамасыз ететін Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесі (бұдан әрі - мәслихат аппараты) өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мәслихат аппараты ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның рәміздері мен айырым белгілері (бар болса), Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, "Қазақстан Республикасы Қаржы министрлігінің Қазынашылық Комитеті Ақтөбе облысы бойынша қазынашылық департаментінің Байғанин аудандық қазынашылық басқармасы" республикалық мемлекеттік мекемесінде шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мәслихат аппараты азаматтық-құқықтық қатынастарға өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мәслихат аппараты Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мәслихат аппараты өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Байғанин аудандық мәслихаты төрағасының өкімдерімен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мәслихат аппаратының құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 030300 индексі, Қазақстан Республикасы, Ақтөбе облысы, Байғанин ауданы, Қарауылкелді ауылы, Дінмұханбет Қонаев көшесі, 35А ғимараты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органның толық атауы: мемлекеттік тілде - "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесі, орыс тілінде - государственное учреждение "Аппарат Байганинского районного маслихата".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Осы Ереже мәслихат аппаратының құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мәслихат аппаратының қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мәслихат аппаратына кәсіпкерлік субъектілерімен мәслихат аппаратының өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Егер мәслихат аппаратына заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мәслихат аппаратының мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мақсаттары: Байғанин аудандық мәслихаты мен депутаттарының тиімді қызметін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1148,70 +1155,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық мәслихат пен оның органдарын ұйымдастырушылық, құқықтық, материалдық-техникалық және өзге де қамтамасыз етудi жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       депутаттарға өздерiнiң өкiлеттiгiн жүзеге асыруға көмек көрсету болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық мәслихаттың сессияларын және тұрақты комиссияларының отырыстарын өткізуге дайындық және ұйымдастырушылық-техникалық жұмыстарды қамтамасыз етуді аудандық мәслихаттың Регламентіне сәйкес жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1348,128 +1355,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық мәслихаттың шешімдері мен басқа да құжаттарының тиісті органдарға жолдануын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық мәслихаттың сессиялары мен оның басқа да органдарының отырыстарының хаттамаларын жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мәслихат төрағасының, аппарат басшысының мәртебесі, өкілеттіліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Мәслихаттың төрағасы тұрақты негiзде жұмыс iстейтiн лауазымды адам болып табылады. Оны мәслихат сессиясында депутаттардың арасынан ашық немесе жасырын дауыс беру арқылы депутаттар жалпы санының көпшiлiк даусымен мәслихат сайлайды және қызметтен босатады. Мәслихаттың төрағасы мәслихат өкiлеттiгi мерзiмiне сайланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аудандық мәслихат төрағасының орынбасарлары болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аудандық мәслихат төрағасының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік мекеме атынан сенімхатсыз әрекет етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1824,90 +1831,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәслихат шешiмдерiнiң жариялануын қамтамасыз етедi, олардың орындалуына бақылау жасау жөнiндегi iс-шараларды белгiлейдi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәслихаттың төрағасы болмаған кезде оның өкілеттігін мәслихаттың тұрақты комиссияларының бірінің төрағасы немесе мәслихат депутаты уақытша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мәслихат аппаратын заңнамада белгіленген тәртіппен аудандық мәслихаттың төрағасымен қызметке тағайындалатын және қызметтен босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат басшысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аппараттың қызметінде жергілікті мемлекеттік басқару және өзін-өзібасқару туралы заңнаманың сақталуын, сессиялардың жалпы отырыстарын дайындауды және өткізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2008,258 +2015,280 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметтік ісқұжаттарға, аппарат қызметкерлерінің еңбек кітапшаларына қол қояды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәслихат аппаратының әкімшілік-шаруашылық қызметіне бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мәслихат аппаратының басшысы Қазақстан Республикасының заңнамасына сәйкес өзіне жүктелген міндеттердің орындалуына жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мәслихат аппаратының мүлкi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мәслихат аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәслихат аппаратының мүлкi оған меншік иесі берген мүлiк, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мәслихат аппаратына бекiтiлген мүлiк коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Егер заңнамада өзгеше көзделмесе, мәслихаттың аппараты, өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мәслихат аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Мәслихат аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2581,35 +2610,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>