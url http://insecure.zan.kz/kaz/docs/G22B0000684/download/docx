--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a8ca29" w14:textId="8a8ca29">
+    <w:p w14:paraId="8192810" w14:textId="8192810">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қорғаныс министрлігінің мүддесінде мемлекеттік қорғаныстық тапсырысты қалыптастырған және мемлекеттік сатып алуды жүзеге асырған кезде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің өзара іс-қимылы қағидаларын бекіту туралы</w:t>
+        <w:t>Мемлекеттік қорғаныстық тапсырысты қалыптастырған кезде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің өзара іс-қимыл жасау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қорғаныс министрінің 2022 жылғы 18 тамыздағы № 684 бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Қорғаныс министрінің м.а. 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2022 жылғы 6 маусымдағы № 357 қаулысымен бекітілген Қазақстан Республикасының Қорғаныс министрлігі туралы ереже 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>166) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -717,3890 +755,1178 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Қорғаныс министрлігінің мүддесінде мемлекеттік қорғаныстық тапсырысты қалыптастырған және мемлекеттік сатып алуды жүзеге асырған кезде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің өзара іс-қимылықағидалары</w:t>
+        <w:t xml:space="preserve"> Мемлекеттік қорғаныстық тапсырысты қалыптастырған  кезде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің  өзара іс-қимыл жасау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалары жаңа редакцияда – ҚР Қорғаныс министрінің м.а. 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Қағидалар Қазақстан Республикасы Қорғаныс министрлігінің мүддесінде мемлекеттік қорғаныстық тапсырысты қалыптастыру және мемлекеттік сатып алуды жүзеге асыру кезінде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің өзара іс-қимыл жасауын айқындайды.</w:t>
+      1. Осы Қағидалар мемлекеттік қорғаныстық тапсырысты қалыптастырған кезде Қазақстан Республикасының Қорғаныс министрлігі, Бас штабы және Қарулы Күштері құрылымдық бөлімшелерінің өзара іс-қимылын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы қаржы жылы – жоспарлы жыл алдындағы жыл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жабдықталым органдары – Қазақстан Республикасы Қорғаныс министрлігінің, Қарулы Күштері Бас штабының құрылымдық бөлімшелері, республикалық мемлекеттік мекемелер, сондай-ақ мүддесінде әскери мақсаттағы тауармен (өніммен), қосарланған мақсаттағы (қолданыстағы) тауармен (өніммен), әскери мақсаттағы жұмыспен және әскери мақсатта көрсетілетін қызметпен (бұдан әрі – қорғаныстық тапсырыс өнімі) қамтамасыз ету жүргізілетін және мемлекеттік сатып алу жүзеге асырылатын, қажеттілікті уақтылы айқындауға, мемлекеттік сатып алу шеңберінде ақша қаражатын жоспарлауға(оның ішінде сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің кемінде үш баға ұсынысын беруге), қорғаныстық тапсырыс өніміне және мемлекеттік сатып алу бойынша тауарға, жұмысқа, көрсетілетін қызметке тактикалық-техникалық тапсырманы (техникалық ерекшелікті, тактикалық-техникалық сипаттаманы) (бұдан әрі – техникалық тапсырма) әзірлеуге, сондай-ақ оларды қабылдауды бақылауға жауапты тапсырыс берушінің бас басқармалары;</w:t>
+      2) алушы – қорғаныстық тапсырыс өнімін тікелей қабылдауды жүзеге асыратын Қазақстан Республикасы Қорғаныс министрлігінің, Бас штабының, Қарулы Күштерінің құрылымдық бөлімшесі, сондай-ақ республикалық мемлекеттік мекеме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қабылдаушы – шарттар бойынша тауарды, жұмысты, көрсетілетін қызметті қабылдауды тікелей жүзеге асыратын Қазақстан Республикасы Қорғаныс министрлігінің, Бас штабының, Қарулы Күштерінің құрылымдық бөлімшесі, сондай-ақ республикалық мемлекеттік мекеме;</w:t>
+      3) жабдықталым органдары – мүддесінде әскери мақсаттағы тауармен (өніммен), қосарланған мақсаттағы (қолданыстағы) тауармен (өніммен), әскери мақсаттағы жұмыспен және әскери мақсатта көрсетілетін қызметпен (бұдан әрі – қорғаныстық тапсырыс өнімі) қамтамасыз ету жүргізілетін, тактикалық-техникалық тапсырманы (техникалық ерекшелікті, тактикалық-техникалық сипаттаманы) (бұдан әрі – техникалық тапсырма) әзірлеуді, сондай-ақ оларды қабылдауды бақылауды жүзеге асыратын Қазақстан Республикасы Қорғаныс министрлігінің, Қарулы Күштері Бас штабының құрылымдық бөлімшелері, республикалық мемлекеттік мекемелер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс саласында басшылық жасауды және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      4) мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – мемлекеттік қорғаныстық тапсырыс саласында басшылық жасауды және салааралық үйлестіруді жүзеге асыратын Қазақстан Республикасы Қорғаныс министрілігінің құрылымдық бөлімшесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) тапсырыс беруші – Қазақстан Республикасының Қорғаныс министрлігі мемлекеттік сатып алу шеңберінде Қазақстан Республикасы Қарулы Күштерінің мұқтажы үшін тауарды, жұмысты, көрсетілетін қызметті сатып алуды жүзеге асыруға, шарт жасауға және олар бойынша төлем жүргізуге уәкілеттік берген республикалық мемлекеттік мекеме;</w:t>
+      5) уәкілетті құрылымдық бөлімше – уәкілетті органмен мемлекеттік қорғаныстық тапсырыс мәселелері бойынша өзара іс-қимылды үйлестіруге жауапты Қазақстан Республикасы Қорғаныс министрлігінің құрылымдық бөлімшесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте тапсырыс берушілерге және жабдықталым органдарына бір тұлға ретінде болуға жол беріледі;</w:t>
+      3. Жабдықталым органдарына және алушыларға бір тұлға ретінде әрекет етуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...173 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қорғаныстық тапсырысты қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-параграф. Тактикалық-техникалық тапсырмаларды (техникалық ерекшелікті, тактикалық-техникалық сипаттаманы) қалыптастыру</w:t>
+        <w:t xml:space="preserve"> 1-параграф. Техникалық тапсырманы қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қорғаныстық тапсырыс өніміне техникалық тапсырманы қалыптастыруды жабдықталым органдары "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" Қазақстан Республикасының Заңының 20-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талабын, сондай-ақ Қазақстан Республикасы Үкіметінің 2019 жылғы 14 қазандағы № 759 қаулысымен бекітілген Мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелерін ескеріп жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Техникалық тапсырмаларды қалыптастыруды жабдықталым органдары жүзеге асырады.</w:t>
+      Жабдықталым органының бірінші басшысы немесе оның міндетін атқаратын адам техникалық тапсырманы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Жабдықталым органдары алдағы қаржы жылының 1 маусымынан кешіктірмей уәкілетті құрылымдық бөлімшеге сатып алу жоспарланып отырған қорғаныстық тапсырыс өнімінің саны (көлемі) мен жеткізу орындары туралы мәліметтерді қоса бере отырып, тиісті жоспарлы кезеңге арналған қажетті қорғаныстық тапсырыс өніміне бекітілген техникалық тапсырмаларды қағазда немесе электрондық түрде жолдайды.</w:t>
+      5. Жабдықталым органдары алдындағы қаржы жылының 15 қыркүйегінен кешіктірмей уәкілетті құрылымдық бөлімшеге сатып алу жоспарланған қорғаныстық тапсырыс өнімінің саны (көлемі) мен жеткізу орны туралы мәліметтерді қоса беріп, тиісті жоспарлы кезеңге арналған қажетті қорғаныстық тапсырыс өніміне техникалық тапсырманы қағазда және электрондық түрде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сатып алу жоспарланып отырған қорғаныстық тапсырыс өнімі бойынша жиынтық мәліметтерді жабдықталым органдары уәкілетті құрылымдық бөлімшеге осы Қағидаларға </w:t>
+      Сатып алу жоспарланған қорғаныстық тапсырыс өнімі бойынша жиынтық мәліметтерді жабдықталым органдары уәкілетті құрылымдық бөлімшеге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жоспарлы кезеңге арналған қажетті мемлекеттік қорғаныстық тапсырыс өніміне техникалық тапсырмалардың бірыңғай тізбесімен жолдайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жоспарлы кезеңге арналған техникалық тапсырмалардың бірыңғай тізбесімен жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл реттеалдыңғы қаржы жылы тиісті жоспарлы кезеңге дейін екі жыл ішіндегі кезең болып табылады.</w:t>
+      Бұл ретте тиісті жоспарлы кезеңге дейін екі жылғы кезең алдындағы қаржы жылы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Техникалық тапсырмаларда мазмұндалған қорғаныстық тапсырыс өнімінің атауы жолданатын тізбедегі және одан кейінгі қорғаныстық тапсырыс өніміне өтінімдегі қорғаныстық тапсырыс өнімінің атауына сәйкес мазмұндалады.</w:t>
+      6. Техникалық тапсырмада мазмұндалған қорғаныстық тапсырыс өнімінің атауы жіберілетін тізбедегі және кейіннен қорғаныстық тапсырыс өніміне өтінімдегі қорғаныстық тапсырыс өнімінің атауына сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Баға ұсыныстарын алу мақсатында уәкілетті құрылымдық бөлімше алдыңғы қаржы жылының 1 шілдесінен кешіктірмей бекітілген техникалық тапсырмаларды жинақтауды жүзеге асырады және сатып алу жоспарланып отырған қорғаныстық тапсырыс өнімінің саны (көлемі) мен жеткізу орындары туралы жиынтық мәліметтерді (тізбені) қоса бере отырып, оларды уәкілетті органға жолдайды.</w:t>
+      7. Баға ұсыныстарын алу мақсатында уәкілетті құрылымдық бөлімше алдындағы қаржы жылының 1 қарашасынан кешіктірмей техникалық тапсырмаларды жинақтауды жүзеге асырады және сатып алу жоспарланған қорғаныстық тапсырыс өнімінің саны (көлемі) мен жеткізу орны туралы жиынтық мәліметтерді (тізбені) қоса беріп, оларды уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Қорғаныстық тапсырыс өнімінің болжамды тізімін қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Уәкілетті құрылымдық бөлімше алдыңғы қаржы жылының 15 қарашасына дейінгі мерзімде шығыс лимитін қалыптастырады, одан кейін оларды мемлекеттік қорғаныстық тапсырыс мәселелеріне жетекшілік ететін Қорғаныс министрінің орынбасарымен келіседі.</w:t>
+      8. Уәкілетті құрылымдық бөлімше алдындағы қаржы жылының 15 қарашасына дейінгі мерзімде шығыс лимитін қалыптастырады, одан кейін оларды Қорғаныс министрінің мемлекеттік қорғаныстық тапсырыс мәселесіне жетекшілік ететін орынбасарымен келіседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қорғаныстық тапсырыспен бекітілген жалпы лимит шегіндегі шығыс лимиті тиісті жоспарлы кезеңге әрбір жабдықталым органына жеткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Жабдықталым органдары ағымдағы қаржы жылының 10 қаңтарына дейінгі мерзімде уәкілетті органнан алынған бағаларға сәйкес уәкілетті құрылымдық бөлімшеге осы Қағидаларға </w:t>
+      9. Жабдықталым органдары ағымдағы қаржы жылының 10 қаңтарына дейінгі мерзімде уәкілетті орган ұсынған бағаға сәйкес уәкілетті құрылымдық бөлімшеге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жоспарлы кезеңге мемлекеттік қорғаныстық тапсырыс шеңберінде сатып алу жоспарланып отырған іс-шаралардың бекітілген болжамды тізімдерін және осы Қағидаларға </w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жоспарлы кезеңге мемлекеттік қорғаныстық тапсырыс шеңберінде сатып алу жоспарланған іс-шаралардың бекітілген болжамды тізімін және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қару-жарақпен және әскери техникамен, құралдармен және мүлікпен жабдықтаудың заттай нормаларының қаржылық қамтамасыз етілуі туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бекітілген шығыс лимитінің шегіне кірмеген қорғаныстық тапсырыс өнімін жабдықталым органы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бекітілген шығыс лимитінің шегіне кірмеген тиісті жоспарлы кезеңге арналған мемлекеттік қорғаныстық тапсырыс өніміне қосымша қажеттілік ретінде көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жоспарлы кезеңнің алдындағы жыл ағымдағы қаржы жылы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Жабдықталым органдары қорғаныстық тапсырыс өнімінің бекітілген болжамды тізімдерінде қамтамасыз ету түрлері бойынша жабдықтау нормаларына сәйкес келетін, Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын қаруландыруға немесе жарақтандыруға қабылданған, жиынтықтаушы және қосалқы бөлшектерді қоспағанда, қызмет бағыттары бойынша дамыту жол карталарынасәйкес келетін не сатып алу жоспарланып отырған өнімді тәжірибелік үлгі ретінде көрсетеді.</w:t>
+      10. Жабдықталым органдары қорғаныстық тапсырыс өнімінің бекітілген болжамды тізімінде қамтамасыз ету түрлері бойынша жабдықтау нормаларына сәйкес келетін, Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын қаруландыруға немесе жарақтандыруға қабылданған, жиынтықтаушы және қосалқы бөлшектерді қоспағанда, қызмет бағыттары бойынша дамыту жол карталарына сәйкес келетін не сатып алу жоспарланған өнімді тәжірибелік үлгі ретінде көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Уәкілетті құрылымдық бөлімше ұсынылған болжамды тізімдерге сәйкес ағымдағы қаржы жылының 15 ақпанына дейінгі мерзімде бұрын тиісті жоспарлы кезеңге арналған қорғаныстық тапсырыспен бекітілген сома шегінде Қазақстан Республикасы Қорғаныс министрлігінің мүддесінде қорғаныстық тапсырыс өнімінің болжамды жиынтық тізімін (бұдан әрі – Болжамды жиынтық тізім) қалыптастырады және уәкілетті органға жолдайды.</w:t>
+      11. Уәкілетті құрылымдық бөлімше ұсынылған болжамды тізімге сәйкес ағымдағы қаржы жылының 15 ақпанына дейінгі мерзімде бұрын тиісті жоспарлы кезеңге арналған қорғаныстық тапсырыспен бекітілген сома шегінде қорғаныстық тапсырыс өнімінің болжамды жиынтық тізімін қалыптастырады және уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қосымша қажеттілік болған кезде уәкілетті құрылымдық бөлімше уәкілетті органға қосымша өтінім жолдайды.</w:t>
+      Бөлінген лимит шегінде қосымша қажеттілік болған кезде уәкілетті құрылымдық бөлімше уәкілетті органға қосымша өтінім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Қорғаныстық тапсырыс өніміне өтінімді қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Қорғаныстық тапсырыс өніміне өтінімдерді қалыптастыруды жабдықталым органдарықызмет бағыттары бойынша жүзеге асырады.</w:t>
+      12. Қорғаныстық тапсырыс өніміне өтінімдерді қалыптастыруды жабдықталым органы қызмет бағыттары бойынша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Жабдықталым органдары тиісті жоспарлы кезеңге арналған республикалық бюджет туралы заңға қол қойылғаннан кейін ағымдағы қаржы жылының 5 желтоқсанына дейін уәкілетті құрылымдық бөлімшеге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қорғаныстық тапсырыс өніміне бекітілген өтінімдерді ұсынады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қорғаныстық тапсырыс өніміне бекітілген өтінімдерді ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Уәкілетті құрылымдық бөлімше іс жүргізуге өтінімдер келіп түскен сәттен бастап жоспарланған кезеңге арналған Қазақстан Республикасы Қорғаныс министрлігінің қорғаныстық тапсырыс өніміне жиынтық өтінімді (бұдан әрі – жиынтық өтінім)қалыптастырады.</w:t>
+      Бұл ретте жабдықталым органдары өтінімдерде қамтамасыз ету түрлері бойынша жабдықтау нормаларына сәйкес келетін, Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын қаруландыруға немесе жарақтандыруға қабылданған, жиынтықтаушы және қосалқы бөлшектерді қоспағанда, қызмет бағыттары бойынша дамыту жол карталарына сәйкес келетін не сатып алу жоспарланған қорғаныстық тапсырыс өнімін тәжірибелік үлгі ретінде ескереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Уәкілетті құрылымдық бөлімше жиынтық өтінімді бекіту үшін Қазақстан Республикасының Қорғаныс министріне немесе жиынтық өтінімге қол қоюға өкілеттік берілген Қорғаныс министрінің орынбасарына ұсынады және тиісті жоспарлы кезеңге арналған Республикалық бюджет туралы заңға қол қойылғаннан кейін ағымдағы қаржы жылының 15 желтоқсанына дейінгі мерзімде оны уәкілетті органға жолдайды.</w:t>
+      14. Уәкілетті құрылымдық бөлімше іс жүргізуге өтінімдер түскен сәттен бастап жоспарланған кезеңге Қазақстан Республикасы Қорғаныс министрлігінің қорғаныстық тапсырыс өніміне жиынтық өтінімді (бұдан әрі – жиынтық өтінім) қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Уәкілетті құрылымдық бөлімше жиынтық өтінімді бекіту үшін Қазақстан Республикасының Қорғаныс министріне ұсынады және тиісті жоспарлы кезеңге арналған республикалық бюджет туралы заңға қол қойылғаннан кейін ағымдағы қаржы жылының 15 желтоқсанына дейінгі мерзімде оны уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тиісті кезеңге арналған республикалық бюджет туралы Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізу туралы Қазақстан Республикасының заңнамалық актісіне қол қойылғаннан кейін он жұмыс күні ішінде уәкілетті құрылымдық бөлімше уәкілетті органға нақтыланған жиынтық өтінімді ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z174" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-1. Үлескер орган үлгілерін заттай мүлік үлгілерін бекіту жөніндегі комиссия бекіткен ұйымдар бекітілген күннен бастап бес жұмыс күні ішінде ұйымдастырушыға үлгілерді бекіту хаттамасын жолдайды.</w:t>
+      17. Жабдықталым органы үлгілерін заттай мүлік үлгілерін бекіту жөніндегі комиссия бекіткен ұйымдар бекітілген күннен бастап бес жұмыс күні ішінде уәкілетті органға үлгілерді бекіту актісін жібередіы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...44 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> 4-параграф. Тізілімді қалыптастыру бойынша комиссия, орындаушыларды таңдау бойынша конкурстық комиссия (комиссиялар)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-2. ұйымдастырушы заттай мүлік үлгілерін бекіту хаттамасын алған күннен бастап үш жұмыс күні ішінде үлгілерді бекітілген тізілімге енгізілген ұйымдарға күнін, уақытын және орнын көрсете отырып, мемлекеттік қорғаныс тапсырысын орындаушыларды таңдаудың алдағы рәсімі туралы хабарлама жолдайды.</w:t>
+      18. Уәкілетті органның сұрау салуы бойынша жабдықталым органдары және/немесе алушылар тізілімді қалыптастыру бойынша комиссияға қосу үшін өкілді айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Жабдықталым органы үш жұмыс күні ішінде шарттар келіп түскен күннен бастап олардың көшірмелерін қабылдаушыларға жолдайды және шарттардың талаптарына сәйкес қорғаныстық тапсырыс өнімін қабылдау бөлігінде соңғылардың міндеттемелерді орындауын қамтамасыз етеді. Шарттың келіп түскен данасы жабдықталым органында сақталады.</w:t>
+      19. Уәкілетті органның сұрау салуы бойынша жабдықталым органдары және/немесе алушылар орындаушыларды таңдау бойынша комиссияға (комиссияларға) қосу үшін қызмет бағыты бойынша арнайы білімі бар өкілді (маманды) айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Қорғаныстық тапсырыс өнімі атауының, сапасының, санының және/немесе жиынтықтығының шарт талаптарына сәйкес келмеу фактісі анықталған кезде қабылдаушы бұл туралы шарт тараптарын хабардар етеді.</w:t>
+      20. Жабдықталым органының бірінші басшысы немесе оның міндетін атқаратын адам өкілдің (маманның) комиссия отырысына уақтылы келуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қорғаныстық тапсырысты орындау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жабдықталым органы осы фактілер бойынша уәкілетті құрылымдық бөлімшені хабардар етеді.</w:t>
+      21. Мемлекеттік қорғаныстық тапсырыс шарты (бұдан әрі – шарт) әскери өкілдікпен келісіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Алдағы қаржы жылына мемлекеттік сатып алудың жылдық жоспарын (мемлекеттік сатып алудың болжамды жылдық жоспарын) әзірлеу және бекіту үшін жабдықталым органдары:</w:t>
+      Әскери өкілдіктің шарт жобасын келісуі күнтізбелік үш күн ішінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Келісуші органдардың мемлекеттік сатып алудың жылдық жоспарына (мемлекеттік сатып алудың алдын ала жылдық жоспарына) ұсыныстары ерекше тәртіпті қолдана отырып, мемлекеттік сатып алуды жүзеге асыру қағидаларымен және мемлекеттік сатып алуды жүзеге асыру қағидаларымен бекітілген мемлекеттік сатып алудың жылдық жоспары үшін белгіленген нысанда ресімделеді, оған келісуші органның бірінші басшысы не оның міндетін атқарушы тұлға қол қояды.</w:t>
+      22. Уәкілетті орган қол қойылған шарттың бір данасын алушыға, шарттың көшірмесін жабдықталым органына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Тапсырыс беруші жабдықталым органдары ұсынған мемлекеттік сатып алудың жылдық жоспарына (мемлекеттік сатып алудың болжамды жылдық жоспарына) ұсыныстарды қарау қорытындысы бойынша оларды қабылдайды не қабылдаудан бас тартады.</w:t>
+      23. Шарттың талаптарын сақтамау фактілері бойынша алушы шарттың тараптарын және уәкілетті құрылымдық бөлімшені дереу хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қабылдаудан бас тартылған мемлекеттік сатып алудың жылдық жоспарына (мемлекеттік сатып алудың болжамды жылдық жоспарына) ұсыныстар тапсырыс берушінің іс жүргізуіне келіп түскен күннен бастап үш жұмыс күні ішінде дәлелді бас тартуды қоса бере отырып қайтарылады.</w:t>
+      24. Уәкілетті орган жасалған шарт талаптарының орындалуын бақылауды жүзеге асыру үшін қызмет бағыты бойынша жабдықталым органының және/немесе алушының лауазымды адамдарын өз өкілдері ретінде тартуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Жабдықталым органы ескертулерді алғаннан кейін екі жұмыс күні ішінде оларды жояды және тапсырыс берушінің мекенжайына мемлекеттік сатып алудың жылдық жоспарына (мемлекеттік сатып алудың болжамды жылдық жоспарына) ұсыныстарды қайта жолдайды.</w:t>
+      25. Алушы уәкілетті органды жасалған шарт талаптарының орындалуын бақылауды жүзеге асыру үшін өз өкілдерін жіберу туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Бекітілген мемлекеттік сатып алудың жылдық жоспарына (мемлекеттік сатып алудың болжамды жылдық жоспарына) өзгерістер мен (немесе) толықтырулар енгізу үшін жабдықталым органы ай сайын келесі айдың 10-ы күніне дейінгі мерзімде тапсырыс берушінің мекенжайына тиісті жоспарға өзгерістер мен (немесе) толықтырулар енгізу туралы ұсынысты жолдайды.</w:t>
+      26. Өкіл бақылау аяқталғаннан кейін күнтізбелік бес күн ішінде уәкілетті органға қорытындылар туралы жазбаша есепті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Мемлекеттік сатып алудың жылдық жоспарында көзделмеген тауарды, жұмысты, көрсетілетін қызметті сатып алу кезінде жабдықталым органы сатып алу тәсілін және тауарлар, жұмыс, көрсетілетін қызмет бірыңғай номенклатуралық анықтамалығының кодын негіздеумен мемлекеттік сатып алудың жылдық жоспарына өзгерістер мен (немесе) толықтырулар енгізу туралы тиісті ұсынысты және әрбір тармақ бойынша сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің кемінде үш баға ұсынысын, сондай-ақ осы Қағидалардың 28 және 29-тармақтарына сәйкес әзірленген техникалық ерекшеліктерді әзірлейді және тапсырыс берушіге жолдайды.</w:t>
+      27. Жабдықталым органы және/немесе алушы уәкілетті органның сұрау салуы бойынша шарт бойынша туындаған келіспеушіліктерді немесе дауларды шешу үшін тікелей келіссөздер процесіне, сондай-ақ соттарға өз өкілдерінің қатысуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...2169 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4634,1382 +1960,1400 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Мемлекеттік қорғаныстық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қорғаныс министрлігінің</w:t>
+              <w:t>тапсырысты қалыптастырған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүддесінде мемлекеттік</w:t>
+              <w:t>кезде Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қорғаныстық тапсырысты</w:t>
+              <w:t>Республикасының Қорғаныс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалыптастырған және</w:t>
+              <w:t>министрлігі, Бас штабы және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік сатып алуды жүзеге</w:t>
+              <w:t>Қарулы Күштері құрылымдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асырған кезде Қазақстан</w:t>
+              <w:t>бөлімшелерінің өзара іс-қимыл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикасының Қорғаныс</w:t>
+              <w:t>жасау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрлігі, Бас штабы және</w:t>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан ________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарулы Күштері құрылымдық</w:t>
-[...38 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>(шектеу дәрежесі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="112"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="113"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20 ___ – 20 ___ жылдарға арналған мемлекеттік қорғаныстық тапсырыстың қажетті өніміне арналған техникалық тапсырмалар тізбесі __________________________________ (құрылымдық бөлімшенің, мекеменің атауы)</w:t>
+        <w:t xml:space="preserve"> 20 ___ – 20 ___ жылдарға арналған мемлекеттік қорғаныстық тапсырыстың қажетті өніміне арналған техникалық тапсырмалар тізбесі ______________________________ (құрылымдық бөлімшенің, мекеменің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="947"/>
         <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №
-</w:t>
+Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Техникалық тапсырмадағы өнімнің атауы
-</w:t>
+Техникалық тапсырмадағы өнімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірл.
-[...30 lines deleted...]
-                <w:b/>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 _ _ жыл
-[...30 lines deleted...]
-                <w:b/>
+20 _ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ жыл
-[...30 lines deleted...]
-                <w:b/>
+20__ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ жыл
-[...30 lines deleted...]
-                <w:b/>
+20__ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе
-</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны (көлемі)
-</w:t>
+Саны (көлемі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу мерзімі
-</w:t>
+Жеткізу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу орны
-</w:t>
+Жеткізу орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны (көлемі)
-</w:t>
+Саны (көлемі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу мерзімі
-</w:t>
+Жеткізу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу орны
-</w:t>
+Жеткізу орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны (көлемі)
-</w:t>
+Саны (көлемі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу мерзімі
-[...30 lines deleted...]
-                <w:b/>
+Жеткізу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу орны
-[...2 lines deleted...]
-          </w:p>
+Жеткізу орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1
-</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2
-</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3
-</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4
-</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5
-</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6
-</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7
-</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8
-</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9
-</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10
-</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11
-</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12
-</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13
-</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7823,148 +5167,170 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.О. ________________________________________________________________________</w:t>
+      М.О. __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және инициалдары)</w:t>
+      (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инициалдары)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жолдайды.</w:t>
+      1. Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Техникалық тапсырмаларды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.pdf кеңейту) немесе қағаз түрінде жолдайды, оларда елтаңбалы мөрмен расталған тиісті уәкілетті лауазымды адамдардың қолтаңбалары болады.</w:t>
+      2. Техникалық тапсырмаларды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.pdf кеңейту) немесе қағаз түрінде жібереді, оларда елтаңбалы мөрмен расталған тиісті уәкілетті лауазымды адамдардың қолтаңбалары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7998,252 +5364,5630 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Мемлекеттік қорғаныстық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырысты қалыптастырған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезде Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының Қорғаныс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігі, Бас штабы және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарулы Күштері құрылымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімшелерінің өзара іс-қимыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан _____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(шектеу дәрежесі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қорғаныс министрлігінің</w:t>
+              <w:t>Қорғаныс министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүддесінде мемлекеттік</w:t>
+              <w:t>орынбасары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қорғаныстық тапсырысты</w:t>
+              <w:t>(осы құрылымдық бөлімшеге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалыптастырған және</w:t>
-[...103 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>жетекшілік ететін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ – 20 __ жылдарға арналған мемлекеттік қорғаныстық тапсырыс шеңберінде сатып алуға жоспарланатын іс-шаралардың  алдын ала тізімі _______________________________ (құрылымдық бөлімшенің, мекеменің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Әскери мақсаттағы тауарды (өнімді) сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Қосарланған мақсаттағы (қолданыстағы) тауарды (өнімді) сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Әскери мақсаттағы жұмысты орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Әскери мақсаттағы қызметті көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАРЛЫҒЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
+      Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________ (шектеу дәрежесі)</w:t>
+      Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.О. _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және инициалдары)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8277,90 +11021,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітемін</w:t>
-[...38 lines deleted...]
-              <w:t>орынбасары</w:t>
+              <w:t>Мемлекеттік қорғаныстық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8381,1201 +11086,9715 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(осы құрылымдық бөлімшеге</w:t>
+              <w:t>тапсырысты қалыптастырған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жетекшілік ететін)</w:t>
+              <w:t>кезде Қазақстан Республикасының Қорғаныс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігі, Бас штабы және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарулы Күштері құрылымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімшелерінің өзара іс-қимыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(шектеу дәрежесі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="120"/>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20__ – 20 __ жылдарға арналған мемлекеттік қорғаныстық тапсырыс шеңберінде сатып алуға жоспарланатын іс-шаралардың болжамды тізімі  _________________________________ (құрылымдық бөлімшенің, мекеменің атауы)</w:t>
+        <w:t xml:space="preserve"> ______________________________________________________ (құрылымдық бөлімшенің, мекеменің атауы) қару-жарақпен және әскери техникамен, құралдармен және мүлікпен жабдықтаудың заттай нормаларымен қаржылық қамтамасыз етілуі туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заттай норманың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тиесілік нормасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бар болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ жылғы 01.01. нақты қолда бары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алынған жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі (жыл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы қаржы жылында есептен шығарылуға тиіс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір бірлік үшін орташа бағасы, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы қаржы жылында сатып алу жоспарланған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202__ жылға сатып алу көзделген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202__ жылға сатып алу көзделген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202__ жылға сатып алу көзделген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202__ жылдан кейін сатып алу жоспарлануда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және инициалдары)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қорғаныстық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырысты қалыптастырған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезде Қазақстан Республикасының Қорғаныс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігі, Бас штабы және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарулы Күштері құрылымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімшелерінің өзара іс-қимыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан ______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (шектеу дәрежесі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(осы құрылымдық бөлімшеге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жетекшілік ететін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бекітілген шығыс лимиті шегіне кірмеген 20__ – 20 __ жылдарға арналған мемлекеттік қорғаныстық тапсырыс өніміне қосымша қажеттілік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z96" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгемен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгемен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік үшін бағасы (теңгемен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сомасы (мың теңгемен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Әскери мақсаттағы тауарды (өнімді) сатып алу (басымдылық тәртібінде көрсетілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Қосарланған мақсаттағы (қолданыстағы) тауарды (өнімді) сатып алу (басымдылық тәртібінде көрсетілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Әскери мақсаттағы жұмысты орындау (басымдылық тәртібінде көрсетілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Әскери мақсаттағы қызметті көрсету (басымдылық тәртібінде көрсетілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАРЛЫҒЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.О. ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және иницалдары)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қорғаныстық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырысты қалыптастырған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезде Қазақстан Республикасының Қорғаныс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігі, Бас штабы және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарулы Күштері құрылымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімшелерінің өзара іс-қимыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(шектеу дәрежесі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(осы құрылымдық бөлімшеге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жетекшілік ететін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 ___ – 20 ___ жылдарға арналған мемлекеттік қорғаныстық тапсырыс өніміне арналған өтінім ________________________________ (құрылымдық бөлімшенің, мекеменің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="947"/>
         <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z104" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №
-</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнім атауы
-</w:t>
+Өнім атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-                <w:b/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірл.
-[...30 lines deleted...]
-                <w:b/>
+Өлшем бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 __ жыл
-[...30 lines deleted...]
-                <w:b/>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 __ жыл
-[...30 lines deleted...]
-                <w:b/>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 __ жыл
-[...30 lines deleted...]
-                <w:b/>
+20 __ жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе
-</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны
-</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірлік үшін бағасы(теңгеде)
-</w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сомасы (мың теңгеде)
-</w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны
-</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірлік үшін бағасы (теңгеде)
-</w:t>
+Бірлік үшін бағасы (теңгеде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сомасы (мың теңгеде)
-</w:t>
+Жалпы сомасы (мың теңгеде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны
-</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірлік үшін бағасы (теңгеде)
-[...30 lines deleted...]
-                <w:b/>
+Бірлік үшін бағасы (теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сомасы (мың теңгеде)
-[...2 lines deleted...]
-          </w:p>
+Жалпы сомасы (мың теңгеде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1
-</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2
-</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3
-</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4
-</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5
-</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6
-</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7
-</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8
-</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9
-</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10
-</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11
-</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12
-</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13
-</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10190,61 +21409,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10290,61 +21505,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10390,61 +21601,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10473,51 +21680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Қосарланған мақсаттағы (қолданыстағы) тауарды (өнімді) сатып алу</w:t>
+2. Қосарланған мақсаттағы (қолданыстағы) тауарды (өнімді) сатып алу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11090,61 +22297,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11190,61 +22393,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11290,61 +22489,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11990,61 +23185,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12090,61 +23281,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12190,61 +23377,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12890,61 +24073,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12990,61 +24169,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13090,61 +24265,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13327,61 +24498,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13427,61 +24594,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13527,13909 +24690,239 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="121"/>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жолдайды.</w:t>
+      М.О. ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (құрылымдық бөлімше, мекеме бастығының лауазымы, әскери атағы, қолы, тегі және инициалдары)</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...238 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="123"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
+      Ескертпе: Осы нысанды жабдықталым органдары әзірлейді және уәкілетті құрылымдық бөлімшеге электрондық түрде (.xls кеңейту) немесе қағаз түрінде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________ (шектеу дәрежесі)</w:t>
+</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> ______________________________________________________ (құрылымдық бөлімшенің, мекеменің атауы) қару-жарақпен және әскери техникамен, құралдармен және мүлікпен жабдықтаудың заттай нормаларымен қаржылық қамтамасыз етілуі туралы ақпарат</w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...944 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кестенің жалғасы</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-[...12447 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>