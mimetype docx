--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed0ac60" w14:textId="ed0ac60">
+    <w:p w14:paraId="7c946c7" w14:textId="7c946c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +86,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақжайық ауданы бойынша ауылдық округтер бюджеттерінің кірістері мен шығындарының болжамды көлемдерін есептеу тәртібін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс Қазақстан облысы Ақжайық ауданы әкімдігінің 2021 жылғы 27 желтоқсандағы № 316 қаулысы. Күші жойылды - Батыс Қазақстан облысы Ақжайық ауданы әкімдігінің 2025 жылғы 23 қыркүйектегі № 222 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Батыс Қазақстан облысы Ақжайық ауданы әкімдігінің 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -288,62 +367,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау аудан әкімінің орынбасары Е.Умитовке жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -361,51 +441,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудан әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1072,51 +1152,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2984500" cy="1003300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984500" cy="1003300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
@@ -1263,51 +1377,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1625600" cy="660400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1625600" cy="660400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
@@ -1414,51 +1562,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3492500" cy="1168400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3492500" cy="1168400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
@@ -1565,51 +1747,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2273300" cy="635000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2273300" cy="635000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
@@ -1636,51 +1852,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> –ауылдық округ халқы санының орташа қалалық деңгейден ауытқуы есепке алынатын салмақ;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1697,51 +1947,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="495300" cy="317500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="495300" cy="317500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ауылдық округ халқының орташа санының болжамы;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1818,51 +2102,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2400300" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2400300" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
@@ -1909,51 +2227,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - j-функционалдық кіші топ бойынша (ауылдық округтер бойынша жиынтық сомада) ағымдағы шығындардың жалпы көлеміндегі жалақының үлесі. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2010,51 +2362,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1435100" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1435100" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
@@ -2081,51 +2467,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="254000" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="254000" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ақжайық ауданы бойынша халықтың орташа тығыздығы;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2142,51 +2562,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="292100" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="292100" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – i- ауылдық округтегі халықтың тығыздығы;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2203,51 +2657,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="215900" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="215900" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ауылдық округтер халқының тығыздығының орташа қалалық деңгейден ауытқуы ескерілетін салмақ.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2304,51 +2792,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1079500" cy="584200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1079500" cy="584200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
@@ -2415,51 +2937,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="266700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="266700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ақжайық ауданы бойынша автомобиль жолдарын күтіп-ұстауды қаржыландыру нормативі;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2496,51 +3052,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1473200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1473200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
@@ -2627,51 +3217,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1828800" cy="596900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1828800" cy="596900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
@@ -2698,51 +3322,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – i- ауылдық округтегі жылыту маусымының кезеңі;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2759,51 +3417,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ақжайық ауданы бойынша жылыту маусымының орташа кезеңі;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2820,51 +3512,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="292100" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="292100" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ауылдық округ бюджеттердің ағымдағы шығындарының жалпы көлеміндегі жылытуға жұмсалатын шығындардың үлесі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4714,248 +5440,249 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік функцияларды жүзеге асыратын функционалдық кіші топтардың, олардың көрсеткіштері мен коэффициенттерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2359"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6228"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық кіші топтардың атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициенттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4994,214 +5721,214 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қоныстандыру дисперсиялығы; тығыздық; ауқым; жылыту маусымының ұзақтығын есепке алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5240,123 +5967,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау саласындағы өзге де қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5395,214 +6122,214 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Әлеуметтік көмек және әлеуметтік қамсыздандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қоныстандыру дисперсиялығы; кедейлікті есепке алу (табысы күнкөріс деңгейінен төмен адамдар үлесінің негізінде); ауылдық жерлердегі жұмыс үшін үстемеақыны есепке алу; жылыту маусымының ұзақтығын есепке алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік көмек және әлеуметтік қамтамасыз ету саласындағы өзге де қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5641,327 +6368,327 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй қорының жалпы ауданы (мың шаршы метр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 урбандалу; жылыту маусымының ұзақтығын есепке алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 урбандалу; тығыздық; жылыту маусымының ұзақтығын есепке алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6000,214 +6727,214 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 урбандалу;ауқым; ауылдық жерлердегі жұмыс үшін үстемеақыны есепке алу; жылыту маусымының ұзақтығын есепке алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6246,123 +6973,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. Көлік және коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті маңызы бар автожолдардың, оның ішінде елді мекендер мен көшелер ішіндегі автожолдар ұзындығы (километр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6416,55 +7143,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6794,35 +7543,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId23"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>