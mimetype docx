--- v0 (2025-11-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="58a8db7" w14:textId="58a8db7">
+    <w:p w14:paraId="751e98c" w14:textId="751e98c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -226,51 +226,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 508-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -784,51 +784,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің м.а. 17.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 281-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2177,281 +2177,179 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">12) алып тасталы – ҚР Сауда және интеграция министрінің 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      12) тармақшаны алып тастау көзделген – ҚР Сауда және интеграция министрінің 15.10.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) алып тасталы – ҚР Сауда және интеграция министрінің 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
+        <w:t>) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...150 lines deleted...]
-      13) әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға шекті жол берілетін бөлшек сауда бағаларының мөлшерін белгілеу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органмен бірлесіп тауарлардың бағасына мониторинг жүргізеді және базарға реттеушілік ықпал ету орынды болатын баға деңгейіне қол жеткізген жағдайда, мемлекеттік резерв саласындағы уәкілетті органмен келісім бойынша Қазақстан Республикасының Үкіметіне базарға реттеушілік ықпал ету үшін мемлекеттік резервтен материалдық құндылықтарды шығару қажеттілігі туралы алушылар – сауда қызметінің субъектілерін, шығарылатын материалдық құндылықтардың сауда үстемесінің көлемін, бағасын және мөлшерін көрсете отырып, ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
@@ -3518,592 +3416,210 @@
         </w:rPr>
         <w:t xml:space="preserve"> және "Сауда қызметін реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісіне (объектісіне) бара отырып, жоспардан тыс тексеру және профилактикалық бақылау нысанында Қазақстан Республикасының Сауда қызметін реттеу туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...441 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="60"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізілетін мемлекеттік бақылау субъектілерінің бекітілген тізімі негізінде әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) мемлекеттік кірістер органдарынан алынған мәліметтер негізінде әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізілетін мемлекеттік бақылау субъектілерінің тізімін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z90" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) бұзушылықтар анықталған жағдайда әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізу қорытындылары бойынша жою мерзімдерін көрсете отырып, мемлекеттік бақылау субъектісіне (объектісіне) оларды жою туралы нұсқама береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z91" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) Қазақстан Республикасында өндірілетін, әкелінетін және (немесе) өткізілетін әлеуметтік маңызы бар азық-түлік тауарларына ең төмен көтерме бағаны белгілеу тәртібін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z92" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z92" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен хаттама жасайды, әкімшілік құқық бұзушылық туралы істерді, сондай-ақ сауда саласында әкімшілік жаза қолдануды қозғайды және қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z93" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z93" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) реттелетін саладағы жеке және заңды тұлғалардың өтініштерін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z94" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z94" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) Қазақстан Республикасының Сауда қызметін реттеу туралы заңнамасында, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) құзыреті шегінде тауарлардың жекелеген түрлерін импорттауға және (немесе) экспорттауға рұқсаттар береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4226,874 +3742,842 @@
       55) сауда саласындағы кәсіптік стандарттарды әзірлейді және (немесе) өзектендіреді, бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) Ұлттық біліктілік жүйесі мәселелері бойынша жұмыс берушілер бірлестіктерімен (қауымдастықтармен, одақтармен) өзара іс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) шекті сауда үстемесін қолдану тәртібін айқындауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) әлеуметтік маңызы бар азық-түлік тауарларының бағаларын тұрақтандыру тетіктерін іске асыру кезінде халықты әлеуметтік қорғау саласындағы уәкілетті органмен келісу бойынша мемлекеттік атаулы әлеуметтік көмек алушыларға қолдауды көздеу көрсетуді қарастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      59) алып тасталды – ҚР Сауда және интеграция министрінің м.а. 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 267-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      57), 58) тармақшалармен толықтыру көзделген – ҚР Сауда және интеграция министрінің 15.10.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 16-тармаққа өзгеріс енгізілді – ҚР Сауда және интеграция министрінің 26.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қарыңыз); 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 267-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>№ 267-НҚ</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Комитет қызметін ұйымдастыру кезіндегі оның басшысының мәртебесі және өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z96" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Комитетті басқаруды Комитетке жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты төраға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z97" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитет төрағасы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z98" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комитет төрағасының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z99" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комитет төрағасының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z100" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз орынбасарларының, Комитеттің құрылымдық бөлімшелері басшыларының және қызметкерлерінің міндеттері мен өкілеттіктерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z101" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыреті шегінде бұйрықтар шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z102" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды тұлғалардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитет қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z103" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды тұлғалардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитет қызметкерлерін іссапарға жіберу, еңбек демалысын беру, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілігін арттыру, көтермелеу, үстемеақылар төлеу және сыйлықақы беру, сондай-ақ тәртіптік жауапкершілік мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z104" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қолданыстағы заңнамаға сәйкес мемлекеттік органдарда және өзге де ұйымдарда Комитеттің атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z105" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Комитеттің құрылымдық бөлімшелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z106" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сыбайлас жемқорлық құқық бұзушылықтар не сыбайлас жемқорлық іс-әрекеттерінің туындауына ықпал ететін іс-әрекеттер тіркелген жағдайларда, бұл туралы Министрліктің басшылығын хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z107" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Комитет қызметкерлерінің мемлекеттік қызметшілердің қызметтік әдеп нормаларын сақтауын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z108" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Комитетте сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдайды және сыбайлас жемқорлыққа қарсы шаралардың қабылдануына дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z109" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) республикалық бюджеттік бағдарламалардың іске асырылуына жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z110" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жеке және заңды тұлғалардың тексеру нәтижелері бойынша актілерге/шешімдерге және әрекеттерге (әрекетсіздікке), бұзушылықтарды жою туралы нұсқамаларға, әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізу шеңберінде шешімдер мен әрекеттерге (әрекетсіздікке) шағымдарын және әкімшілік құқық бұзушылық туралы істер бойынша қаулыларды қарайды және олар бойынша шешімдер қабылдайды, сондай-ақ осындай өкілеттіктерді өз орынбасарларына береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z111" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Министрліктің басшылығына Комитеттің құрылымы мен штат кестесі бойынша ұсыныстар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z112" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Комитет қызметіне жалпы басшылықты жүзеге асырады және Комитетке жүктелген міндеттердің орындалуы мен оның өз функцияларын жүзеге асыруы үшін дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z113" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) өзінің құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет төрағасы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгеріс енгізілді – ҚР Сауда және интеграция министрінің м.а. 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 281-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...84 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="64"/>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Комитет төрағасы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z115" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Комитет қызметін ұйымдастыру кезіндегі оның басшысының мәртебесі және өкілеттіктері</w:t>
-[...380 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитеттің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. Комитеттің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z117" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комитетке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z118" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше белгіленбесе, Комитеттің өзіне бекітіліп берілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z119" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
-[...76 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z120" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z120" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5198,68 +4682,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="90"/>
+    <w:bookmarkStart w:name="z147" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Нұр-Сұлтан қаласының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5402,68 +4886,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="91"/>
+    <w:bookmarkStart w:name="z196" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Алматы қаласының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5606,68 +5090,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z245" w:id="92"/>
+    <w:bookmarkStart w:name="z245" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Шымкент қаласының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5810,68 +5294,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z294" w:id="93"/>
+    <w:bookmarkStart w:name="z294" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Ақмола облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6014,68 +5498,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z343" w:id="94"/>
+    <w:bookmarkStart w:name="z343" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Ақтөбе облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6218,68 +5702,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z392" w:id="95"/>
+    <w:bookmarkStart w:name="z392" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Алматы облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6422,68 +5906,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z441" w:id="96"/>
+    <w:bookmarkStart w:name="z441" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Атырау облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6626,68 +6110,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z490" w:id="97"/>
+    <w:bookmarkStart w:name="z490" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Батыс Қазақстан облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6830,68 +6314,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z539" w:id="98"/>
+    <w:bookmarkStart w:name="z539" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Жамбыл облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7034,68 +6518,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z588" w:id="99"/>
+    <w:bookmarkStart w:name="z588" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Қарағанды облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7238,68 +6722,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z637" w:id="100"/>
+    <w:bookmarkStart w:name="z637" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Қостанай облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 12-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7442,68 +6926,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z686" w:id="101"/>
+    <w:bookmarkStart w:name="z686" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Қызылорда облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 13-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7646,68 +7130,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z735" w:id="102"/>
+    <w:bookmarkStart w:name="z735" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Маңғыстау облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7850,68 +7334,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z784" w:id="103"/>
+    <w:bookmarkStart w:name="z784" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Павлодар облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8054,68 +7538,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z833" w:id="104"/>
+    <w:bookmarkStart w:name="z833" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Солтүстік Қазақстан облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 16-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8258,68 +7742,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z882" w:id="105"/>
+    <w:bookmarkStart w:name="z882" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Түркістан облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 17-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8462,68 +7946,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z931" w:id="106"/>
+    <w:bookmarkStart w:name="z931" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда Комитетінің Шығыс Қазақстан облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 18-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8666,68 +8150,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z979" w:id="107"/>
+    <w:bookmarkStart w:name="z979" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда комитетінің Абай облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 19-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8870,68 +8354,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1010" w:id="108"/>
+    <w:bookmarkStart w:name="z1010" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда комитетінің Жетісу облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 20-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9074,108 +8558,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 658-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1039" w:id="109"/>
+    <w:bookmarkStart w:name="z1039" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Сауда және интеграция министрлігі Сауда комитетінің Ұлытау облысының Сауда департаменті" республикалық мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z1040" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z1040" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-қосымша алып тасталды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 508-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9213,55 +8697,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>