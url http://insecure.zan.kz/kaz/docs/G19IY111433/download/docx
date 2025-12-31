--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="259b903" w14:textId="259b903">
+    <w:p w14:paraId="231f8e7" w14:textId="231f8e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Сыртқы істер министрлігінің Инвестиция комитеті" республикалық мемлекеттік мекемесінің ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 30 қаңтардағы № 11-1-4/33 бұйрығы. Күші жойылды - Қазақстан Республикасы Сыртқы істер министрінің 2025 жылғы 23 қазандағы № 11-1-4/622 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Сыртқы істер министрінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/622</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің кейбір мәселелері және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 29 желтоқсандағы № 936 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -819,866 +897,866 @@
         <w:t>
       6. Комитет өз құзыретіндегі мәселелер бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен Комитет төрағасының бұйрығымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Комитеттің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комитеттің мекенжайы: 010000, Астана қаласы, Дінмұхамед Қонаев көшесі, 31.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Сыртқы істер министрінің 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Комитеттің толық атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тілде - "Қазақстан Республикасы Сыртқы істер министрлігінің Инвестиция комитеті" республикалық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орыс тілде - реcпубликанское государственное учреждение "Комитет по инвестициям Министерства иностранных дел Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Комитеттің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комитеттің қызметін қаржыландыру республикалық бюджеттен есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комитеттің функциялары болып табылатын міндеттерді орындау тұрғысында Комитет кәсіпкерлік субъектілерімен шарттық қатынастарға түспейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Комитетке кірістер әкелетін қызметті жүзеге асыру құқығы заңнамалық актілерде берілсе, онда осындай қызметтен алынған кірістер республикалық бюджет кірісіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Комитеттің негізгі міндеттері, функциялары, құқықтарымен міндеттемелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеті:инвестицияларды тарту жөнінде мемлекеттік инвестициялық саясатты іске асыру, инвестициялық жобалардың іске асыру және мониторинг шаралардың қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инвестицияларды мемлекеттiк қолдауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолданыстағы мемлекеттік көрсетілетін қызметтер мәселелері бойынша инвесторларды немесе олардың өкілдерін қабылдау және оларға консультация беру бойынша үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Сыртқы істер министрінің 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР Сыртқы істер министрінің 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 11-1-4/263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды – ҚР Сыртқы істер министрінің 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "бір терезе" қағидаты бойынша инвесторларды сүйемелдеу жөніндегі қызметті үйлестіру мен мониторингті жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) инвестициялық келiсiмшартты тіркеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инвестициялық келісімшарттың қолданылу мерзіміне, бірақ инвестициялық келісімшарт тіркелген кезден бастап бес жылдан аспайтын мерзімге берілетін технологиялық жабдықтың және оның жинақтауыштарының импорты кезінде кедендік баждар салудан босату туралы хабарламаны кеден органына жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...75 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды – ҚР Сыртқы істер министрінің 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...208 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="31"/>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) инвестициялық омбудсменнің қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкiлеттi орган мен инвестор арасында жасалған инвестициялық келiсiмшартқа сәйкес мүдделi заңды тұлғалар тарапынан кепiлдендiрiлген тапсырысты қамтамасыз етуде инвесторларға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасы Кәсіпкерлік кодексінде белгіленген тәртіппен мемлекеттiк мүлiктi басқару жөнiндегi уәкiлеттi органмен және (немесе) жер ресурстарын басқару жөнiндегi орталық уәкiлеттi органмен, сондай-ақ жергiлiктi атқарушы органдармен келiсу бойынша мемлекеттік заттай гранттарды инвестициялық келiсiмшартқа сәйкес инвестициялық мiндеттемелер орындалған жағдайда уақытша өтеусiз пайдалануға не уақытша өтеусiз жер пайдалану құқығымен ұсына отырып, кейіннен меншікке не жер пайдалануға өтеусіз беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>293-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгiленген талаптарға сәйкес инвестициялық преференциялар беру туралы шешiм қабылдау және өтiнiм берушiге жазбаша нысанда жауап жiберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) инвестициялық преференцияларды беруге арналған өтiнiмдердi қабылдау, тiркеу және қарау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) инвестициялық келiсiмшарттар талаптарының сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) инвестициялық келiсiмшарттың жұмыс бағдарламасы орындалмаған немесе тиісінше орындалмаған жағдайда, инвестициялық келiсiмшарт жасасқан Қазақстан Республикасының заңды тұлғасына бұзушылықтарды көрсете отырып, жазбаша нысанда хабарлама жiберу және бұзушылықтарды жою үшiн үш ай мерзiм белгiлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) инвестициялық келiсiмшарттар жасасу, тiркеу және оларды мерзімінен бұрын тоқтату туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) инвестициялық салық кредитін алу үшін инвестициялық салық кредиті туралы келісім жасасу тәртібін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік органмен және мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) инвестициялық салық кредитін беру туралы келісімдер жасасу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1717,918 +1795,940 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Комитеттің құқықтары мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде бұйрықтарды шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Министрліктің құрылымдық бөлімшелерінен, мемлекеттік органдардан, ұйымдардан, олардың лауазымды тұлғаларынан белгіленген заңнамалық тәртіппен қажетті ақпарат пен материалдарды сұратады және алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасын жетілдіру бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Комитеттің құзыретіне кіретін мәселелер бойынша мәжілістер, конференциялар, дөңгелек үстелдер, конкурстар және өзге де іс-шаралар өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жетекшілік ететін қызмет бағыттары бойынша консультативтік-кеңесші органдар (жұмыс топтарын, комиссиялар, кеңестер) құру бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыретіне қатысты мәселелер бойынша сараптамаларға қатысу үшін тиісті мамандарды таратады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асырады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің міндеттеріне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитетке жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасын, жеке және заңды тұлғалардың құқықтары мен заңмен қорғалатын мүдделерін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Комитеттің құзыретіне кіретін мәселелер бойынша түсіндірмелерге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сауал жолданған жағдайда өз құзыреті шегінде және заңнама шеңберінде қажетті материалдар мен анықтамаларды ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Комитеттің теңгеріміндегі мемлекеттік меншіктің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрлікке бухгалтерлік және қаржылық есептілікті жасау және ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Комитетке бөлінетін бюджетті қаражаттың толық, уақытылы және тиімді пайдаланылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік сатып алу саласындағы Қазақстан Республикасының заңнамасына сәйкес мемлекеттік сатып алу рәсімдерін ұйымдастыруы кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Комитеттің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комитетіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Төраға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z78" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Комитет Төрағасы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Комитет төрағасы Министрліктің жауапты хатшымен лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Комитет төрағасы Комитеттің құрылымдық және штат кестесі бойынша ұсыныстарды Министрліктің басшылығына ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Комитет төрағасының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өзінің орынбасарлары мен Комитеттің құрылымдық бөлімшелері басшыларының міндеттемелері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз құзыреті бұйрықтарды шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік органдарда және өзге де ұйымдарда Комитеттің мүддесін қорғайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Комитеттің құрылымдық бөлімшелер туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) республикалық бюджеттік бағдарламалар іске асыру үшін жауапкершілік арқалайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыретіне жататын мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің төрағасы болмаған кезеңде, оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес, оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Комитет төрағасының орынбасары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитеттің құрылымдық бөлімшелері қызметін өз құзыреті шегінде үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Комитеттің төрағасы оған жүктеген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Комитеттің жедел басқару құқығындағы оқшауланған мүлкі бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет мүлкі оған меншік иесі берген, мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Комитетке бекітіліп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Комитеттің өзіне бекітілген мүлікті, Қазақстан Республикасы заңдарында өзгеше белгіленбесе, өз бетімен иеліктен шығармайды немесе оған өзге де жолмен билік етпейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2950,35 +3050,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>