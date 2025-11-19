--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c951ee7" w14:textId="c951ee7">
+    <w:p w14:paraId="757b401" w14:textId="757b401">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,96 +85,172 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Телекоммуникациялар комитеті" республикалық мемлекеттік мекемесі туралы ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 2019 жылғы 9 тамыздағы № 189/НҚ бұйрығы.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 2019 жылғы 9 тамыздағы № 189/НҚ бұйрығы. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 2025 жылғы 22 қазандағы № 533/НҚ бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 533/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Ескерту. Тақырып жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 11.01.2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2165,731 +2243,783 @@
         <w:t>
       11) ұялы байланыс желілерінде абоненттік нөмірді көшіру қағидаларын және ұялы байланыс желілерінде абоненттік нөмірді көшіру қызметін енгізу күнін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z57" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) кәбілдік кәрізді пайдалануға беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z58" w:id="34"/>
-[...15 lines deleted...]
-      12-1) Бюджет қаражаты есебінен салынған телекоммуникация желілері мен кәбілдік кәрізге түгендеу жүргізу, сондай-ақ оларды мүліктік жалдауға (жалға алуға) беру қағидаларын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-1) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 473/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) байланыс операторлары көрсететін байланыс қызметтерінің сапасын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z59" w:id="35"/>
-[...15 lines deleted...]
-      13) байланыс операторлары көрсететін байланыс қызметтерінің сапасын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ұялы байланыстың абоненттік құрылғыларын тіркеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z60" w:id="36"/>
-[...15 lines deleted...]
-      14) ұялы байланыстың абоненттік құрылғыларын тіркеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) байланыс операторларының абоненттер туралы қызметтік ақпаратты жинау мен сақтауды жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z61" w:id="37"/>
-[...15 lines deleted...]
-      14-1) байланыс операторларының абоненттер туралы қызметтік ақпаратты жинау мен сақтауды жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) байланыс саласындағы қызметтi лицензиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z62" w:id="38"/>
-[...15 lines deleted...]
-      15) байланыс саласындағы қызметтi лицензиялау;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) пошта төлемінің мемлекеттік белгілерін шығару түрлері мен көлемін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z63" w:id="39"/>
-[...15 lines deleted...]
-      16) пошта төлемінің мемлекеттік белгілерін шығару түрлері мен көлемін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) пошта төлемінің мемлекеттік белгілерін және филателиялық өнімді шығару, өткізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z64" w:id="40"/>
-[...15 lines deleted...]
-      16-1) пошта төлемінің мемлекеттік белгілерін және филателиялық өнімді шығару, өткізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2) пошта төлемiнiң мемлекеттiк белгілерiн айналымға енгізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z65" w:id="41"/>
-[...15 lines deleted...]
-      16-2) пошта төлемiнiң мемлекеттiк белгілерiн айналымға енгізуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-3) филателиялық өнім ретінде пайдалану мақсатында пошта төлемінің мемлекеттік белгісін пошта айналымынан алуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z66" w:id="42"/>
-[...15 lines deleted...]
-      16-3) филателиялық өнім ретінде пайдалану мақсатында пошта төлемінің мемлекеттік белгісін пошта айналымынан алуды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-4) пошта төлемi белгiлерiнiң мемлекеттiк коллекциясын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z67" w:id="43"/>
-[...15 lines deleted...]
-      16-4) пошта төлемi белгiлерiнiң мемлекеттiк коллекциясын қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) арнаулы мақсаттағы телекоммуникация желілерінің объектілерін қоспағанда, байланыс саласындағы қызметті жүзеге асыратын және радиожиілік спектрін пайдаланатын шаруашылық жүргізуші субъектілердің байланыс объектілеріне белгіленген тәртіппен тексерулер жүргізу үшін қызметтік куәлігін немесе сәйкестендіру картасын (ID card) көрсету арқылы кіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z68" w:id="44"/>
-[...15 lines deleted...]
-      17) арнаулы мақсаттағы телекоммуникация желілерінің объектілерін қоспағанда, байланыс саласындағы қызметті жүзеге асыратын және радиожиілік спектрін пайдаланатын шаруашылық жүргізуші субъектілердің байланыс объектілеріне белгіленген тәртіппен тексерулер жүргізу үшін қызметтік куәлігін немесе сәйкестендіру картасын (ID card) көрсету арқылы кіру;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны туралы хабарлама болмаған және (немесе) техникалық сипаттамалары белгіленген нормаларға сәйкес келмеген жағдайда, радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды өшіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z69" w:id="45"/>
-[...15 lines deleted...]
-      18) радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны туралы хабарлама болмаған және (немесе) техникалық сипаттамалары белгіленген нормаларға сәйкес келмеген жағдайда, радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды өшіру;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Қазақстан Республикасының байланыс саласындағы заңнамасы талаптарының бұзылғаны анықталған кезде нұсқамалар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z70" w:id="46"/>
-[...15 lines deleted...]
-      19) Қазақстан Республикасының байланыс саласындағы заңнамасы талаптарының бұзылғаны анықталған кезде нұсқамалар жіберу;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) байланыс саласындағы қатынастарды реттеу мәселелері бойынша жеке және заңды тұлғалардың өтініштерін қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z71" w:id="47"/>
-[...15 lines deleted...]
-      20) байланыс саласындағы қатынастарды реттеу мәселелері бойынша жеке және заңды тұлғалардың өтініштерін қарау;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) байланыс саласындағы ұлттық қауіпсіздікті қамтамасыз етуге бағытталған талаптарды белгілейтін нормативтік құқықтық актілерді ұлттық қауіпсіздік органдарымен келісу, сондай-ақ ұлттық қауіпсіздік органдарымен бірлесе отырып, байланыс операторларының байланыс саласындағы ұлттық қауіпсіздікті қамтамасыз ету мәселелері бойынша қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z72" w:id="48"/>
-[...15 lines deleted...]
-      21) байланыс саласындағы ұлттық қауіпсіздікті қамтамасыз етуге бағытталған талаптарды белгілейтін нормативтік құқықтық актілерді ұлттық қауіпсіздік органдарымен келісу, сондай-ақ ұлттық қауіпсіздік органдарымен бірлесе отырып, байланыс операторларының байланыс саласындағы ұлттық қауіпсіздікті қамтамасыз ету мәселелері бойынша қызметін үйлестіруді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) ұлттық ресурстардың және байланыс операторларының тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z73" w:id="49"/>
-[...15 lines deleted...]
-      22) ұлттық ресурстардың және байланыс операторларының тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1) байланыс желілерін салу, пайдалану және дамыту мәселелері жөнінде шешімдер қабылдау кезінде жеке және заңды тұлғалардың ұлттық қауіпсіздікті сақтау талаптарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z74" w:id="50"/>
-[...15 lines deleted...]
-      22-1) байланыс желілерін салу, пайдалану және дамыту мәселелері жөнінде шешімдер қабылдау кезінде жеке және заңды тұлғалардың ұлттық қауіпсіздікті сақтау талаптарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Қазақстан Республикасы Ұлттық қауіпсіздік комитетімен келісу бойынша деректерді беру желілерінің статикалық мекенжайларының тізілімін қалыптастыру және жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z75" w:id="51"/>
-[...15 lines deleted...]
-      23) Қазақстан Республикасы Ұлттық қауіпсіздік комитетімен келісу бойынша деректерді беру желілерінің статикалық мекенжайларының тізілімін қалыптастыру және жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) телекоммуникация желілерін ортақ пайдаланылатын телекоммуникация желісіне қосу және Қазақстан Республикасының ортақ пайдаланылатын телекоммуникация желісі бойынша трафикті өткізуді реттеу ережелерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z76" w:id="52"/>
-[...15 lines deleted...]
-      24) телекоммуникация желілерін ортақ пайдаланылатын телекоммуникация желісіне қосу және Қазақстан Республикасының ортақ пайдаланылатын телекоммуникация желісі бойынша трафикті өткізуді реттеу ережелерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) байланыс саласындағы техникалық регламенттер мен ұлттық стандарттарды әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z77" w:id="53"/>
-[...15 lines deleted...]
-      25) байланыс саласындағы техникалық регламенттер мен ұлттық стандарттарды әзірлеуге қатысу;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) телекоммуникациялар және пошта байланысының әмбебап көрсетілетін қызметтері саласындағы табиғи монополиялар салаларында реттеу мен бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z78" w:id="54"/>
-[...15 lines deleted...]
-      26) телекоммуникациялар және пошта байланысының әмбебап көрсетілетін қызметтері саласындағы табиғи монополиялар салаларында реттеу мен бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) телекоммуникациялар және пошта байланысы саласындағы нарық субъектілерінің тауарларына (жұмыстарына, көрсетілетін қызметтеріне) және инфрақұрылымына кемсітусіз қол жеткізуді қамтамасыз ету мақсатында тауар нарықтарына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z79" w:id="55"/>
-[...15 lines deleted...]
-      27) телекоммуникациялар және пошта байланысы саласындағы нарық субъектілерінің тауарларына (жұмыстарына, көрсетілетін қызметтеріне) және инфрақұрылымына кемсітусіз қол жеткізуді қамтамасыз ету мақсатында тауар нарықтарына талдау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) байланыс саласында қызметтер көрсетуді жүзеге асыратын субъектілерге қойылатын біліктілік талаптарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z80" w:id="56"/>
-[...15 lines deleted...]
-      28) байланыс саласында қызметтер көрсетуді жүзеге асыратын субъектілерге қойылатын біліктілік талаптарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) импорттан өзгеше жағдайларда, азаматтық мақсаттағы, оның ішінде басқа тауарлардың құрамына кіріктірілген не кіретін радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды Қазақстан Республикасының аумағына әкелуге қорытындылар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z81" w:id="57"/>
-[...15 lines deleted...]
-      29) импорттан өзгеше жағдайларда, азаматтық мақсаттағы, оның ішінде басқа тауарлардың құрамына кіріктірілген не кіретін радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды Қазақстан Республикасының аумағына әкелуге қорытындылар беру;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) қалааралық және (немесе) халықаралық байланыс операторы телекоммуникацияларының желілеріне қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z82" w:id="58"/>
-[...15 lines deleted...]
-      30) қалааралық және (немесе) халықаралық байланыс операторы телекоммуникацияларының желілеріне қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Қазақстан Республикасы радио қызметтері арасында барлық мақсаттағы радиоэлектрондық құралдарға арналған 3 кГц-тен 400 ГГц-ке дейінгі жиіліктер ауқымында жиіліктер белдеуін бөлу кестесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z83" w:id="59"/>
-[...15 lines deleted...]
-      31) Қазақстан Республикасы радио қызметтері арасында барлық мақсаттағы радиоэлектрондық құралдарға арналған 3 кГц-тен 400 ГГц-ке дейінгі жиіліктер ауқымында жиіліктер белдеуін бөлу кестесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) өтініш берушінің байланыс саласында қызметтер көрсету жөніндегі жұмысты жүзеге асыруға сәйкестігін растайтын біліктілік талаптарын және құжаттар тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z84" w:id="60"/>
-[...15 lines deleted...]
-      32) өтініш берушінің байланыс саласында қызметтер көрсету жөніндегі жұмысты жүзеге асыруға сәйкестігін растайтын біліктілік талаптарын және құжаттар тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) күзетілетiн аймақтарды белгiлеу тәртiбі мен олардағы жұмыс режимiн қоса алғанда, Қазақстан Республикасындағы телекоммуникация желiлерiн күзету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z85" w:id="61"/>
-[...15 lines deleted...]
-      33) күзетілетiн аймақтарды белгiлеу тәртiбі мен олардағы жұмыс режимiн қоса алғанда, Қазақстан Республикасындағы телекоммуникация желiлерiн күзету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) жиiлiктер белдеулерiн, радиожиiлiктердi (радиожиiлiк арналарын) иелiкке беру, радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды пайдалану, сондай-ақ азаматтық мақсаттағы радиоэлектрондық құралдардың электромагниттiк үйлесiмдiлiгiн есептеудi жүргiзу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z86" w:id="62"/>
-[...15 lines deleted...]
-      34) жиiлiктер белдеулерiн, радиожиiлiктердi (радиожиiлiк арналарын) иелiкке беру, радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды пайдалану, сондай-ақ азаматтық мақсаттағы радиоэлектрондық құралдардың электромагниттiк үйлесiмдiлiгiн есептеудi жүргiзу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) трафикті өткізуді қоса алғанда, телекоммуникация желілерінің қосылу және өзара іс-қимыл жасау қағидаларын және өзара есеп айырысу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z87" w:id="63"/>
-[...15 lines deleted...]
-      35) трафикті өткізуді қоса алғанда, телекоммуникация желілерінің қосылу және өзара іс-қимыл жасау қағидаларын және өзара есеп айырысу тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) байланыс қызметтерiн көрсету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z88" w:id="64"/>
-[...15 lines deleted...]
-      36) байланыс қызметтерiн көрсету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) радиоәуесқойлық қызметтердің радиоэлектрондық құралдарын пайдалану қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z89" w:id="65"/>
-[...15 lines deleted...]
-      37) радиоәуесқойлық қызметтердің радиоэлектрондық құралдарын пайдалану қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) байланыс саласындағы техникалық регламенттерді әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z90" w:id="66"/>
-[...15 lines deleted...]
-      38) байланыс саласындағы техникалық регламенттерді әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) өз құзыреті шегінде табиғи монополиялар саласындағы және реттелетін нарықтардағы телекоммуникациялар мен пошта байланысының қызметтері аясындағы реттеу мен бақылау саласындағы нормативтік-құқықтық актілерді, оның ішінде табиғи монополиялар субъектілерінің кірістерді, шығындарды және қолданысқа енгізілген активтерді бөлек есепке алуды жүргізуі қағидаларын, қолданысқа енгізілген активтердің реттелетін базасына келетін пайда мөлшерлемесін есептеу жөніндегі нұсқаулықтарды әзірлеу және қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z91" w:id="67"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="68"/>
+    <w:bookmarkStart w:name="z92" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 3-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2904,2983 +3034,3025 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасында көзделген ерекшеліктер ескеріле отырып, "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген рұқсаттарды беру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z93" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарау, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z93" w:id="69"/>
-[...15 lines deleted...]
-      41) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарау, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындау;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) конкурс (немесе аукцион) өткізу арқылы бөлу үшін ұсынылған диапазондарда Қазақстан Республикасында жиілік белдеулерін, радиожиіліктерді (радиожиілік арналарын) бөлу жөніндегі конкурстар (немесе аукциондар) ұйымдастыруға және өткізуге қатысу, конкурстардың (немесе аукциондардың) шарттарын, оларға қатысушыларға қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z94" w:id="70"/>
-[...15 lines deleted...]
-      42) конкурс (немесе аукцион) өткізу арқылы бөлу үшін ұсынылған диапазондарда Қазақстан Республикасында жиілік белдеулерін, радиожиіліктерді (радиожиілік арналарын) бөлу жөніндегі конкурстар (немесе аукциондар) ұйымдастыруға және өткізуге қатысу, конкурстардың (немесе аукциондардың) шарттарын, оларға қатысушыларға қойылатын талаптарды айқындау;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) тиісті әкімшілік-аумақтық бірлікте Қазақстан Республикасының байланыс саласындағы заңдары талаптарының орындалуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z95" w:id="71"/>
-[...15 lines deleted...]
-      43) тиісті әкімшілік-аумақтық бірлікте Қазақстан Республикасының байланыс саласындағы заңдары талаптарының орындалуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) электрондық құралдар мен жоғары жиілікті құрылғылардың электромагниттік үйлесімділігін қамтамасыз ету жөніндегі ұйымдастыру-техникалық іс-шаралардың орындалуын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z96" w:id="72"/>
-[...15 lines deleted...]
-      44) электрондық құралдар мен жоғары жиілікті құрылғылардың электромагниттік үйлесімділігін қамтамасыз ету жөніндегі ұйымдастыру-техникалық іс-шаралардың орындалуын бақылау;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) байланыс операторларының байланыс саласында қызметтер көрсетуді жүзеге асыратын субъектілерге қойылатын бiлiктiлiк талаптарын, байланыс қызметтерін көрсету қағидаларын, пошта байланысы қызметтерін көрсету қағидаларын және Қазақстан Республикасының аумағындағы пошта жөнелтiлiмдеріне пошта штемпелiн қолдану қағидаларын сақтауын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z97" w:id="73"/>
-[...15 lines deleted...]
-      45) байланыс операторларының байланыс саласында қызметтер көрсетуді жүзеге асыратын субъектілерге қойылатын бiлiктiлiк талаптарын, байланыс қызметтерін көрсету қағидаларын, пошта байланысы қызметтерін көрсету қағидаларын және Қазақстан Республикасының аумағындағы пошта жөнелтiлiмдеріне пошта штемпелiн қолдану қағидаларын сақтауын бақылау;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Қазақстан Республикасының заңнамасына сәйкес телекоммуникациялар желiлерi мен құрылғылары құрылыстарының және пошта байланысының техникалық нормалар мен оларды техникалық пайдалануды ұйымдастыру жөнiндегi талаптарға сәйкестiгiн тексеру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z98" w:id="74"/>
-[...15 lines deleted...]
-      46) Қазақстан Республикасының заңнамасына сәйкес телекоммуникациялар желiлерi мен құрылғылары құрылыстарының және пошта байланысының техникалық нормалар мен оларды техникалық пайдалануды ұйымдастыру жөнiндегi талаптарға сәйкестiгiн тексеру;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Қазақстан Республикасының байланыс саласындағы заңнамасын бұза отырып, жұмыс істеп тұрған радиоэлектрондық құралдар мен жоғары жиiлiктi құрылғыларды анықтау және оларды пайдаланудың жолын кесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z99" w:id="75"/>
-[...15 lines deleted...]
-      47) Қазақстан Республикасының байланыс саласындағы заңнамасын бұза отырып, жұмыс істеп тұрған радиоэлектрондық құралдар мен жоғары жиiлiктi құрылғыларды анықтау және оларды пайдаланудың жолын кесу;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-1) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен, Қазақстан Республикасының Қорғаныс министрлігімен және Қазақстан Республикасының Ішкі істер министрлігімен келісу бойынша заңсыз пайдаланылатын радиоэлектрондық құралдардың, оның ішінде байланыс сигналдарын күшейткіштердің, жоғары жиілікті құрылғылардың, радиосигналды бұғаттауға арналған арнаулы техникалық жабдықтың жұмысын анықтау және оның жолын кесу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z100" w:id="76"/>
-[...15 lines deleted...]
-      47-1) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен, Қазақстан Республикасының Қорғаныс министрлігімен және Қазақстан Республикасының Ішкі істер министрлігімен келісу бойынша заңсыз пайдаланылатын радиоэлектрондық құралдардың, оның ішінде байланыс сигналдарын күшейткіштердің, жоғары жиілікті құрылғылардың, радиосигналды бұғаттауға арналған арнаулы техникалық жабдықтың жұмысын анықтау және оның жолын кесу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) пошта желiсi объектiлерiн пайдалануды ұйымдастыру және байланыс қызметiн пайдаланушыларға қызмет көрсету жөнiндегi нормативтiк құқықтық актiлердiң талаптарын сақтауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z101" w:id="77"/>
-[...15 lines deleted...]
-      48) пошта желiсi объектiлерiн пайдалануды ұйымдастыру және байланыс қызметiн пайдаланушыларға қызмет көрсету жөнiндегi нормативтiк құқықтық актiлердiң талаптарын сақтауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) радиоәуесқойлық қызметтердің радиоэлектрондық құралдары мен жоғары жиілікті құрылғыларын қоса алғанда, радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z102" w:id="78"/>
-[...15 lines deleted...]
-      49) радиоәуесқойлық қызметтердің радиоэлектрондық құралдары мен жоғары жиілікті құрылғыларын қоса алғанда, радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдау;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Комитет құзыреті шегінде Қазақстан Республикасының заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z103" w:id="79"/>
-[...15 lines deleted...]
-      50) Комитет құзыреті шегінде Қазақстан Республикасының заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) радиожиілік спектрін бөліп беру және пайдалану мәселелері, радиоэлектрондық құралдар мен жоғарғы жиiлiктi құрылғыларды пайдалану жөнiндегi нормативтiк құқықтық актiлердi өз құзыреті шегінде әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z104" w:id="80"/>
-[...15 lines deleted...]
-      51) радиожиілік спектрін бөліп беру және пайдалану мәселелері, радиоэлектрондық құралдар мен жоғарғы жиiлiктi құрылғыларды пайдалану жөнiндегi нормативтiк құқықтық актiлердi өз құзыреті шегінде әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1) радиожиілік спектрінің конверсиясын жүргізу қағидалары мен радиожиілік спектрінің конверсиясын жүргізуге жұмсалатын шығындардың техникалық-экономикалық негіздемесінің әдістемесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z105" w:id="81"/>
-[...15 lines deleted...]
-      51-1) радиожиілік спектрінің конверсиясын жүргізу қағидалары мен радиожиілік спектрінің конверсиясын жүргізуге жұмсалатын шығындардың техникалық-экономикалық негіздемесінің әдістемесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) бөлектелетін жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) техникалық сараптау жөніндегі жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z106" w:id="82"/>
-[...15 lines deleted...]
-      52) бөлектелетін жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) техникалық сараптау жөніндегі жұмыстарды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Қазақстан Республикасының аумағында азаматтық мақсаттағы радиоэлектрондық құралдар және (немесе) жоғары жиiлiктi құрылғылар үшін радиожиілік спектрін пайдалануға рұқсаттар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z107" w:id="83"/>
-[...15 lines deleted...]
-      53) Қазақстан Республикасының аумағында азаматтық мақсаттағы радиоэлектрондық құралдар және (немесе) жоғары жиiлiктi құрылғылар үшін радиожиілік спектрін пайдалануға рұқсаттар беру;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) радиоэлектрондық құралдар мен жоғары жиілікті құрылғылар белгіленген стандарттау жөніндегі құжаттар мен техникалық нормаларға сәйкес келмеген, азаматтардың қауіпсіздігіне, қоршаған ортаға қатер төндірген жағдайларда, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес аса маңызды жұмыстар мен іс-шаралар орындалған кезде, оларды пайдалануды тоқтата тұру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z108" w:id="84"/>
-[...15 lines deleted...]
-      54) радиоэлектрондық құралдар мен жоғары жиілікті құрылғылар белгіленген стандарттау жөніндегі құжаттар мен техникалық нормаларға сәйкес келмеген, азаматтардың қауіпсіздігіне, қоршаған ортаға қатер төндірген жағдайларда, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес аса маңызды жұмыстар мен іс-шаралар орындалған кезде, оларды пайдалануды тоқтата тұру;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Қазақстан Республикасының заңнамасында белгіленген тәртіпке сәйкес радиобақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z109" w:id="85"/>
-[...15 lines deleted...]
-      55) Қазақстан Республикасының заңнамасында белгіленген тәртіпке сәйкес радиобақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) радиоэлектрондық құралдарға, оның ішінде халықаралық ұйымдар мен шет мемлекеттердің халықаралық шарттарға сәйкес жұмыс істейтін радиоэлектрондық құралдарына радиобөгеуілдерді жою жөніндегі іс-шараларды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z110" w:id="86"/>
-[...15 lines deleted...]
-      56) радиоэлектрондық құралдарға, оның ішінде халықаралық ұйымдар мен шет мемлекеттердің халықаралық шарттарға сәйкес жұмыс істейтін радиоэлектрондық құралдарына радиобөгеуілдерді жою жөніндегі іс-шараларды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) иелікке беруді жүзеге асыру және Халықаралық электр байланысы одағының Радиобайланыс регламентіне сәйкес радиожиіліктерді халықаралық үйлестіру жөніндегі іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z111" w:id="87"/>
-[...15 lines deleted...]
-      57) жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) иелікке беруді жүзеге асыру және Халықаралық электр байланысы одағының Радиобайланыс регламентіне сәйкес радиожиіліктерді халықаралық үйлестіру жөніндегі іс-шараларды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-1) Халықаралық электр байланысы одағының радиобайланыс регламентіне сәйкес радиожиілік спектрін перспективалы пайдалану жоспарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z112" w:id="88"/>
-[...15 lines deleted...]
-      57-1) Халықаралық электр байланысы одағының радиобайланыс регламентіне сәйкес радиожиілік спектрін перспективалы пайдалану жоспарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) азаматтық мақсаттағы иелікке берілген радиожиiлiктер белдеулерiнің электрондық дерекқорын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z113" w:id="89"/>
-[...15 lines deleted...]
-      58) азаматтық мақсаттағы иелікке берілген радиожиiлiктер белдеулерiнің электрондық дерекқорын жүргізу;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Қазақстан Республикасындағы электромагниттік жағдайды көрсететін радиожиілік спектрінің республикалық деректер базасын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z114" w:id="90"/>
-[...15 lines deleted...]
-      59) Қазақстан Республикасындағы электромагниттік жағдайды көрсететін радиожиілік спектрінің республикалық деректер базасын жүргізу;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) азаматтық мақсаттағы радиожиiлiк спектрі, радиоэлектрондық құралдар және (немесе) жоғары жиілікті құрылғылар мониторингін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z115" w:id="91"/>
-[...15 lines deleted...]
-      60) азаматтық мақсаттағы радиожиiлiк спектрі, радиоэлектрондық құралдар және (немесе) жоғары жиілікті құрылғылар мониторингін жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) мемлекеттік монополия субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z116" w:id="92"/>
-[...15 lines deleted...]
-      61) мемлекеттік монополия субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) Қазақстан Республикасының заңнамасына сәйкес лицензиялануға жататын қызметтiң жекелеген түрлерiн лицензиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z117" w:id="93"/>
-[...15 lines deleted...]
-      62) Қазақстан Республикасының заңнамасына сәйкес лицензиялануға жататын қызметтiң жекелеген түрлерiн лицензиялауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) ауылдық елді мекендерде көрсетілетін, субсидияланатын байланыстың әмбебап қызметтеріне бағалардың шекті деңгейін реттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z118" w:id="94"/>
-[...15 lines deleted...]
-      63) ауылдық елді мекендерде көрсетілетін, субсидияланатын байланыстың әмбебап қызметтеріне бағалардың шекті деңгейін реттеу;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63-1) цифрлық технологияларды енгізу мақсатында ауыл шаруашылығындағы және өнеркәсіп объектілеріндегі байланыстың көрсетілетін қызметтерін субсидиялау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z119" w:id="95"/>
-[...15 lines deleted...]
-      63-1) цифрлық технологияларды енгізу мақсатында ауыл шаруашылығындағы және өнеркәсіп объектілеріндегі байланыстың көрсетілетін қызметтерін субсидиялау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен Қазақстан Республикасының уәкілетті мемлекеттік органдарының, Мемлекеттік күзет қызметінің (президенттік байланыс қажеттіліктерін қоспағанда), әскери басқару, ұлттық қауіпсіздік және ішкі істер органдарының, сондай-ақ "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторының мұқтаждықтары үшін техникалық құралдарды орналастыруға қажетті байланыс желілері мен арналарын, кәбілдік кәріздердегі арналар мен алаңдарды беру бағаларын (тарифтерін) реттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z120" w:id="96"/>
-[...15 lines deleted...]
-      64) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен Қазақстан Республикасының уәкілетті мемлекеттік органдарының, Мемлекеттік күзет қызметінің (президенттік байланыс қажеттіліктерін қоспағанда), әскери басқару, ұлттық қауіпсіздік және ішкі істер органдарының, сондай-ақ "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторының мұқтаждықтары үшін техникалық құралдарды орналастыруға қажетті байланыс желілері мен арналарын, кәбілдік кәріздердегі арналар мен алаңдарды беру бағаларын (тарифтерін) реттеу;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64-1) байланыс құралдарын, сондай-ақ талшықты-оптикалық байланыс желілерін тарту үшін электр берудің әуе желілерінің тіреуіштерін орналастыру үшін орындарды мүліктік жалдауға (жалға беруге) арналған шекті тарифтерді әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z121" w:id="97"/>
-[...15 lines deleted...]
-      64-1) байланыс құралдарын, сондай-ақ талшықты-оптикалық байланыс желілерін тарту үшін электр берудің әуе желілерінің тіреуіштерін орналастыру үшін орындарды мүліктік жалдауға (жалға беруге) арналған шекті тарифтерді әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) байланыс операторларының Қазақстан Республикасының аумағында орналасқан жеріне қарамастан, хабарламалар мен ақпаратты берудің немесе қабылдаудың технологиялық процестерінде байланыс саласындағы қызметті жүзеге асыру кезінде бірыңғай есепке алу-есептік уақытты белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z122" w:id="98"/>
-[...15 lines deleted...]
-      65) байланыс операторларының Қазақстан Республикасының аумағында орналасқан жеріне қарамастан, хабарламалар мен ақпаратты берудің немесе қабылдаудың технологиялық процестерінде байланыс саласындағы қызметті жүзеге асыру кезінде бірыңғай есепке алу-есептік уақытты белгілеу;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) радиожиілік спектрін пайдалануға рұқсатты ресімдеу және беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z123" w:id="99"/>
-[...15 lines deleted...]
-      66) радиожиілік спектрін пайдалануға рұқсатты ресімдеу және беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) нөмірлеу ресурсын бөлу және нөмірлерді бөлу, сондай-ақ оларды алып қою қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z124" w:id="100"/>
-[...15 lines deleted...]
-      67) нөмірлеу ресурсын бөлу және нөмірлерді бөлу, сондай-ақ оларды алып қою қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) байланыс операторларының "112" бірыңғай кезекші-диспетчерлік қызметіне Әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар қатері төнген немесе туындаған және қауіп-қатері жойылған, төтенше жағдай енгізілген кезде қорғаныс, қауіпсіздік және құқықтық тәртіп мүдделері үшін қоңырау шалушы абоненттің орналасқан жерін айқындау және халықтың ұялы байланысының абоненттік құрылғыларына қысқа мәтіндік хабарламалар жіберу жөніндегі қызметтерді өтеусіз негізде ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z125" w:id="101"/>
-[...15 lines deleted...]
-      68) байланыс операторларының "112" бірыңғай кезекші-диспетчерлік қызметіне Әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар қатері төнген немесе туындаған және қауіп-қатері жойылған, төтенше жағдай енгізілген кезде қорғаныс, қауіпсіздік және құқықтық тәртіп мүдделері үшін қоңырау шалушы абоненттің орналасқан жерін айқындау және халықтың ұялы байланысының абоненттік құрылғыларына қысқа мәтіндік хабарламалар жіберу жөніндегі қызметтерді өтеусіз негізде ұсыну қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68-1) Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желілерін иеленушілердің дүлей зілзалалардан (жер сiлкiнiсi, сел, көшкiн, су тасқыны және басқалар), дағдарысты экологиялық жағдайлардан, табиғи өрттерден, эпидемиялардан болған әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлардың туындау қатері төнген және туындаған кезде біріктірілген деректерді беру қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z126" w:id="102"/>
-[...15 lines deleted...]
-      68-1) Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желілерін иеленушілердің дүлей зілзалалардан (жер сiлкiнiсi, сел, көшкiн, су тасқыны және басқалар), дағдарысты экологиялық жағдайлардан, табиғи өрттерден, эпидемиялардан болған әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлардың туындау қатері төнген және туындаған кезде біріктірілген деректерді беру қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68-2) әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдай қатері төнген немесе туындаған, сондай-ақ төтенше жағдай енгізілген кезде Қазақстан Республикасының Үкіметі айқындайтын тізбе бойынша үкiметтiк байланысты, шұғыл қызметтердің байланыс желілері мен құралдарын қоспағанда, байланыс желiлерi мен құралдарын басымдықпен пайдалануға, сондай-ақ олардың қызметiн тоқтата тұруға құқығы бар мемлекеттік органдармен өзара іс-қимыл жасай отырып, байланыс желілерін басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z127" w:id="103"/>
-[...15 lines deleted...]
-      68-2) әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдай қатері төнген немесе туындаған, сондай-ақ төтенше жағдай енгізілген кезде Қазақстан Республикасының Үкіметі айқындайтын тізбе бойынша үкiметтiк байланысты, шұғыл қызметтердің байланыс желілері мен құралдарын қоспағанда, байланыс желiлерi мен құралдарын басымдықпен пайдалануға, сондай-ақ олардың қызметiн тоқтата тұруға құқығы бар мемлекеттік органдармен өзара іс-қимыл жасай отырып, байланыс желілерін басқару;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68-3) ұялы байланыстың абоненттік құрылғылары арқылы табиғи және техногендік сипаттағы төтенше жағдайлар туралы халықты орталықтандырылған шұғыл хабардар етуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z128" w:id="104"/>
-[...15 lines deleted...]
-      68-3) ұялы байланыстың абоненттік құрылғылары арқылы табиғи және техногендік сипаттағы төтенше жағдайлар туралы халықты орталықтандырылған шұғыл хабардар етуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) телекоммуникация желілері мен құралдарының зақымдануынан болған залалдарды айқындау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z129" w:id="105"/>
-[...15 lines deleted...]
-      69) телекоммуникация желілері мен құралдарының зақымдануынан болған залалдарды айқындау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) телекоммуникация желілері мен құралдарының техникалық үйлесімділігін қамтамасыз ететін нормаларды, байланыс қызметтері сапасының көрсеткіштерін, тарификация бірліктерінің мөлшерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z130" w:id="106"/>
-[...15 lines deleted...]
-      70) телекоммуникация желілері мен құралдарының техникалық үйлесімділігін қамтамасыз ететін нормаларды, байланыс қызметтері сапасының көрсеткіштерін, тарификация бірліктерінің мөлшерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-1) пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z131" w:id="107"/>
-[...15 lines deleted...]
-      70-1) пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) бөгеуілдердің көздері мен сипатын, олардың туындау себептерін анықтау жөніндегі жұмысты ұйымдастыру және оларды жою жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z132" w:id="108"/>
-[...15 lines deleted...]
-      71) бөгеуілдердің көздері мен сипатын, олардың туындау себептерін анықтау жөніндегі жұмысты ұйымдастыру және оларды жою жөнінде шаралар қабылдау;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Комитет құзыреті шегінде реттеушілік, іске асырушылық бақылау-қадағалау функцияларын және Министрліктің стратегиялық функцияларын орындауға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z133" w:id="109"/>
-[...15 lines deleted...]
-      72) Комитет құзыреті шегінде реттеушілік, іске асырушылық бақылау-қадағалау функцияларын және Министрліктің стратегиялық функцияларын орындауға қатысу;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Комитет құзыреті шегінде Қазақстан Республикасының атынан жасалатын Қазақстан Республикасының халықаралық шарттары бойынша міндеттемелерді орындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z134" w:id="110"/>
-[...15 lines deleted...]
-      73) Комитет құзыреті шегінде Қазақстан Республикасының атынан жасалатын Қазақстан Республикасының халықаралық шарттары бойынша міндеттемелерді орындау;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) нөмірлеудің бөлінген және резервтік ресурстарының тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z135" w:id="111"/>
-[...15 lines deleted...]
-      74) нөмірлеудің бөлінген және резервтік ресурстарының тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) Қазақстан Республикасының заңнамасына сәйкес соттарға талап-арыздар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z136" w:id="112"/>
-[...15 lines deleted...]
-      75) Қазақстан Республикасының заңнамасына сәйкес соттарға талап-арыздар беру;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) азаматтық мақсаттағы, оның ішінде ішіне орнатылған не басқа тауарлардың құрамына кіретін радиоэлектронды құралдардың және жоғары жиілікті құрылғылардың импортына лицензиялар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z137" w:id="113"/>
-[...15 lines deleted...]
-      76) азаматтық мақсаттағы, оның ішінде ішіне орнатылған не басқа тауарлардың құрамына кіретін радиоэлектронды құралдардың және жоғары жиілікті құрылғылардың импортына лицензиялар беру;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы нормативтік құқықтық актілерді әзірлеу, рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z138" w:id="114"/>
-[...15 lines deleted...]
-      77) біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы нормативтік құқықтық актілерді әзірлеу, рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z139" w:id="115"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="116"/>
+    <w:bookmarkStart w:name="z140" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79) кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп, Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес байланыс саласындағы тексеру парақтарын әзірлеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z141" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) жергілікті атқарушы органдардың ұялы немесе спутниктік байланыс операторларының ұялы немесе спутниктік байланыс жабдығына арналған антенна-діңгекті құрылыстарды және (немесе) тіреуіштерді салуы үшін электрмен жабдықтау жүргізілген орын ұсынуды келіседі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z141" w:id="117"/>
-[...15 lines deleted...]
-      80) жергілікті атқарушы органдардың ұялы немесе спутниктік байланыс операторларының ұялы немесе спутниктік байланыс жабдығына арналған антенна-діңгекті құрылыстарды және (немесе) тіреуіштерді салуы үшін электрмен жабдықтау жүргізілген орын ұсынуды келіседі;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-1) бірлесіп пайдалану тіреуіштеріне телекоммуникация құралдарын орналастыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z142" w:id="118"/>
-[...15 lines deleted...]
-      80-1) бірлесіп пайдалану тіреуіштеріне телекоммуникация құралдарын орналастыру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) реттеліп көрсетілетін қызметтердің тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z143" w:id="119"/>
-[...15 lines deleted...]
-      81) реттеліп көрсетілетін қызметтердің тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) тарифтерді қалыптастыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z144" w:id="120"/>
-[...15 lines deleted...]
-      82) тарифтерді қалыптастыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) табиғи монополиялар субъектілерінің қызметін жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z145" w:id="121"/>
-[...15 lines deleted...]
-      83) табиғи монополиялар субъектілерінің қызметін жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) реттеліп көрсетілетін қызметтерді берудің үлгілік шарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z146" w:id="122"/>
-[...15 lines deleted...]
-      84) реттеліп көрсетілетін қызметтерді берудің үлгілік шарттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) байланыс қызметтері саласындағы табиғи монополиялар салаларындағы қызметті жүзеге асыратын субъектілерді табиғи монополиялар субъектілерінің мемлекеттік тіркеліміне енгізу не одан шығару қажеттігі туралы қорытынды қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z147" w:id="123"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="124"/>
+    <w:bookmarkStart w:name="z148" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86) Бюджеттік субсидиялардың экономикалық әсерін айқындау қағидаларын әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z149" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) пошта төлемінің мемлекеттік белгілерін қоспағанда, пошта операторының пошта төлемі белгілерін келісуі, оны пайдалану тәртібін және пошта операторының пошта төлемі белгілеріне қойылатын талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z149" w:id="125"/>
-[...15 lines deleted...]
-      87) пошта төлемінің мемлекеттік белгілерін қоспағанда, пошта операторының пошта төлемі белгілерін келісуі, оны пайдалану тәртібін және пошта операторының пошта төлемі белгілеріне қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) ішкі су көлігімен пошта жөнелтілімдерін тасымалдау тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z150" w:id="126"/>
-[...15 lines deleted...]
-      88) ішкі су көлігімен пошта жөнелтілімдерін тасымалдау тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88-1) пошта жөнелтілімдерін (пошта карточкасынан басқа) растау құжаттарын ұсыну арқылы беру кезінде жөнелтушінің олардың құнын жариялау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z191" w:id="127"/>
-[...15 lines deleted...]
-      88-1) пошта жөнелтілімдерін (пошта карточкасынан басқа) растау құжаттарын ұсыну арқылы беру кезінде жөнелтушінің олардың құнын жариялау тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) Қазақстан Республикасының пошта байланысының көрсетілетін қызметтерін ұсыну жөніндегі заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z151" w:id="128"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="129"/>
+    <w:bookmarkStart w:name="z152" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       90) Қазақстан Республикасының Әкiмшiлiк құқық бұзушылық туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен хаттамалар толтыру, әкiмшiлiк құқық бұзушылықтар туралы iстерді қарау және байланыс саласында әкімшілік жаза қолдану; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 277/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) Комитеттің құзыреті шегінде Қазақстан Республикасының Байланыс әкімшілігі ретінде халықаралық одақтар мен байланыс ұйымдарында Қазақстан Республикасының мүдделерін білдіру және қорғау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:p>
-[...87 lines deleted...]
-      92) Комитеттің құзыреті шегінде Қазақстан Республикасының Байланыс әкімшілігі ретінде халықаралық одақтар мен байланыс ұйымдарында Қазақстан Республикасының мүдделерін білдіру және қорғау;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Қазақстан Республикасының пошта әкімшілігі сияқты Комитеттің құзыреті шегінде басқа мемлекеттердің пошта әкімшіліктерімен және халықаралық ұйымдармен өзара іс-қимыл жасау кезінде Қазақстан Республикасының пошта байланысы саласындағы мүдделерін білдіру және қорғау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z155" w:id="131"/>
-[...15 lines deleted...]
-      93) Қазақстан Республикасының пошта әкімшілігі сияқты Комитеттің құзыреті шегінде басқа мемлекеттердің пошта әкімшіліктерімен және халықаралық ұйымдармен өзара іс-қимыл жасау кезінде Қазақстан Республикасының пошта байланысы саласындағы мүдделерін білдіру және қорғау;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Комитеттің құзыреті шегінде Халықаралық Электр байланысы одағы (ХЭО), Байланыс саласындағы аймақтық достастығы (БАД), телекоммуникациялар және пошта байланысы мәселелері бойынша Дүниежүзілік пошта одағы (ДПО) ретінде халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z156" w:id="132"/>
-[...15 lines deleted...]
-      94) Комитеттің құзыреті шегінде Халықаралық Электр байланысы одағы (ХЭО), Байланыс саласындағы аймақтық достастығы (БАД), телекоммуникациялар және пошта байланысы мәселелері бойынша Дүниежүзілік пошта одағы (ДПО) ретінде халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) телекоммуникация желілерінде Қазақстан Республикасы заңнамасының талаптарын сақтау мәселелері бойынша Мемлекеттік органдардың өзара іс-қимыл қағидаларын әзірлеуді және бекітуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z157" w:id="133"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="134"/>
+    <w:bookmarkStart w:name="z158" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96) пошта байланысы қызметтерін ұсыну қағидаларын әзірлеуді және бекітуді қамтамасыз ету; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z159" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) Кеден ісі саласындағы уәкілетті органмен келісім бойынша Ұлттық пошта операторының немесе пошта операторларының өтініштері бойынша халықаралық пошта алмасу орындарын әзірлеуді қаматамсыз ету;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z159" w:id="135"/>
-[...15 lines deleted...]
-      97) Кеден ісі саласындағы уәкілетті органмен келісім бойынша Ұлттық пошта операторының немесе пошта операторларының өтініштері бойынша халықаралық пошта алмасу орындарын әзірлеуді қаматамсыз ету;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">98) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 277/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) Дүниежүзілік пошта одағының актілеріне сәйкес пошта төлемінің мемлекеттік белгілеріне қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z162" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) Қазақстан Республикасында пошта индекстерін беру жөніндегі қағидаларды әзірлеуді және бекітуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z163" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) Жедел-іздестіру, қарсы барлау іс-шараларын жүргізу мақсатында пошта байланысы желілері мен құралдарына қойылатын талаптарды, сондай-ақ Қазақстан Республикасының пошта желілерінде жедел-іздестіру, қарсы барлау іс-шараларын жүргізудің аппараттық-бағдарламалық және техникалық құралдарын енгізу және пайдалану кезіндегі өзара іс-қимыл қағидаларын әзірлеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z164" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101-1) Қазақстан Республикасының Ұлттық қауіпсіздік комитеті айқындаған байланыс желілері мен құралдарына қойылатын талаптарды және жедел-іздестіру, қарсы барлау іс-шараларын техникалық тұрғыдан жүргізу үшін байланыс операторларының және (немесе) байланыс желілері иелерінің өздерінің телекоммуникациялық жабдығының функцияларын өз қаражаты немесе тартылған қаражат есебінен қамтамасыз ету тәртібін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z165" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) операторды тағайындау және тағайындалған оператордың өкілеттіктерін кері қайтарып алу қағидаларын әзірлеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">98) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+        <w:t xml:space="preserve">103) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 277/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...96 lines deleted...]
-      102) операторды тағайындау және тағайындалған оператордың өкілеттіктерін кері қайтарып алу қағидаларын әзірлеуді қамтамасыз ету;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">104) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 277/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">105) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 277/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">106) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 277/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) тағайындалған пошта операторын тағайындауды қамтамасыз ету, сондай-ақ тағайындалған оператор Дүниежүзілік пошта одағының актілерінен туындайтын міндеттемелерді орындамаған кезде Қазақстан Республикасының заңнамасында белгіленген тәртіппен пошта операторынан тағайындалған оператордың өкілеттігін кері қайтарып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z171" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) пошта операторларының қызметтер көрсетуіне қажетті және жеткілікті, пошта операторының көрсетілетін қызметтерін пайдаланушылардың дербес деректерінің бірыңғай тізбесін әзірлеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z172" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) Ұлттық пошта операторының ұсынысы бойынша Қазақстан Республикасының аумағында пошта байланысының өндіріс объектілеріне пошта индекстерін беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z173" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) Ұлттық пошта операторын айқындауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z174" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-1) Ұлттық пошта операторының пошта байланысының көрсетілетін қызметтерін жүзеге асыруы кезінде оның қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтауын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z175" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) байланыс саласындағы жаңа технологиялар мен инфрақұрылымды дамытуға бағытталған байланыс саласындағы жобаларды іске асыру, сондай-ақ іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z176" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-1) Қазақстан Республикасының аумағында байланыс инфрақұрылымының қолжетімділігін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z177" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) байланыс саласындағы статистикалық көрсеткіштердің мониторингі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z178" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) мемлекеттік органдардың бірыңғай көліктік ортасына қосу және мемлекеттік органдардың және жергілікті атқарушы органдардың интранет ресурсына мемлекеттік органдардың бірыңғай көліктік ортасы арқылы қол жеткізуге рұқсат беру ережесін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z192" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113-1) байланыс операторларының мемлекеттік органдардың бірыңғай көліктік ортасына кірмейтін және мемлекеттік органдарға байланыс қызметтерін көрсету кезінде ақпарат беруді радиоэлектрондық құралдарды пайдаланып жүзеге асыратын байланыс желілері мен арналарында ақпаратты қорғау құралдарын қолдануды өтеусіз негізде қамтамасыз ету тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z179" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) мемлекеттік органдардың бірыңғай көліктік ортасын жергілікті (интернетке қолжетімділігі бар жергілікті желілерді қоспағанда), ведомстволық және корпоративтік желілердің өзара іс-қимыл жасауы үшін пайдаланатын мемлекеттік органдарды, олардың ведомстволық бағынысты ұйымдарын және жергiлiктi өзiн-өзi басқару органдарын, сондай-ақ өзге де ақпараттандыру субъектілерін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z180" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) Комитет құзыреті шегінде байланыс саласында, оның ішінде телекоммуникациялар және пошта байланысы саласында мемлекеттік саясатты іске асыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z181" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-1) өз құзыреті шегінде Қазақстан Республикасында пошта қызметін жетілдіруге және дамытуға бағытталған пошта саласындағы нормативтік құқықтық актілерді әзірлеу және олардың іске асырылуын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z182" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-2) телекоммуникация желілерінде Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z183" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-3) деректерді өңдеу орталықтарының халықаралық немесе ұлттық техникалық аудиттен өту қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z184" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-4) деректерді өңдеу орталығының қызметін ұйымдастыру қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z185" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-5) әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеудің қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z186" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-6) ұлттық қауіпсіздік органдарымен келісу бойынша геостационарлық емес спутниктерді қолдана отырып, байланыс желілерін пайдалану тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z187" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-7) субсидиялау мөлшерін есептеуді және Министрліктің байланыс операторларына әмбебап қызметтер көрсету жөніндегі міндеттерді жүктеуі тәртібін қоса алғанда, әмбебап қызмет көрсету операторларын айқындау жөніндегі конкурсты өткізу қағидаларын, байланыс операторларына қойылатын байланыстың әмбебап қызметтерін көрсету жөніндегі талаптарды және байланыстың әмбебап көрсетілетін қызметтерінің тізбесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z188" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 784/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">103) алып тасталды – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.05.2025 </w:t>
+        <w:t xml:space="preserve">; 30.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 277/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+        <w:t xml:space="preserve">; 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 473/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...558 lines deleted...]
-      116) Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Төрағаның қызметін ұйымдастыру кезіндегі оның мәртебесі мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z29" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Комитет басшылығын Комитетке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруға дербес жауапты болатын төраға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z30" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Комитет төрағасы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z31" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитет төрағасының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z32" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комитет төрағасының өкілеттіліктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z189" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитет қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z190" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитет қызметкерлерін іссапарға жіберу, демалыс беру, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілігін арттыру, көтермелеу, үстемеақылар мен сыйлықақылар төлеу, сондай-ақ тәртіптік жауаптылық мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде бұйрықтар шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Комитеттің құрылымдық бөлімшелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік органдар мен өзге де ұйымдарда Комитеттің мүдделерін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Комитетте сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өз құзыретіне жатқызылған мәселелер бойынша шешімдер қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Министрлік басшылығына Комитеттің құрылымы мен штат кестесі бойынша ұсыныстар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет төрағасы болмаған кезеңде, оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Төраға өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z34" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...72 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="161"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z35" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Комитеттің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. Комитеттің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z36" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитетке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z37" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше белгіленбесе, Комитеттің өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z38" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Төрағаның қызметін ұйымдастыру кезіндегі оның мәртебесі мен өкілеттіктері</w:t>
-[...343 lines deleted...]
-      23. Егер заңнамада өзгеше белгіленбесе, Комитеттің өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z38" w:id="173"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="174"/>
+    <w:bookmarkStart w:name="z39" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің қарамағындағы аумақтық бөлімшелердің тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="175"/>
+    <w:bookmarkStart w:name="z40" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Қостанай, Солтүстік Қазақстан облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z41" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z41" w:id="176"/>
-[...15 lines deleted...]
-      2. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау, Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z42" w:id="177"/>
-[...15 lines deleted...]
-      3. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау, Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шымкент қаласы және Жамбыл, Түркістан, Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z43" w:id="178"/>
-[...15 lines deleted...]
-      4. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Шымкент қаласы және Жамбыл, Түркістан, Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Алматы қаласы және Алматы, Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z44" w:id="179"/>
-[...15 lines deleted...]
-      5. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Алматы қаласы және Алматы, Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Телекоммуникациялар комитетінің Астана қаласы және Ақмола, Қарағанды, Ұлытау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z45" w:id="180"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6202,35 +6374,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>