--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d3413a" w14:textId="8d3413a">
+    <w:p w14:paraId="d2b07ec" w14:textId="d2b07ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2568,50 +2568,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлар өткізуді жүзеге асыратын жеке және заңды тұлғалардан Қазақстан Республикасының заңнамасында белгіленген, өткізілетін тауарларға қатысты құжаттар мен мәліметтерді сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Қазақстан Республикасының Салық кодексіне сәйкес қабылданатын шешімдерді мемлекеттік кірістер органының ақпараттық жүйесінің электрондық цифрлық қолтаңбасы арқылы куәландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық әкімшілендіру кезінде мемлекеттік кірістер органдарының ақпараттық жүйелерінде биометриялық сәйкестендіру құралын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық мәдениетін арттыруға және салық тәртібін күшейтуге бағытталған іс-шараларды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық төлеушінің (салық агентінің) салықтық міндеттемелерді орындауы үшін жағдайлар жасау жөніндегі іс-шараларды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық төлеушінің (салық агентінің) салықтық міндеттемені уақтылы орындауын қамтамасыз ету жөнінде іс-шаралар ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       қолданыстағы заңнамалық актілерде көзделген өзге де құқықтарды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
@@ -3594,50 +3684,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3666,69 +3776,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) камералдық бақылау нәтижелерi бойынша мемлекеттік кірістер органдары анықтаған бұзушылықтарды жою туралы хабарламаны орындалмаған деп тану туралы шешімнің нысанын және оны шығару мерзімін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-1) камералдық бақылау нәтижелері бойынша анықталған бұзушылықтар туралы хабарламаның нысанын әзірлеу;</w:t>
-[...17 lines deleted...]
-      1-2) камералдық бақылау нәтижелері бойынша салық органдары анықтаған бұзушылықтарды жою туралы хабарламаны орындалмады деп тану туралы шешімді шығару нысаны мен мерзімдерін әзірлеу;</w:t>
+      1-1) камералдық бақылау нәтижелері бойынша анықталған алшақтықтар туралы хабарламаның нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-2) алып тасталды – ҚР Қаржы министрінің 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сумен жабдықтау, су бұру, кәріз, газбен жабдықтау, электрмен жабдықтау, жылумен жабдықтау, қалдықтарды жинау (қоқысты жою), лифтілерге қызмет ету қызметтерін және (немесе) тасымалдар саласындағы қызметтерді көрсететін ұйымдардың үшінші тұлғаларға көрсетілген қызметтері туралы мәліметтерді ұсыну тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
@@ -3843,51 +3997,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) есебі мемлекеттік кірістер органдарында жүргізілетін, берешектердің болмауы (болуы) туралы мәліметтерді жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасының Заңына сәйкес бухгалтерлік есепке алуды жүргізу және қаржылық есептілікті жасау жөніндегі міндет жүктелмеген дара кәсіпкерлердің салықтық есепке алуды ұйымдастыру және жүргізу қағидаларын әзірлеу;</w:t>
+      9) "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасының Заңына сәйкес бухгалтерлік есепке алуды жүргізу және қаржылық есептілікті жасау жөніндегі міндет жүктелмеген, оңайлатылған декларация негізінде арнаулы салық режимдерін қолданатын дара кәсіпкерлердің салықтық есепке алуды ұйымдастыру және жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының Ұлттық Банкімен бірлесіп Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті мен Қазақстан Республикасы Ұлттық Банкінің валюталық бақылауды жүзеге асыру үшін өзара іс-қимыл қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z151" w:id="145"/>
     <w:p>
@@ -4067,50 +4221,104 @@
         <w:t>
       19) тауарлар импортын қосылған құн салығынан босату қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z160" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) электрондық шот-фактуралардың ақпараттық жүйесінде шот-фактураны электронды нысанда жазып беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20-1) электрондық шот-фактуралардың жазып берілуін автоматтандырылған бақылау жүргізілетін салық төлеушілердің санатын әзірлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-2) электрондық шот-фактуралардың жазып берілуін автоматтандырылған бақылау операторын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-3) электрондық шот-фактуралардың жазып берілуін автоматтандырылған бақылауды жүргізу қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z161" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) Қазақстан Республикасының кәсіпкерлік саласындағы заңнамасына сәйкес жасалған және инвестициялық басым жобаларды іске асыруды көздейтін инвестициялық келісімшарттар туралы мәліметтерді, сондай-ақ осы инвестициялық келісімшарттардың қолданысын тоқтату туралы мәліметтерді және өзге де мәліметтерді беру қағидаларын және олардың нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
     <w:bookmarkStart w:name="z162" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4143,6565 +4351,7369 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) тауарлармен электрондық сауданы жүзеге асыратын және Қазақстан Республикасы салық заңнамасының корпоративтік табыс салығының есептелген сомасын азайту, дара кәсіпкер кірісінің салық салынатын сомасын дара кәсіпкердің салық салынатын кірісіне азайту, жеке тұлғаның салық салынатын табысын дара кәсіпкердің салық салынатын кірісіне азайту бөлігіндегі нормаларын қолданатын тұлғалардың осындай қызмет бойынша ақпаратты ұсыну қағидаларын, мерзімдері мен нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:bookmarkStart w:name="z164" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24) ірі салық төлеушілер мониторингіне жататын салық төлеушілердің тізбесін әзірлеу;</w:t>
+      24) ірі салық төлеушілер мониторингіне қатысушылар тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:bookmarkStart w:name="z165" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25) деңгейлес мониторингті жүргізу қағидаларын әзірлеу;</w:t>
+      25) деңгейлес мониторингті жүргізу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
-[...15 lines deleted...]
-      26) деңгейлес мониторинг туралы келісім нысанын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1) деңгейлес мониторингке қатысу үшін салық төлеушінің деректер сөресін ұйымдастыру жөніндегі ең төменгі талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-2) салықтық есептіліктің көрсеткіштерін ашып көрсетуге, сондай-ақ олардың салықтық, бухгалтерлік тіркелімдердің және салық салу объектілерін және (немесе) салық салуға байланысты объектілерді айқындау үшін негіз болып табылатын өзге де құжаттардың көрсеткіштерімен өзара байланысына қойылатын ең төменгі талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-3) салық салу саласындағы ішкі бақылау жүйесі жөніндегі ақпарат пен есептерге қойылатын талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-4) деңгейлес мониторингке қатысу туралы өтінішті беру және қарау қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-5) деңгейлес мониторингпен байланысты мәселелерді қарау жөніндегі Консультативтік кеңестің құрамын және оның қызметі туралы ережені айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26) алып тасталды – ҚР Қаржы министрінің 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) деңгейлес мониторинг туралы келісім жасау және оны бұзу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z167" w:id="161"/>
-[...15 lines deleted...]
-      27) деңгейлес мониторинг туралы келісім жасау және оны бұзу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша валюталық түсімді айырбастау туралы салық органдарына қорытынды беру қағидалары мен нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z168" w:id="162"/>
-[...15 lines deleted...]
-      28) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша валюталық түсімді айырбастау туралы салық органдарына қорытынды беру қағидалары мен нысандарын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29) алып тасталды – ҚР Қаржы министрінің 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) стандартты файлға қойылатын талаптарды, оны жасау және ұсыну әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z169" w:id="163"/>
-[...15 lines deleted...]
-      29) деңгейлес мониторинг туралы келісім жасалатын салық төлеушілер санаттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) салықтық бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
-[...15 lines deleted...]
-      30) стандартты файлдың нысанын және оны жасау қағидаларын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31‑1) салық төлеушіге (салық агентіне) салықтық тексерудің алдын ала актісін табыс етудің, салықтық тексерудің алдын ала актісіне жазбаша қарсылықты ұсынудың, сондай-ақ осындай қарсылықты қараудың тәртібі мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-2) цифрлық активтердің құнын және олардың түрлерінің тізбесін айқындау, жариялау тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-3) букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін салық органының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтердің тәртібін, тізбесін және нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-4) халықты әлеуметтік қорғау саласындағы уәкілетті органмен келісу бойынша салық агентіне ұсынылған жеке табыс салығын ұстап қалу туралы өтініштің нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-5) жерді пайдалану мен қорғауды бақылау жөніндегі уәкілетті органның объектілерді салуға арналған және тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын және мақсаты бойынша пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын ауыл шаруашылығы мақсатындағы жер учаскелері бойынша мәліметтерді салық органдарына ұсыну тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-6) салықтық тексеруді жүргізудің ерекше тәртібін арнаулы мемлекеттік органдармен, Қазақстан Республикасы Қорғаныс министрлігінің әскери барлау органдарымен, құқық қорғау органдарымен бірлесіп айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-7) мемлекеттік кірістер органының салықтық тексеруді жүргізу туралы шешімін қабылдау тәртібі мен негізін, сондай-ақ мемлекеттік кірістер органы хронометраждық зерттеп-қарауды жүргізу туралы шешімді салық төлеушінің тіркеу деректерінде көрсетілген тұрған жері бойынша және (немесе) салық салу объектiсiнің және (немесе) салық салуға байланысты объектiнің тұрған жері бойынша шығару тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-8) қарсы салықтық тексеру тағайындау тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) есебін жүргізу тәртібі бұзылған жағдайда жанама әдістер негізінде (активтер, міндеттемелер, айналым, шығын, шығыс) салық салумен байланысты объектілерді және (немесе) салық салынатын объектілерді айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
-[...15 lines deleted...]
-      31) салықтық бақылауды жүзеге асыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) салық төлеушінің (салық агентінің) жеке шотын жүргізу тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Қазақстан Республикасының заңнамасында көзделген тәртіпте жоспардан тыс тексеруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:p>
-[...105 lines deleted...]
-      32) есебін жүргізу тәртібі бұзылған жағдайда жанама әдістер негізінде (активтер, міндеттемелер, айналым, шығын, шығыс) салық салумен байланысты объектілерді және (немесе) салық салынатын объектілерді айқындау;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) салық төлеушілердің мемлекеттік деректер базасын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z807" w:id="169"/>
+    <w:bookmarkStart w:name="z807" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34-1) мемлекеттік кірістер органдарының "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы Кодексінің 29-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 1) және 2) тармақшаларында көрсетілген тұлғалар туралы дерекқорды және орналастыруға жататын көрсетілген мәліметтер мен өзге де мәліметтерді жүргізу тәртібін, сондай-ақ дерекқорға енгізу және одан шығару тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z808" w:id="170"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z808" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34-2) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы кодексінің 29-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 1) және 2) тармақшаларында көрсетілген тұлғалардың тізілімін өзінің интернет-ресурсында жариялау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34-3) салық төлеушінің паспортындағы мәліметтердің тізбесін, оны қалыптастыру және интернет-ресурста орналастыру тәртібі мен мерзімдерін әзірлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-4) салық төлеушілерді салықтық тіркеу тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) мемлекеттік (мемлекет) тізілімінен (тізілім) бақылау кассалық машина моделін енгізу (алып тастау) арқылы бақылау кассалық машинасының мемлекеттік тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) салықтық әкімшілендіруді жаңғырту және бизнес-процесін ре-инжинирингтеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z175" w:id="171"/>
-[...15 lines deleted...]
-      35) мемлекеттік (мемлекет) тізілімінен (тізілім) бақылау кассалық машина моделін енгізу (алып тастау) арқылы бақылау кассалық машинасының мемлекеттік тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) салықтық берешектерді, кедендік төлемдер мен салықтар, арнайы, демпингке қарсы, өтемақы баждарын, өсімпұлдарды, пайыздарды, сондай-ақ әлеуметтік төлемдерді мәжбүрлі түрде өндіріп алу бойынша жұмысты ұйымдастыру және қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z176" w:id="172"/>
-[...15 lines deleted...]
-      36) салықтық әкімшілендіруді жаңғырту және бизнес-процесін ре-инжинирингтеуді жүзеге асыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37-1) салықтық берешектің шекті мөлшерін айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-2) мемлекеттік кірістер органының банктік шоттар бойынша шығыс операцияларын тоқтата тұру туралы өкімнің нысанын Қазақстан Республикасының Ұлттық Банкімен келісу бойынша әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-3) салық төлеушінің (салық агентінің) салықтық берешегін мемлекеттік кірістер органының мәжбүрлеп өндіріп алу тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Қазақстан Республикасының заңнамасына сәйкес салықтарды және (немесе) төлемді төлеу бойынша салықтық міндеттемелерді орындау мерзімін өзгертуге бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z177" w:id="173"/>
-[...15 lines deleted...]
-      37) салықтық берешектерді, кедендік төлемдер мен салықтар, арнайы, демпингке қарсы, өтемақы баждарын, өсімпұлдарды, пайыздарды, сондай-ақ әлеуметтік төлемдерді мәжбүрлі түрде өндіріп алу бойынша жұмысты ұйымдастыру және қамтамасыз ету;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-1) кейінге қалдыруды (бөліп төлеуді) ұсынудың тәртібі мен шарттарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Қазақстан Республикасының салық заңнамасында және тиісті халықаралық шарттарда белгіленген тәртіппен халықаралық шарттардың ережелерін қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z178" w:id="174"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="176"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) Қазақстан Республикасы Азаматтық кодексінің 49-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3) және 4) тармақшаларында көзделген негіздер бойынша мәмілелерді жарамсыз деп тану, заңды тұлғаны тарату туралы талап арызды, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген құзыретке және міндеттерге сәйкес өзге де талап арыздарды беру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) нормативтік құқықтық актілермен белгіленген құзыреті шегінде салықтық және салықтық емес түсімдердің есепке жатқызуын және/немесе қайтаруын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z182" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) салық заңнамасының орындалуына бақылауды жүзеге асыру бойынша орталық және жергілікті мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z181" w:id="177"/>
-[...15 lines deleted...]
-      41) нормативтік құқықтық актілермен белгіленген құзыреті шегінде салықтық және салықтық емес түсімдердің есепке жатқызуын және/немесе қайтаруын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) акцизделетiн тауарларды өндiрушiлердiң, олардың айналымын жүзеге асыратын тұлғалардың, борышкердің мүлкiн (активтерiн) өткiзу кезінде банкроттықты және оңалтуды басқарушылардың акцизделетiн тауарлардың жекелеген түрлерiн таңбалау, акцизделетiн тауарлардың Қазақстан Республикасының аумағында өткізу тәртiбiн сақтауы бөлiгiнде, сондай-ақ акциздiк бекеттер орнату арқылы акцизделетiн тауарларға бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z182" w:id="178"/>
-[...15 lines deleted...]
-      42) салық заңнамасының орындалуына бақылауды жүзеге асыру бойынша орталық және жергілікті мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z184" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) оңайлатылған декларация негізінде арнаулы салық режимін қолданатын дара кәсіпкерлер үшін салықтық есепке алу саясатының нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z183" w:id="179"/>
-[...15 lines deleted...]
-      43) акцизделетiн тауарларды өндiрушiлердiң, олардың айналымын жүзеге асыратын тұлғалардың, борышкердің мүлкiн (активтерiн) өткiзу кезінде банкроттықты және оңалтуды басқарушылардың акцизделетiн тауарлардың жекелеген түрлерiн таңбалау, акцизделетiн тауарлардың Қазақстан Республикасының аумағында өткізу тәртiбiн сақтауы бөлiгiнде, сондай-ақ акциздiк бекеттер орнату арқылы акцизделетiн тауарларға бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) салық төлеушінің (салық агентінің) – заңды тұлғаның, заңды тұлғаның құрылымдық бөлімшесінің, қызметін Қазақстан Республикасында тұрақты мекеме арқылы жүзеге асыратын бейрезиденттің, дара кәсіпкердің, жеке практикамен айналысатын адамның салықтық жүктемесінің коэффициентін есептеу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z184" w:id="180"/>
-[...15 lines deleted...]
-      44) патент, оңайлатылған декларация негізінде шағын бизнес субъектілері үшін арнаулы салық режимін немесе арнайы мобильді қосымшаны қолданатын дара кәсіпкерлер үшін салықтық есепке алу саясатының нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) салық төлеуші-жеке тұлға төлейтін мүлік, көлік құралдары салықтарын және жер салығын жинауға арналған түбіртек нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z185" w:id="181"/>
-[...15 lines deleted...]
-      45) салық органдарында дара кәсіпкерлер ретінде тіркелмеген және жеке практикамен айналыспайтын жеке тұлғаларды қоспағанда, салық төлеушінің (салық агентінің) салық жүктемесінің коэффициентін есептеу қағидаларын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-1) автокөлік құралдарының Қазақстан Республикасының аумағымен жүріп өткені үшін мемлекеттік баж және алым сомасын бюджетке төлеу бойынша қатаң есептілік бланкілерінің нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) акцизделетін тауарларды қоспағанда, гуманитарлық көмек ретінде тауарларды әкелу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z186" w:id="182"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:bookmarkStart w:name="z188" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48) қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау жөніндегі уәкілетті органмен бірлесіп, еңбек сіңірілмеген сыйлықақылар, болмаған залалдар, мәлімделген, бірақ реттелмеген залалдар, болған, бірақ мәлімделмеген залалдар бойынша сақтандыру резервтері мөлшерінің Қазақстан Республикасының сақтандыру және сақтандыру қызметі туралы заңнамасында белгіленген талаптарға сәйкестігі туралы қорытынды беру қағидаларын әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) валюталық бақылауды жүзеге асыру және кейіннен валюталық бақылау агенті болып табылатын уәкілетті банктерге беру үшін қажетті мәліметтерді Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қазақстан Республикасының Ұлттық Банкіне табыс ету тізбесін және тәртібін Қазақстан Республикасының Ұлттық Банкімен бірлесіп әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z190" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) қосылған құн салығының асып кеткен сомасының анықтығын растау мақсатында тәуекелдерді басқару жүйесін қолдану қағидаларын және тәуекел дәрежесінің өлшемшарттарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z189" w:id="185"/>
-[...15 lines deleted...]
-      49) валюталық бақылауды жүзеге асыру және кейіннен валюталық бақылау агенті болып табылатын уәкілетті банктерге беру үшін қажетті мәліметтерді Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қазақстан Республикасының Ұлттық Банкіне табыс ету тізбесін және тәртібін Қазақстан Республикасының Ұлттық Банкімен бірлесіп әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) қосылған құн салығының асып кетуін қайтару қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z190" w:id="186"/>
-[...15 lines deleted...]
-      50) қосылған құн салығының асып кеткен сомасының анықтығын растау мақсатында тәуекелдерді басқару жүйесін қолдану қағидаларын және тәуекел дәрежесінің өлшемшарттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) жеке тұлғаның салықтық шегерімдерді қолдану туралы өтінішінің және жеке тұлғамен есеп айырысулар туралы анықтаманың нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z191" w:id="187"/>
-[...15 lines deleted...]
-      51) қосылған құн салығының асып кетуін қайтару қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Қазақстан Республикасының Ұлттық Банкімен бірлесіп, Қазақстан Республикасы Ұлттық Банкінің Министрлікке уәкілетті банктерден Қазақстан Республикасынан және Қазақстан Республикасына баламалы Америка Құрама Штаттарының 50 000 долларынан астам сомаға валюталық операциялар бойынша төлемдер және (немесе) ақша аударымдары туралы алынған ақпаратты беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z192" w:id="188"/>
-[...15 lines deleted...]
-      52) жеке тұлғаның салықтық шегерімдерді қолдану туралы өтінішінің және жеке тұлғамен есеп айырысулар туралы анықтаманың нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша банктік ұйымдардың банктік шоттардың бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақша қалдықтары мен қозғалысы туралы мәліметтерді ұсыну нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z193" w:id="189"/>
-[...15 lines deleted...]
-      53) Қазақстан Республикасының Ұлттық Банкімен бірлесіп, Қазақстан Республикасы Ұлттық Банкінің Министрлікке уәкілетті банктерден Қазақстан Республикасынан және Қазақстан Республикасына баламалы Америка Құрама Штаттарының 50 000 долларынан астам сомаға валюталық операциялар бойынша төлемдер және (немесе) ақша аударымдары туралы алынған ақпаратты беру қағидаларын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54-1) Қазақстан Республикасының Ұлттық Банкімен бірлесіп екінші деңгейдегі банктер жүзеге асыратын банк қызметі бойынша салық салынатын кірісті айқындау тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) резиденттікті растайтын құжаттың және Қазақстан Республикасындағы көздерден алынған кірістері және ұстап қалған (төленген) салықтардың сомасы туралы анықтаманың нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z194" w:id="190"/>
-[...15 lines deleted...]
-      54) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша екінші деңгейдегі банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың тауарлардың электрондық саудасы бойынша тіркеу есебінде тұрған салық төлеушілер бойынша банктік шоттардың бар-жоғы және олардың нөмірлері, осы шоттардағы ақша қалдықтары мен қозғалысы туралы мәліметтерді беру қағидалары мен мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) бақыланатын шетелдік компанияға қатысу (бақылау жасау) туралы өтініш нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z195" w:id="191"/>
-[...15 lines deleted...]
-      55) резиденттікті растайтын құжаттың және Қазақстан Республикасындағы көздерден алынған кірістері және ұстап қалған (төленген) салықтардың сомасы туралы анықтаманың нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Қазақстан Республикасында тұрған мүлікті өткізу кезіндегі мәмілеге қатысушылар және параметрлері және акциялар, салық агенті болып табылатын бейрезидент туралы мәліметті қоса, Қазақстан Республикасында жер қойнауын пайдалануға байланысты қатысу үлесі туралы мәліметтер нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z196" w:id="192"/>
-[...15 lines deleted...]
-      56) бақыланатын шетелдік компанияға қатысу (бақылау жасау) туралы өтініш нысанын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-1) өткізілетін акциялардың құнына немесе өткізу күніндегі қатысу үлесіне пайыздық арақатынастағы мүліктің үлесін, сондай-ақ жер қойнауын пайдаланушы (жер қойнауын пайдаланушылар) болып табылатын тұлғалардың (тұлғаның), резидент-заңды тұлғаның, оның ішінде эмитент заңды тұлғаның активтері құнындағы мүлкінің үлесін айқындау тәртібін, Қазақстан Республикасындағы мүлікті өткізу кезінде құн өсімінен түсетін кірістерден салықты есепке жазу тәртібі мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) мәліметтерді мемлекеттік кірістер органдарына ұсыну қағидаларын және мерзімін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z197" w:id="193"/>
-[...15 lines deleted...]
-      57) Қазақстан Республикасында тұрған мүлікті өткізу кезіндегі мәмілеге қатысушылар және параметрлері және акциялар, салық агенті болып табылатын бейрезидент туралы мәліметті қоса, Қазақстан Республикасында жер қойнауын пайдалануға байланысты қатысу үлесі туралы мәліметтер нысанын әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-1) қаржы нарығын және қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша мемлекеттік кірістер органына қаржы және төлем ұйымдарының, коллекторлық агенттіктердің, бағалы қағаздарды номиналды ұстаушылар ретінде клиенттердің шоттарын жүргізу құқығына ие кастодиандардың, орталық депозитарийдің, брокерлердің және (немесе) дилерлердің, инвестициялық портфельді басқаратын кастодиандардың, қызметін "өмірді сақтандыру" саласы бойынша жүзеге асыратын сақтандыру ұйымдарының, сондай-ақ сақтандыру (қайта сақтандыру) ұйымдарының, сақтандыру брокерлерінің мәліметтерді ұсыну тәртібін, нысандарын және мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-2) банк және төлем ұйымдары Қазақстан Республикасының Ұлттық Банкімен келісу бойынша мемлекеттік кірістер органына қызметін Қазақстан Республикасының аумағында интернет-алаң арқылы жүзеге асыратын шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, бір тоқсандағы төлемдер мен аударымдардың жиынтық сомалары туралы мәліметтерді ұсыну тәртібін, мерзімдерін және нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-3) цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары мемлекеттік кірістер органына Қазақстан Республикасының резиденттері мен бейрезиденттерінің цифрлық активтер биржаларында жүргізген операциялары және резиденттер мен бейрезиденттерге цифрлық активтерге байланысты қызметті жүзеге асырудан төленген сыйақылар туралы мәліметтердің нысанын және оларды ұсыну тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-4) букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылар мемлекеттік кірістер органына ұсынатын мәліметтердің тізбесі мен нысандарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-5) өзара іс-қимыл жасау қағидаларын және қызметін интернет-платформаны пайдалана отырып жүзеге асыратын, сондай-ақ Қазақстан Республикасының Әлеуметтік кодексіне сәйкес орындаушылар болып табылатын жеке тұлғалар жөніндегі мәліметтердің нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-6) мемлекеттік қызметтер көрсету саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға арналған жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлға ақпараттық жүйелерді интеграциялау арқылы мемлекеттік кірістер органына жеке тұлғалар туралы мәліметтерді ұсыну нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-7) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен бірлесіп тексерілетін салық төлеушіге қатысты оның Қазақстан Республикасының сақтандыру және сақтандыру қызметі туралы заңнамасында белгіленген талаптарға сәйкестігі бойынша сақтандыру міндеттемелері туралы қорытындының нысанын, оларды ұсыну тәртібін және мерзімін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58-8) қарыз краудфандингтік платформаны басқару жөніндегі қызметті жүзеге асыруға лицензиясы бар "Астана" халықаралық қаржы орталығының қатысушысы ұсынатын краудфандингтік платформаларда жасалған шарттар, сондай-ақ резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтердің нысанын және оларды ұсыну тәртібін әзірлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-9) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияларды ұсыну міндеті туындаған жеке тұлғалардың коллекторлық және (немесе) микроқаржы ұйымдарының алдындағы берешегі бойынша кредиттік есептен алынған мәліметтердің нысандарын және осындай мәліметтерді ұсыну тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-10) көрсетілген қызметтер, орындалған жұмыстар үшін ақы төлеу интернет-платформа арқылы жүргізілмейтін интернет-платформа операторлары мемлекеттік кірістер органдарына интернет-платформада тіркелген, интернет-платформаны пайдалана отырып, тапсырыс берушілерге қызметтер көрсететін немесе тапсырыс берушілерге жұмыстарды орындайтын тұлғалар туралы мәліметтерді ұсыну қағидалары мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) құпия ақпарат болып табылмайтын өлшемшарттар бойынша тәуекелдерді басқару жүйесін қолдану қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z198" w:id="194"/>
-[...15 lines deleted...]
-      58) мәліметтерді мемлекеттік кірістер органдарына ұсыну қағидаларын және мерзімін әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-1) салықтық тәуекелдерді басқаруды ұйымдастыру тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) мемлекеттік кірістер органдарының сұрау салуы бойынша тауарлармен электрондық сауда кезінде тауарларды жөнелтуді, тасымалдауды, жеткізуді жүзеге асыратын тұлғалардың мәліметтерді беру қағидаларын, мерзімдері мен нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z199" w:id="195"/>
-[...15 lines deleted...]
-      59) құпия ақпарат болып табылмайтын өлшемшарттар бойынша тәуекелдерді басқару жүйесін қолдану қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) салық тіркелімдерінің нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z200" w:id="196"/>
-[...15 lines deleted...]
-      60) мемлекеттік кірістер органдарының сұрау салуы бойынша тауарлармен электрондық сауда кезінде тауарларды жөнелтуді, тасымалдауды, жеткізуді жүзеге асыратын тұлғалардың мәліметтерді беру қағидаларын, мерзімдері мен нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) тауарларға ілеспе жүкқұжаттарды ресімдеу жөніндегі міндет қолданылатын тауарлардың тізбесін, сондай-ақ нысандарын, ресімдеу тәртібін және олардың құжат айналымын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z201" w:id="197"/>
-[...15 lines deleted...]
-      61) салық тіркелімдерінің нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) құқықтың (талап етудің) коллекторлық агенттікке өту шарттарын қамтитын шарттар бойынша мәліметтерді ұсыну нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z202" w:id="198"/>
-[...15 lines deleted...]
-      62) тауарларға арналған ілеспе жүкқұжаттарды ресімдеу бойынша міндеті, сондай-ақ ресімдеу тәртібі және олардың құжат айналымы қолданылатын тауарлар тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Қазақстан Республикасының Әділет министрлігімен келісу бойынша нотариустардың мәмілелер мен шарттар бойынша, сондай-ақ жеке тұлғалардың мұраға құқығы туралы берілген куәліктер бойынша мәліметтер ұсыну нысанын, қағидалары мен мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z203" w:id="199"/>
-[...15 lines deleted...]
-      63) құқықтың (талап етудің) коллекторлық агенттікке өту шарттарын қамтитын шарттар бойынша мәліметтерді ұсыну нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер, сондай-ақ салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді уәкiлеттi мемлекеттік органдардың ұсыну қағидаларын, мерзімдерін және нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z204" w:id="200"/>
-[...15 lines deleted...]
-      64) Қазақстан Республикасының Әділет министрлігімен келісу бойынша нотариустардың мәмілелер мен шарттар бойынша, сондай-ақ жеке тұлғалардың мұраға құқығы туралы берілген куәліктер бойынша мәліметтер ұсыну нысанын, қағидалары мен мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) бақылау-касса машинасын қолдану тәртібін және бақылау-касса машинасы чегінің мазмұнына қойылатын талаптар тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z205" w:id="201"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-1) ақпараттандыру саласындағы уәкілетті органмен және Қазақстан Республикасының Ұлттық Банкімен келісу бойынша үш құрауышты интеграцияланған жүйеге және оны есепке алуға қойылатын талаптарды, оны орнату және қолдану тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67) алып тасталды – ҚР Қаржы министрінің 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68) ақпараттандыру саласындағы уәкілетті органмен бірлесіп, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы ұсынылатын салықтық өтініштердің тізбесін әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z209" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Қазақстан Республикасы мемлекеттік кірістер органдарының кодтарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z210" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) халыққа қалалық қоғамдық көлікпен тасымалдау бойынша қызметтер көрсету бөлігінде салық төлеушілердің билеттерді пайдалануы туралы мәліметтердің нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) салық төлеушілер, оның ішінде дара кәсіпкер, жеке практикамен айналысатын адам ретінде тіркеу есебінде тұрған жеке тұлғалар туралы ақпаратты екінші деңгейдегі банктерге және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға беру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z209" w:id="205"/>
-[...15 lines deleted...]
-      69) Қазақстан Республикасы мемлекеттік кірістер органдарының кодтарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша фискалдық деректердің әлеуетті операторына қойылатын біліктілік талаптарын, фискалдық деректер операторын тізбеге енгізу және тізбеден шығару тәртібін, сондай-ақ фискалдық деректер операторларының тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z210" w:id="206"/>
-[...15 lines deleted...]
-      70) халыққа қалалық қоғамдық көлікпен тасымалдау бойынша қызметтер көрсету бөлігінде салық төлеушілердің билеттерді пайдалануы туралы мәліметтердің нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) толысылған шарапты (шарап материалын), сыра мен сыра сусынын қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) тәртібін, сондай-ақ есепке алу-бақылау маркаларының нысандарын, мазмұны мен қорғау элементтерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z211" w:id="207"/>
-[...15 lines deleted...]
-      71) салық төлеушілер, оның ішінде дара кәсіпкер, жеке практикамен айналысатын адам ретінде тіркеу есебінде тұрған жеке тұлғалар туралы ақпаратты екінші деңгейдегі банктерге және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің акцизді төлеу туралы және (немесе) импорттаушының есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін, есебін ұсыну, сондай-ақ осындай міндеттемені есепке алу тәртібін және оны қамтамасыз ету мөлшерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z212" w:id="208"/>
-[...15 lines deleted...]
-      72) фискалдық деректер операторының тізбесіне (тізбесінен) енгізу (алып тастау) қағидаларын, сондай-ақ фискалдық деректердің әлеуетті операторына қойылатын біліктілік талаптарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) ЕАЭО мүше мемлекеттердің уәкілетті органдарына және Еуразиялық экономикалық одақтың комиссиясына кеден баждарының сомалары бойынша ақпарат дайындау және жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z213" w:id="209"/>
-[...15 lines deleted...]
-      73) толысылған шарапты және сыра қайнату өнімін қоспағанда, алкоголь өнімін есепке алу-бақылау таңбаларымен таңбалау (қайта таңбалау) қағидаларын, сондай-ақ есепке алу-бақылау таңбаларының нысандарын, мазмұны мен қорғау элементтерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) зияткерлік меншiк объектiлерін кедендік тiзілімге енгізу туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z214" w:id="210"/>
-[...15 lines deleted...]
-      74) есепке алу-бақылау таңбаларын алу, есепке алу, сақтау, беру қағидаларын, өндірушілердің және (немесе) импорттаушылардың алкоголь өнімінің өндірісі және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау таңбаларын нысаналы пайдалану туралы міндеттемені, есепті табыс ету, сондай-ақ осындай міндеттемені есепке алу тәртібін және қамтамасыз ету мөлшерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) зияткерлік меншiк объектiлерін кедендік тiзілімінің нысандарын және жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z215" w:id="211"/>
-[...15 lines deleted...]
-      75) ЕАЭО мүше мемлекеттердің уәкілетті органдарына және Еуразиялық экономикалық одақтың комиссиясына кеден баждарының сомалары бойынша ақпарат дайындау және жіберу;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) салықтық және кедендік әкімшілендіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z216" w:id="212"/>
-[...15 lines deleted...]
-      76) зияткерлік меншiк объектiлерін кедендік тiзілімге енгізу туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) салық және кеден заңнамасында көзделген өтініштер мен өзге де құжаттардың нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z217" w:id="213"/>
-[...15 lines deleted...]
-      77) зияткерлік меншiк объектiлерін кедендік тiзілімінің нысандарын және жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) ұсталған тауарларды өткізу, пайдалану немесе жою, ұсталған тауарларды тасымалдау (тасу), қайта тиеу (тиеу, түсіру), сақтау бойынша шығыстар, ұсталған тауарларды өткізуге дайындауға және өткізуге байланысты өзге де шығыстар, сондай-ақ оларды өткізуден алынған соманы қайтару қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z218" w:id="214"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z221" w:id="217"/>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81) уақытша сақтау орындарында тауарлардың орналастырылуын растау, тауарларды уақытша сақтауға орналастыру үшін мемлекеттік кірістер органдары ұсынылған құжаттарды тіркеуге және олардың тіркелгені туралы растаманы беруге байланысты кедендік операцияларды жасау қағидаларын әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) Қазақстан Республикасының заңнамасымен осы органның жүргізуіне жататын әкімшілік құқық бұзушылықтарды анықтау және қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) транзиттік декларациядағы мәліметтерді мәлімдеу ерекшеліктерін және тауарларды Қазақстан Республикасының аумағы бойынша өткізу кезінде оны пайдалану тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) тауарларға арналған декларация және транзиттік декларация ретінде көліктік (тасымалдау), коммерциялық және (немесе) өзге де құжаттарды, оның ішінде Қазақстан Республикасының халықаралық шарттарында көзделген құжаттарды пайдалану қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z222" w:id="218"/>
-[...15 lines deleted...]
-      82) Қазақстан Республикасының заңнамасымен осы органның жүргізуіне жататын әкімшілік құқық бұзушылықтарды анықтау және қарау;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Қазақстан Республикасының аумағы бойынша тасымалданатын тауарларға қатысты кедендік транзит кедендік рәсімін қолдану ерекшеліктерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z223" w:id="219"/>
-[...15 lines deleted...]
-      83) транзиттік декларациядағы мәліметтерді мәлімдеу ерекшеліктерін және тауарларды Қазақстан Республикасының аумағы бойынша өткізу кезінде оны пайдалану тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) мемлекеттік кірістер органдарының лауазымды адамының кедендік декларацияны толтыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z224" w:id="220"/>
-[...15 lines deleted...]
-      84) тауарларға арналған декларация және транзиттік декларация ретінде көліктік (тасымалдау), коммерциялық және (немесе) өзге де құжаттарды, оның ішінде Қазақстан Республикасының халықаралық шарттарында көзделген құжаттарды пайдалану қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) ЕАЭО кедендік аумағына жеке пайдалануға арналған тауарларды олардың ЕАЭО кедендік аумағына кері әкетілгеннен кейін кері әкелуін растау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z225" w:id="221"/>
-[...15 lines deleted...]
-      85) Қазақстан Республикасының аумағы бойынша тасымалданатын тауарларға қатысты кедендік транзит кедендік рәсімін қолдану ерекшеліктерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, ЕАЭО кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын ұстауды (тоқтата тұруды) жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z226" w:id="222"/>
-[...15 lines deleted...]
-      86) мемлекеттік кірістер органдарының лауазымды адамының кедендік декларацияны толтыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) көлік саласындағы уәкілетті органмен келісу бойынша теміржол тасымалдаушыларының уақытша әкелінген халықаралық тасымалдаудың теміржол көлік құралының және (немесе) теміржол көлік құралдарымен тасымалданатын, оның ішінде ішкі тасымалдар үшін пайдаланылатын контейнерлердің орналасқан жері туралы ақпаратты ұсыну тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z227" w:id="223"/>
-[...15 lines deleted...]
-      87) ЕАЭО кедендік аумағына жеке пайдалануға арналған тауарларды олардың ЕАЭО кедендік аумағына кері әкетілгеннен кейін кері әкелуін растау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) қос дәліз жүйесі қолданылатын, ЕАЭО кедендік шекарасы арқылы тауарларды өткізу орындарының тізбесін, сондай-ақ осындай Тізбені құрастыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z228" w:id="224"/>
-[...15 lines deleted...]
-      88) құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, ЕАЭО кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын ұстауды (тоқтата тұруды) жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) тауарды сыныптау туралы алдын ала шешімдерді тауарды сыныптау туралы алдын ала шешімдерді тіркеу журналында тіркеу қағидаларын, сондай-ақ тауарды сыныптау туралы алдын ала шешімдерді қабылдағаны туралы тұлғаның өтініші нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z229" w:id="225"/>
-[...15 lines deleted...]
-      89) көлік саласындағы уәкілетті органмен келісу бойынша теміржол тасымалдаушыларының уақытша әкелінген халықаралық тасымалдаудың теміржол көлік құралының және (немесе) теміржол көлік құралдарымен тасымалданатын, оның ішінде ішкі тасымалдар үшін пайдаланылатын контейнерлердің орналасқан жері туралы ақпаратты ұсыну тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) тауарларды сыныптау туралы шешім қабылдау тәртібін, нысанын және мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z230" w:id="226"/>
-[...15 lines deleted...]
-      90) қос дәліз жүйесі қолданылатын, ЕАЭО кедендік шекарасы арқылы тауарларды өткізу орындарының тізбесін, сондай-ақ осындай Тізбені құрастыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) тауардың шығарылған жері туралы алдын ала шешімдерді тауардың шығарылған жері туралы алдын ала шешімдерді тіркеу журналында тіркеу қағидаларын, сондай-ақ тауардың шығарылған жері алдын ала шешімдерді қабылдағаны туралы тұлғаның өтініші нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z231" w:id="227"/>
-[...15 lines deleted...]
-      91) тауарды сыныптау туралы алдын ала шешімдерді тауарды сыныптау туралы алдын ала шешімдерді тіркеу журналында тіркеу қағидаларын, сондай-ақ тауарды сыныптау туралы алдын ала шешімдерді қабылдағаны туралы тұлғаның өтініші нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) консультация өткізу қағидаларын және мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z232" w:id="228"/>
-[...15 lines deleted...]
-      92) тауарларды сыныптау туралы шешім қабылдау тәртібін, нысанын және мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) аванс төлемдерін енгізудің қағидаларын және нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z233" w:id="229"/>
-[...15 lines deleted...]
-      93) тауардың шығарылған жері туралы алдын ала шешімдерді тауардың шығарылған жері туралы алдын ала шешімдерді тіркеу журналында тіркеу қағидаларын, сондай-ақ тауардың шығарылған жері алдын ала шешімдерді қабылдағаны туралы тұлғаның өтініші нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) ЕАЭО кедендік шекарасы арқылы құрастырылмаған немесе бөлшектелген түрде, оның ішінде жасақталмаған немесе жасалып бітпеген түрде өткізілетін тауарларды сыныптау туралы шешімдердің нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z234" w:id="230"/>
-[...15 lines deleted...]
-      94) консультация өткізу қағидаларын және мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау туралы өтініштің нысандарын және құрастырылмаған түрдегі тауарды сыныптау туралы шешімді құрастырылмаған түрдегі тауарды сыныптау туралы шешімдерді тіркеу журналында тіркеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z235" w:id="231"/>
-[...15 lines deleted...]
-      95) аванс төлемдерін енгізудің қағидаларын және нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) әкелінетін тауарлардың кедендік құнын айқындау әдістерін қолдану мәселелері жөніндегі алдын ала шешімдер беру тәртібін, шарттары мен мерзімдерін, сондай-ақ осындай алдын ала шешімді қолданудың тәртібі мен мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z236" w:id="232"/>
-[...15 lines deleted...]
-      96) ЕАЭО кедендік шекарасы арқылы құрастырылмаған немесе бөлшектелген түрде, оның ішінде жасақталмаған немесе жасалып бітпеген түрде өткізілетін тауарларды сыныптау туралы шешімдердің нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) көлік саласындағы уәкілетті органмен бірлесіп ЕАЭО кедендік шекарасы арқылы автомобиль өткізу пункттерінде көліктік бақылауды мемлекеттік кірістер органдарының лауазымды адамдарының жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z237" w:id="233"/>
-[...15 lines deleted...]
-      97) белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау туралы өтініштің нысандарын және құрастырылмаған түрдегі тауарды сыныптау туралы шешімді құрастырылмаған түрдегі тауарды сыныптау туралы шешімдерді тіркеу журналында тіркеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) радиациялық бақылауды жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z238" w:id="234"/>
-[...15 lines deleted...]
-      98) әкелінетін тауарлардың кедендік құнын айқындау әдістерін қолдану мәселелері жөніндегі алдын ала шешімдер беру тәртібін, шарттары мен мерзімдерін, сондай-ақ осындай алдын ала шешімді қолданудың тәртібі мен мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) ЕАЭО кеден заңнамасында реттелмеген бөлігінде кедендерді, кеден бекеттерін және бақылау-өткізу пункттерін құру, санатқа бөлу, сыныптау қағидаларын, сондай-ақ мемлекеттік кірістер органдары мен мемлекеттік кірістер органдарының жүйесіне кіретін мамандандырылған мемлекеттік мекемелер орналасқан жерлерде және аумағында кедендік операциялар жасалуы және кедендік бақылау жүргізілуі мүмкін өзге жерлерде кедендік инфрақұрылым элементтерін жайластыруға және техникалық жарақтандыруға қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z239" w:id="235"/>
-[...15 lines deleted...]
-      99) көлік саласындағы уәкілетті органмен бірлесіп ЕАЭО кедендік шекарасы арқылы автомобиль өткізу пункттерінде көліктік бақылауды мемлекеттік кірістер органдарының лауазымды адамдарының жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) тауарларды жою нәтижесінде пайда болған қалдықтарды, оларды одан әрі коммерциялық пайдалану үшін жарамсыз деп тану тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z240" w:id="236"/>
-[...15 lines deleted...]
-      100) радиациялық бақылауды жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) кедендік баждардың, салықтардың, арнайы, демпингке қарсы, өтемақы баждарының, өсімпұлдардың, пайыздардың белгіленген мерзімде төленбеген сомалары және кедендік баждардың, салықтар, арнайы, демпингке қарсы, өтемақы баждары, өсімпұлдар, пайыздар бойынша берешекті өтеу туралы хабарламалардың нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z241" w:id="237"/>
-[...15 lines deleted...]
-      101) ЕАЭО кеден заңнамасында реттелмеген бөлігінде кедендерді, кеден бекеттерін және бақылау-өткізу пункттерін құру, санатқа бөлу, сыныптау қағидаларын, сондай-ақ мемлекеттік кірістер органдары мен мемлекеттік кірістер органдарының жүйесіне кіретін мамандандырылған мемлекеттік мекемелер орналасқан жерлерде және аумағында кедендік операциялар жасалуы және кедендік бақылау жүргізілуі мүмкін өзге жерлерде кедендік инфрақұрылым элементтерін жайластыруға және техникалық жарақтандыруға қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) өзінің интернет-ресурсында кешенді көшпелі кедендік тексерулердің жартыжылдық графиктерін орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z242" w:id="238"/>
-[...15 lines deleted...]
-      102) тауарларды жою нәтижесінде пайда болған қалдықтарды, оларды одан әрі коммерциялық пайдалану үшін жарамсыз деп тану тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) өзге уәкiлетті сараптама ұйымдары (сарапшылар) жүргізу үшін кедендік сараптама тағайындау қағидаларын және кедендік сараптама жүргізу үшін мемлекеттік кірістер органдарының лауазымды адамы болып табылмайтын сарапшы (маманды) тарту қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z243" w:id="239"/>
-[...15 lines deleted...]
-      103) кедендік баждардың, салықтардың, арнайы, демпингке қарсы, өтемақы баждарының, өсімпұлдардың, пайыздардың белгіленген мерзімде төленбеген сомалары және кедендік баждардың, салықтар, арнайы, демпингке қарсы, өтемақы баждары, өсімпұлдар, пайыздар бойынша берешекті өтеу туралы хабарламалардың нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) кедендік сараптаманы жүргізу үшін кедендік, көліктік (тасымалдау), коммерциялық және өзге де құжаттарды, сәйкестендіру құралдарын алып қою қағидаларын және құжаттар мен сәйкестендіру құралдарын және тауарларды алып қою туралы актінің нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z244" w:id="240"/>
-[...15 lines deleted...]
-      104) өзінің интернет-ресурсында кешенді көшпелі кедендік тексерулердің жартыжылдық графиктерін орналастыру;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) уәкілетті кеден органы кедендік сараптама жүргізу қағидаларын және кедендік сараптама тағайындау туралы мемлекеттік кірістер органдары шешімнің нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z245" w:id="241"/>
-[...15 lines deleted...]
-      105) өзге уәкiлетті сараптама ұйымдары (сарапшылар) жүргізу үшін кедендік сараптама тағайындау қағидаларын және кедендік сараптама жүргізу үшін мемлекеттік кірістер органдарының лауазымды адамы болып табылмайтын сарапшы (маманды) тарту қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) Қазақстан Республикасының аумағында құрылған еркін қоймаға орналастыру үшін еркін қойма кедендік рәсімімен міндетті түрде орналастыруға жататын ЕАЭО тауарларының жекелеген санаттарының тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z246" w:id="242"/>
-[...15 lines deleted...]
-      106) кедендік сараптаманы жүргізу үшін кедендік, көліктік (тасымалдау), коммерциялық және өзге де құжаттарды, сәйкестендіру құралдарын алып қою қағидаларын және құжаттар мен сәйкестендіру құралдарын және тауарларды алып қою туралы актінің нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) еркін қойма кедендік рәсімімен орналастырылған тауарлар еркін қойма кедендік рәсімімен орналастырылған тауарлардың декларанты болатын заңды тұлға иесі болып табылатын бірнеше еркін қойманың аумақтарына орналастырылуы және соларда болуы мүмкін жағдайларда, осындай тауарлардың және еркін қойма кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарлардың осындай қоймалар арасында өткізілуін, сондай-ақ мұндай жағдайларда кедендік операцияларды жасау ерекшеліктерін және осындай тауарларға қатысты кедендік бақылауды жүргізу ерекшеліктерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z247" w:id="243"/>
-[...15 lines deleted...]
-      107) уәкілетті кеден органы кедендік сараптама жүргізу қағидаларын және кедендік сараптама тағайындау туралы мемлекеттік кірістер органдары шешімнің нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) Қазақстан Республикасының аумағында еркін қойма кедендік рәсімі қолданылмайтын шетелдік тауарлардың тізбесін және (немесе) шетелдік тауарлардың санаттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z248" w:id="244"/>
-[...15 lines deleted...]
-      108) Қазақстан Республикасының аумағында құрылған еркін қоймаға орналастыру үшін еркін қойма кедендік рәсімімен міндетті түрде орналастыруға жататын ЕАЭО тауарларының жекелеген санаттарының тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) еркін қойма кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін қойма кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды еркін қойма кедендік рәсімінің қолданысын аяқтамай еркін қойма аумағынан әкетуге мемлекеттік кірістер органдарының рұқсат беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z249" w:id="245"/>
-[...15 lines deleted...]
-      109) еркін қойма кедендік рәсімімен орналастырылған тауарлар еркін қойма кедендік рәсімімен орналастырылған тауарлардың декларанты болатын заңды тұлға иесі болып табылатын бірнеше еркін қойманың аумақтарына орналастырылуы және соларда болуы мүмкін жағдайларда, осындай тауарлардың және еркін қойма кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарлардың осындай қоймалар арасында өткізілуін, сондай-ақ мұндай жағдайларда кедендік операцияларды жасау ерекшеліктерін және осындай тауарларға қатысты кедендік бақылауды жүргізу ерекшеліктерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) еркін қойма аумағында, осындай аумаққа адамдардың кіру тәртібін айқындауды қоса алғанда, өткізу-бақылау режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z250" w:id="246"/>
-[...15 lines deleted...]
-      110) Қазақстан Республикасының аумағында еркін қойма кедендік рәсімі қолданылмайтын шетелдік тауарлардың тізбесін және (немесе) шетелдік тауарлардың санаттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) еркін қойма кедендік рәсімімен орналастырылған, тауарды дайындау (алу) тауарларды дайындауға (алуға) қатысатын немесе септігін тигізетін өндірістік процестерді қамтамасыз ету, еркін қойма аумағында пайдаланылатын, сондай-ақ жылжымайтын объектілерді салу мақсатында жабдықтарды, машиналар мен агрегаттарды күтіп ұстау мен пайдалану процесінде қайтарымсыз жоғалған тауарлар толық немесе ішінара жұмсалған (тұтынылған) (өндірістік шығындар) жағдайларда еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z251" w:id="247"/>
-[...15 lines deleted...]
-      111) еркін қойма кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін қойма кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды еркін қойма кедендік рәсімінің қолданысын аяқтамай еркін қойма аумағынан әкетуге мемлекеттік кірістер органдарының рұқсат беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) еркін қойма кедендік рәсімімен орналастырылған және еркін қойманың иесі пайдалануға енгізген және қолданатын жабдық болып табылатын тауарларға немесе еркін қойманың аумағында жылжымайтын объектілер құру үшін еркін қойманың иесі пайдаланған және еркін қойманың жұмыс істеуі тоқтатылған кезде, көрсетілген тауарларды кедендік рәсімімен орналастырмай, осындай жылжымайтын объектілердің құрамдас бөлшектері болып табылатын тауарларға қатысты еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z252" w:id="248"/>
-[...15 lines deleted...]
-      112) еркін қойма аумағында, осындай аумаққа адамдардың кіру тәртібін айқындауды қоса алғанда, өткізу-бақылау режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) еркін қойма кедендік рәсімімен орналастырған тауарларды сақтау, тиеу (түсіру) жөніндегі операцияларды және сақтауға байланысты өзге де жүк операцияларын, тауарлардың сақталуын қамтамасыз ету үшін қажетті операцияларды, сондай-ақ партияларды бөлшектеуді, жөнелтілімдерді қалыптастыруды, сұрыптауды, орауды, қайта орауды, таңбалауды қоса алғанда, тауарларды тасымалдауға (тасуға) және сатуға дайындау жөніндегі әдеттегі операцияларды, тауарларды қайта өңдеу бойынша операциялар жасау мақсатында тауарлық сапасын жақсарту, жабдықтарды, машиналар мен агрегаттарды, оларға қосалқы бөлшектерді қолдану (пайдалану) бойынша операцияларды, еркін қойма иелерінен өзге адамдардың еркін қойманы пайдалануға және оның жұмыс істеуіне байланысты өзге де операцияларды жасауды қағидаларын және шарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z253" w:id="249"/>
-[...15 lines deleted...]
-      113) еркін қойма кедендік рәсімімен орналастырылған, тауарды дайындау (алу) тауарларды дайындауға (алуға) қатысатын немесе септігін тигізетін өндірістік процестерді қамтамасыз ету, еркін қойма аумағында пайдаланылатын, сондай-ақ жылжымайтын объектілерді салу мақсатында жабдықтарды, машиналар мен агрегаттарды күтіп ұстау мен пайдалану процесінде қайтарымсыз жоғалған тауарлар толық немесе ішінара жұмсалған (тұтынылған) (өндірістік шығындар) жағдайларда еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) еркін қойма кедендік рәсімімен орналастырылған шетелдік тауарларды еркін қойма кедендік рәсімімен орналастырылған шетелдік тауарлардан дайындалған (алынған) тауарларда сәйкестендіру жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z254" w:id="250"/>
-[...15 lines deleted...]
-      114) еркін қойма кедендік рәсімімен орналастырылған және еркін қойманың иесі пайдалануға енгізген және қолданатын жабдық болып табылатын тауарларға немесе еркін қойманың аумағында жылжымайтын объектілер құру үшін еркін қойманың иесі пайдаланған және еркін қойманың жұмыс істеуі тоқтатылған кезде, көрсетілген тауарларды кедендік рәсімімен орналастырмай, осындай жылжымайтын объектілердің құрамдас бөлшектері болып табылатын тауарларға қатысты еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) еркін қойма кедендік рәсімімен орналастырылған тауарлар авария немесе еңсерілмейтін күш әсері салдарынан жойылған және (немесе) қайтарымсыз жоғалған не тасымалдаудың (тасудың) және (немесе) сақтаудың қалыпты жағдайларында табиғи кему салдарынан қайтарымсыз жоғалған және осындай жойылу немесе қайтарымсыз жоғалу фактісін мемлекеттік кірістер органдарының тану, сондай-ақ мұндай жағдайда еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z255" w:id="251"/>
-[...15 lines deleted...]
-      115) еркін қойма кедендік рәсімімен орналастырған тауарларды сақтау, тиеу (түсіру) жөніндегі операцияларды және сақтауға байланысты өзге де жүк операцияларын, тауарлардың сақталуын қамтамасыз ету үшін қажетті операцияларды, сондай-ақ партияларды бөлшектеуді, жөнелтілімдерді қалыптастыруды, сұрыптауды, орауды, қайта орауды, таңбалауды қоса алғанда, тауарларды тасымалдауға (тасуға) және сатуға дайындау жөніндегі әдеттегі операцияларды, тауарларды қайта өңдеу бойынша операциялар жасау мақсатында тауарлық сапасын жақсарту, жабдықтарды, машиналар мен агрегаттарды, оларға қосалқы бөлшектерді қолдану (пайдалану) бойынша операцияларды, еркін қойма иелерінен өзге адамдардың еркін қойманы пайдалануға және оның жұмыс істеуіне байланысты өзге де операцияларды жасауды қағидаларын және шарттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) еркін қойманың иесі таратылған кезде еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z256" w:id="252"/>
-[...15 lines deleted...]
-      116) еркін қойма кедендік рәсімімен орналастырылған шетелдік тауарларды еркін қойма кедендік рәсімімен орналастырылған шетелдік тауарлардан дайындалған (алынған) тауарларда сәйкестендіру жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) еркін (арнайы, ерекше) экономикалық аймақтың аумағын жайластыруға, осындай аумақтың периметрін қоршау және бейнебақылау жүйесімен жарақтандыру жөніндегі талаптарды қоса алғанда, оларға қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z257" w:id="253"/>
-[...15 lines deleted...]
-      117) еркін қойма кедендік рәсімімен орналастырылған тауарлар авария немесе еңсерілмейтін күш әсері салдарынан жойылған және (немесе) қайтарымсыз жоғалған не тасымалдаудың (тасудың) және (немесе) сақтаудың қалыпты жағдайларында табиғи кему салдарынан қайтарымсыз жоғалған және осындай жойылу немесе қайтарымсыз жоғалу фактісін мемлекеттік кірістер органдарының тану, сондай-ақ мұндай жағдайда еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) еркін (арнайы, ерекше) экономикалық аймақтың аумағында, осындай аумаққа адамдардың кіруін қоса алғанда, бақылау-өткізу режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z258" w:id="254"/>
-[...15 lines deleted...]
-      118) еркін қойманың иесі таратылған кезде еркін қойма кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) еркін (арнайы, ерекше) экономикалық аймақтың аумағына тауарларды әкелу туралы хабарламаны беру және еркін (арнайы, ерекше) экономикалық аймақтың аумағынан тауарларды әкетуге және порттық еркін (арнайы, ерекше) экономикалық аймаққа немесе логистикалық еркін (арнайы, ерекше) экономикалық аймаққа тауарларды әкелуге рұқсаттарды беру қағидаларын және нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z259" w:id="255"/>
-[...15 lines deleted...]
-      119) еркін (арнайы, ерекше) экономикалық аймақтың аумағын жайластыруға, осындай аумақтың периметрін қоршау және бейнебақылау жүйесімен жарақтандыру жөніндегі талаптарды қоса алғанда, оларға қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) Қазақстан Республикасының нормативтік құқықтық актілеріне сәйкес фактілер мен оқиғаларды құжаттандыру, бейне- және аудиожазба, кино- және фототүсірілім жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z260" w:id="256"/>
-[...15 lines deleted...]
-      120) еркін (арнайы, ерекше) экономикалық аймақтың аумағында, осындай аумаққа адамдардың кіруін қоса алғанда, бақылау-өткізу режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) нысанды киім үлгілерін, онымен қамтамасыз етудің заттай нормаларын және айырым белгілерін, оны киіп жүру қағидасын, сондай-ақ ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасында бақылауды жүзеге асыратын, нысанды киім киюге құқығы бар қызметкерлердің тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z261" w:id="257"/>
-[...15 lines deleted...]
-      121) еркін (арнайы, ерекше) экономикалық аймақтың аумағына тауарларды әкелу туралы хабарламаны беру және еркін (арнайы, ерекше) экономикалық аймақтың аумағынан тауарларды әкетуге және порттық еркін (арнайы, ерекше) экономикалық аймаққа немесе логистикалық еркін (арнайы, ерекше) экономикалық аймаққа тауарларды әкелуге рұқсаттарды беру қағидаларын және нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) еркін (арнайы, ерекше) экономикалық аймақтың аумағына әкелінетін тауарларды сәйкестендіруді мемлекеттік кірістер органдарының жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z262" w:id="258"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z265" w:id="261"/>
+    <w:bookmarkStart w:name="z265" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       125) іргелес жатқан шет мемлекеттің аумағынан әкелінетін шетелдік тауарларға қатысты, көрсетілген тауарлардан халықаралық пошта жөнелтілімдерінің партияларын қалыптастыруға, қалыптастырылған халықаралық пошта жөнелтілімдерін "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің 291-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзінің шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағынан әкету кезінде Дүниежүзілік пошта одағының актілерінде көзделген құжаттарды ресімдеуге байланысты әкелінген шетелдік тауарларға қатысты кедендік операцияларды жасау тәртібін кеден саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z266" w:id="262"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z266" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) камералдық кедендік тексеруді жүргізудің басталғаны туралы хабардар ету қағидалары мен нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z267" w:id="263"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       127) камералдық кедендік тексеруді жүргізу барысында тексерілетін тұлғаға жіберілетін, "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>426-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды және (немесе) мәліметтерді ұсыну бойынша талаптың нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127-1) автомобиль көлік құралдарын тоқтатқан кезде кеден органдары лауазымды адамдарының іс-қимыл жасау тәртібін кеден саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127-2) кеден органдарында мобильді топтарды құру, олардың қызметі, жарақтандырылуы, оның ішінде көлік құралдарымен жарақтандырылуы тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127-3) көлік құралын тоқтату туралы талаптың, автомобиль көлік құралын жеткізу туралы талаптың, сондай-ақ автомобиль көлік құралын тоқтату туралы актінің нысандарын және оны толтыру тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127-4) кеден органдарының лауазымды адамдарының сүйемелдеуімен автомобиль көлік құралын басқаратын адам жүзеге асыратын автомобиль көлік құралын және ондағы тауарларды сақтау орнына жеткізу және ұсталған автомобиль көлік құралдарын және ондағы тауарларды сақтау орнына тасу (тасымалдау) тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды есепке алуды жүргізу, сондай-ақ кеден органына осындай тауарлар туралы есептілікті ұсыну тәртібін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) мемлекеттік кірістер органының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды еркін (арнайы, ерекше) экономикалық аймағының аумағынан еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай әкетуге рұқсатты беру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) еркін (арнайы, ерекше) экономикалық аймақ қатысушысының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды иелену, пайдалану және (немесе) оларға билік ету құқықтарын еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай, осы еркін (арнайы, ерекше) экономикалық аймақтың өзге қатысушысына беруіне рұқсат беру жағдайларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z268" w:id="264"/>
-[...15 lines deleted...]
-      128) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды есепке алуды жүргізу, сондай-ақ кеден органына осындай тауарлар туралы есептілікті ұсыну тәртібін әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) еркін (арнайы, ерекше) экономикалық аймақ қатысушысының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды иелену, пайдалану және (немесе) оларға билік ету құқықтарын еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай, осы еркін (арнайы, ерекше) экономикалық аймақтың өзге қатысушысына беру тәртібі мен шарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z269" w:id="265"/>
-[...15 lines deleted...]
-      129) мемлекеттік кірістер органының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды еркін (арнайы, ерекше) экономикалық аймағының аумағынан еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай әкетуге рұқсатты беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) арнайы экономикалық аймақтың аумағында кедендік рәсімімен орналастырылған шетелдік тауарларды еркін кеден аймағы кедендік рәсімімен орналастырылған шетелдік тауарлардан дайындалған (алынған) тауарларда сәйкестендіру қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z270" w:id="266"/>
-[...15 lines deleted...]
-      130) еркін (арнайы, ерекше) экономикалық аймақ қатысушысының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды иелену, пайдалану және (немесе) оларға билік ету құқықтарын еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай, осы еркін (арнайы, ерекше) экономикалық аймақтың өзге қатысушысына беруіне рұқсат беру жағдайларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) тауарларды кедендік рәсімімен орналастырмай еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z271" w:id="267"/>
-[...15 lines deleted...]
-      131) еркін (арнайы, ерекше) экономикалық аймақ қатысушысының еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардан дайындалған (алынған) тауарларды иелену, пайдалану және (немесе) оларға билік ету құқықтарын еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтамай, осы еркін (арнайы, ерекше) экономикалық аймақтың өзге қатысушысына беру тәртібі мен шарттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) еркін (арнайы, ерекше) экономикалық аймақтың қатысушысы болып табылатын тұлға таратылған (қызметі тоқтатылған) кезде еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z272" w:id="268"/>
-[...15 lines deleted...]
-      132) арнайы экономикалық аймақтың аумағында кедендік рәсімімен орналастырылған шетелдік тауарларды еркін кеден аймағы кедендік рәсімімен орналастырылған шетелдік тауарлардан дайындалған (алынған) тауарларда сәйкестендіру қағидаларын әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) кедендік операцияларды жасау үшін және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды пайдалану (сақтау) үшін көзделген, шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағының бөліктері болып табылатын шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың кедендік бақылау аймақтарын айқындау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z273" w:id="269"/>
-[...15 lines deleted...]
-      133) тауарларды кедендік рәсімімен орналастырмай еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағын, мұндай аумақты қоршау және бейнебақылау жүйесімен жарақтандыру жөніндегі талаптарды қоса алғанда, жайластыру ерекшеліктерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z274" w:id="270"/>
-[...15 lines deleted...]
-      134) еркін (арнайы, ерекше) экономикалық аймақтың қатысушысы болып табылатын тұлға таратылған (қызметі тоқтатылған) кезде еркін кеден аймағы кедендік рәсімінің қолданылуын аяқтау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағында, осындай аумаққа адамдардың кіруін қоса алғанда, бақылау-өткізу режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z275" w:id="271"/>
-[...15 lines deleted...]
-      135) кедендік операцияларды жасау үшін және (немесе) еркін кеден аймағы кедендік рәсімімен орналастырылған тауарларды пайдалану (сақтау) үшін көзделген, шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағының бөліктері болып табылатын шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың кедендік бақылау аймақтарын айқындау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағына әкелу кезінде еркін кеден аймағы кедендік рәсімімен орналастыруға жатпайтын тауарлардың тізбесі мен санаттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z276" w:id="272"/>
-[...15 lines deleted...]
-      136) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағын, мұндай аумақты қоршау және бейнебақылау жүйесімен жарақтандыру жөніндегі талаптарды қоса алғанда, жайластыру ерекшеліктерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) тауарларды еркін (арнайы, ерекше) экономикалық аймақта қызметті жүзеге асыру туралы шартқа сәйкес тұтыну, еркін (арнайы, ерекше) экономикалық аймақ қатысушысының ЕАЭО тауарларын жеке тұлғаларға өткізуі, осындай тауарларды өткізу еркін (арнайы, ерекше) экономикалық аймақта қызметті жүзеге асыру туралы шартқа сәйкес еркін (арнайы, ерекше) экономикалық аймақ қатысушысының негізгі кәсіпкерлік қызметі болып табылатын жағдайларды қоспағанда, еркін (арнайы, ерекше) экономикалық аймақ қатысушысының шетелдік тауарларды жеке тұлғаларға өткізуі жағдайларында еркін кеден аймағы кедендік рәсімін аяқтау кезінде есептілікті ұсыну қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z277" w:id="273"/>
-[...15 lines deleted...]
-      137) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағында, осындай аумаққа адамдардың кіруін қоса алғанда, бақылау-өткізу режимін қамтамасыз ету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ қатысушысы болып табылмайтын Қазақстан Республикасының заңды тұлғалары шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағына орналастыру және (немесе) пайдалану үшін еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардың декларанттары ретінде әрекет ете алатын жағдайларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z278" w:id="274"/>
-[...15 lines deleted...]
-      138) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақтың аумағына әкелу кезінде еркін кеден аймағы кедендік рәсімімен орналастыруға жатпайтын тауарлардың тізбесі мен санаттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағында кедендік бақылау мақсаты үшін тауарларды өткізу кезінде ақпараттық жүйені пайдалана отырып, тауарларды есепке алу жүйесіне қойылатын талаптарды және оны қолдану тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z279" w:id="275"/>
-[...15 lines deleted...]
-      139) тауарларды еркін (арнайы, ерекше) экономикалық аймақта қызметті жүзеге асыру туралы шартқа сәйкес тұтыну, еркін (арнайы, ерекше) экономикалық аймақ қатысушысының ЕАЭО тауарларын жеке тұлғаларға өткізуі, осындай тауарларды өткізу еркін (арнайы, ерекше) экономикалық аймақта қызметті жүзеге асыру туралы шартқа сәйкес еркін (арнайы, ерекше) экономикалық аймақ қатысушысының негізгі кәсіпкерлік қызметі болып табылатын жағдайларды қоспағанда, еркін (арнайы, ерекше) экономикалық аймақ қатысушысының шетелдік тауарларды жеке тұлғаларға өткізуі жағдайларында еркін кеден аймағы кедендік рәсімін аяқтау кезінде есептілікті ұсыну қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) оларға қатысты бірінші кезектегі тәртіпте кедендік операцияларды жасау қолданылатын тез бұзылатын тауарлардың тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z280" w:id="276"/>
-[...15 lines deleted...]
-      140) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ қатысушысы болып табылмайтын Қазақстан Республикасының заңды тұлғалары шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағына орналастыру және (немесе) пайдалану үшін еркін кеден аймағы кедендік рәсімімен орналастырылған тауарлардың декларанттары ретінде әрекет ете алатын жағдайларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) Еуразиялық экономикалық одақтың кедендік шекарасы арқылы заңсыз өткізілген не мемлекеттік кірістер органдары шығармаған тауарларға қатысты кедендік декларациялауды, өзге де кедендік операцияларды жасау және кедендік төлемдерді, салықтарды төлеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z281" w:id="277"/>
-[...15 lines deleted...]
-      141) шектері ЕАЭО кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін еркін (арнайы, ерекше) экономикалық аймақ аумағында кедендік бақылау мақсаты үшін тауарларды өткізу кезінде ақпараттық жүйені пайдалана отырып, тауарларды есепке алу жүйесіне қойылатын талаптарды және оны қолдану тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) мемлекеттік кірістер органдарына габариттері үлкен болғандықтан немесе тиеудің, түсірудің және (немесе) сақтаудың ерекше жағдайларына байланысты кеден қоймасында орналастыруға болмайтын тауарларды кеден қоймасы болып табылмайтын орындарында сақтауға рұқсат беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z282" w:id="278"/>
-[...15 lines deleted...]
-      142) оларға қатысты бірінші кезектегі тәртіпте кедендік операцияларды жасау қолданылатын тез бұзылатын тауарлардың тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) мемлекеттік кірістер органдарының уәкілетті экономикалық операторлармен өзара іс-қимыл қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z283" w:id="279"/>
-[...15 lines deleted...]
-      143) Еуразиялық экономикалық одақтың кедендік шекарасы арқылы заңсыз өткізілген не мемлекеттік кірістер органдары шығармаған тауарларға қатысты кедендік декларациялауды, өзге де кедендік операцияларды жасау және кедендік төлемдерді, салықтарды төлеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) жекелеген кедендік операцияларды жасау бойынша нұсқаулықты әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z284" w:id="280"/>
-[...15 lines deleted...]
-      144) мемлекеттік кірістер органдарына габариттері үлкен болғандықтан немесе тиеудің, түсірудің және (немесе) сақтаудың ерекше жағдайларына байланысты кеден қоймасында орналастыруға болмайтын тауарларды кеден қоймасы болып табылмайтын орындарында сақтауға рұқсат беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) кедендік бақылауды жүргізуді қамтамасыз ететін шараларды және кедендік бақылаудың жекелеген нысандарын қолдану бойынша нұсқаулықты әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z285" w:id="281"/>
-[...15 lines deleted...]
-      145) мемлекеттік кірістер органдарының уәкілетті экономикалық операторлармен өзара іс-қимыл қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) нысанды киімнің үлгілерін, нысанды киім киюге құқығы бар мемлекеттік кірістер органдары жұмыскерлерінің тізбесін, онымен қамтамасыз етудің заттай нормаларын және айырым белгілерін, сондай-ақ оны тағып жүру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z286" w:id="282"/>
-[...15 lines deleted...]
-      146) жекелеген кедендік операцияларды жасау бойынша нұсқаулықты әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы кодексінде көзделген құжаттар мен мәліметтерді ұсыну үшін декларанттар немесе кеден ісі саласында қызметті жүзеге асыратын тұлғалар пайдаланатын бағдарламалық өнімдерге қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z287" w:id="283"/>
-[...15 lines deleted...]
-      147) кедендік бақылауды жүргізуді қамтамасыз ететін шараларды және кедендік бақылаудың жекелеген нысандарын қолдану бойынша нұсқаулықты әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) мемлекеттік кірістер органдарының ақпараттық жүйесінде қамтылған ақпараттарға адамдардың қол жеткізу, алу және пайдалану қағидаларын, сондай-ақ осындай ақпараттың құрамы мен ұсыну тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z288" w:id="284"/>
-[...15 lines deleted...]
-      148) нысанды киімнің үлгілерін, нысанды киім киюге құқығы бар мемлекеттік кірістер органдары жұмыскерлерінің тізбесін, онымен қамтамасыз етудің заттай нормаларын және айырым белгілерін, сондай-ақ оны тағып жүру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) кедендік төлемдер, салықтарды төлеу бойынша міндеттердің орындалуын бас қамтамасыз етуді қолдану қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z289" w:id="285"/>
-[...15 lines deleted...]
-      149) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы кодексінде көзделген құжаттар мен мәліметтерді ұсыну үшін декларанттар немесе кеден ісі саласында қызметті жүзеге асыратын тұлғалар пайдаланатын бағдарламалық өнімдерге қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) мемлекеттік кірістер органдарында кедендік төлемдер, салықтарды төлеу бойынша міндеттердің орындалуын қамтамасыз етуді есепке алу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z290" w:id="286"/>
-[...15 lines deleted...]
-      150) мемлекеттік кірістер органдарының ақпараттық жүйесінде қамтылған ақпараттарға адамдардың қол жеткізу, алу және пайдалану қағидаларын, сондай-ақ осындай ақпараттың құрамы мен ұсыну тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) кеден ісі саласында қызметті жүзеге асыратын заңды тұлғалардың міндеттерді орындауын қамтамасыз ету тәсілдерін пайдалану қағидаларын және қамтамасыз етудің бір тәсілін екіншісімен алмастыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z291" w:id="287"/>
-[...15 lines deleted...]
-      151) кедендік төлемдер, салықтарды төлеу бойынша міндеттердің орындалуын бас қамтамасыз етуді қолдану қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) уәкілетті экономикалық оператордың міндеттерді орындауын қамтамасыз ету тәсілдерін пайдалану қағидаларын, бір тәсілін екіншісімен алмастыру, қамтамасыз ету мөлшерін төмендету тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z292" w:id="288"/>
-[...15 lines deleted...]
-      152) мемлекеттік кірістер органдарында кедендік төлемдер, салықтарды төлеу бойынша міндеттердің орындалуын қамтамасыз етуді есепке алу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) кедендік әкелу баждарын төлеуді кейінге қалдыруды немесе бөліп төлеуді ұсыну, кедендік әкелу баждарын төлеуді кейінге қалдыруды немесе бөліп төлеуді ұсыну және оларды ұсынудан бас тарту шешімнің нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z293" w:id="289"/>
-[...15 lines deleted...]
-      153) кеден ісі саласында қызметті жүзеге асыратын заңды тұлғалардың міндеттерді орындауын қамтамасыз ету тәсілдерін пайдалану қағидаларын және қамтамасыз етудің бір тәсілін екіншісімен алмастыру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) кедендік алымдарды салудан босату үшін құжаттарды ұсыну қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z294" w:id="290"/>
-[...15 lines deleted...]
-      154) уәкілетті экономикалық оператордың міндеттерді орындауын қамтамасыз ету тәсілдерін пайдалану қағидаларын, бір тәсілін екіншісімен алмастыру, қамтамасыз ету мөлшерін төмендету тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) кедендік операцияларды жасау кезінде кедендік баждарды, салықтарды төлеу бойынша міндеттерді орындауды қамтамасыз ету мақсатында сақтандырудың үлгілік шарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z295" w:id="291"/>
-[...15 lines deleted...]
-      155) кедендік әкелу баждарын төлеуді кейінге қалдыруды немесе бөліп төлеуді ұсыну, кедендік әкелу баждарын төлеуді кейінге қалдыруды немесе бөліп төлеуді ұсыну және оларды ұсынудан бас тарту шешімнің нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) уәкілетті экономикалық оператордың халықаралық тасымалдау көлік құралының таным белгілерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z296" w:id="292"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z299" w:id="295"/>
+    <w:bookmarkStart w:name="z299" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       159) мемлекеттік кірістер органдарының ақпараттық жүйесін пайдаланушы ретінде тіркеу қағидаларын әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z300" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) мемлекеттік кірістер органдарының тәуекелдерді басқару жүйесін пайдалану стратегиясын және тактикасын, оның жұмыс істеу және тәуекелдерді басқару процесін іске асыру қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z301" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) кедендік бақылаудағы және кедендік транзит кедендік рәсіміне орналастырмастан ЕАЭО кедендік аумағы арқылы тасымалданатын тауарларды тасымалдау маршрутын белгілеумен және сақтаумен байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z302" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) кеден ісін жетілдіру мәселесі бойынша консультация беру кеңесі туралы үлгілік ережелерді әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z300" w:id="296"/>
-[...15 lines deleted...]
-      160) мемлекеттік кірістер органдарының тәуекелдерді басқару жүйесін пайдалану стратегиясын және тактикасын, оның жұмыс істеу және тәуекелдерді басқару процесін іске асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) мемлекеттік кірістер органдарының ұлттық теміржол компаниясымен, теміржол көлігі саласындағы ұлттық тасымалдаушылармен, халықаралық әуежайлармен, Қазақстан Республикасының теңіз немесе өзен порттарымен өзара іс-қимыл қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z301" w:id="297"/>
-[...15 lines deleted...]
-      161) кедендік бақылаудағы және кедендік транзит кедендік рәсіміне орналастырмастан ЕАЭО кедендік аумағы арқылы тасымалданатын тауарларды тасымалдау маршрутын белгілеумен және сақтаумен байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) уақытша сақтау қоймасы иелерінің мемлекеттік кірістер органдарының бейне ақпаратына қол жетімділігін қамтамасыз ету қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z302" w:id="298"/>
-[...15 lines deleted...]
-      162) кеден ісін жетілдіру мәселесі бойынша консультация беру кеңесі туралы үлгілік ережелерді әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) уәкілетті экономикалық операторлардың тауарларын уәкілетті экономикалық оператордың құрылысжайларында, үй-жайларында (үй-жайларының бөлiктерiнде) және (немесе) ашық алаңдарында (ашық алаңдарының бөліктерінде) уақытша сақтауда тұрған тауарлармен бірге өзге тауарларды сақтау және олардың тасымалдаушылардан тауарларды қабылдау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z303" w:id="299"/>
-[...15 lines deleted...]
-      163) мемлекеттік кірістер органдарының ұлттық теміржол компаниясымен, теміржол көлігі саласындағы ұлттық тасымалдаушылармен, халықаралық әуежайлармен, Қазақстан Республикасының теңіз немесе өзен порттарымен өзара іс-қимыл қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) кедендік бақылау уақытша аймағын (оның ішінде мүдделі тұлғаның өтініші бойынша) құру, жұмыс істеуін тоқтату қағидаларын, оларға қойылатын талаптарды, сондай-ақ кедендік бақылау уақытша аймағының құқықтық режимін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z304" w:id="300"/>
-[...15 lines deleted...]
-      164) уақытша сақтау қоймасы иелерінің мемлекеттік кірістер органдарының бейне ақпаратына қол жетімділігін қамтамасыз ету қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) еркін қойма аумағының периметрін қоршауға және бейнебақылау жүйесімен жарақтандыруға қойылатын талаптарды қоса алғанда, еркін қойма ретінде пайдалануға арналған немесе пайдаланылатын құрылысжайларды, үй-жайларды (үй-жайлардың бөліктерін) және (немесе) ашық алаңдарды (еркін қоймадан басқа) жайластыруға және жабдықтауға қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z305" w:id="301"/>
-[...15 lines deleted...]
-      165) уәкілетті экономикалық операторлардың тауарларын уәкілетті экономикалық оператордың құрылысжайларында, үй-жайларында (үй-жайларының бөлiктерiнде) және (немесе) ашық алаңдарында (ашық алаңдарының бөліктерінде) уақытша сақтауда тұрған тауарлармен бірге өзге тауарларды сақтау және олардың тасымалдаушылардан тауарларды қабылдау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) бажсыз сауда дүкендерін орналастыруға, жайластыруға және жабдықтауға, оның ішінде бейнебақылау жүйесімен жарақтандыруға қойылатын талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z306" w:id="302"/>
-[...15 lines deleted...]
-      166) кедендік бақылау уақытша аймағын (оның ішінде мүдделі тұлғаның өтініші бойынша) құру, жұмыс істеуін тоқтату қағидаларын, оларға қойылатын талаптарды, сондай-ақ кедендік бақылау уақытша аймағының құқықтық режимін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z309" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) бажсыз сауда дүкендерінде тауарларды өткізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z307" w:id="303"/>
-[...15 lines deleted...]
-      167) еркін қойма аумағының периметрін қоршауға және бейнебақылау жүйесімен жарақтандыруға қойылатын талаптарды қоса алғанда, еркін қойма ретінде пайдалануға арналған немесе пайдаланылатын құрылысжайларды, үй-жайларды (үй-жайлардың бөліктерін) және (немесе) ашық алаңдарды (еркін қоймадан басқа) жайластыруға және жабдықтауға қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) тауарлардың авария немесе еңсерілмейтін күш әсері салдарынан жойылу және (немесе) қайтарымсыз жоғалу фактісін не осы тауарлардың қалыпты жағдайларда тасымалдау (тасу) және (немесе) сақтау кезінде табиғи кему салдарынан қайтарымсыз жоғалу фактісін кеден органдарының уәкілетті орган айқындаған тәртіппен тануы қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z308" w:id="304"/>
-[...15 lines deleted...]
-      168) бажсыз сауда дүкендерін орналастыруға, жайластыруға және жабдықтауға, оның ішінде бейнебақылау жүйесімен жарақтандыруға қойылатын талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) мемлекеттік кірістер органдары жекелеген кедендік операцияларды мемлекеттік кірістер органдары орналасқан орыннан тыс және (немесе) жұмыс уақытынан тыс жасау қағидасы мен орнын, жекелеген кедендік операциялар тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z309" w:id="305"/>
-[...15 lines deleted...]
-      169) бажсыз сауда дүкендерінде тауарларды өткізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) мемлекеттік кірістер органдарының қызмет аймағын айқындау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z310" w:id="306"/>
-[...15 lines deleted...]
-      170) тауарлардың авария немесе еңсерілмейтін күш әсері салдарынан жойылу және (немесе) қайтарымсыз жоғалу фактісін не осы тауарлардың қалыпты жағдайларда тасымалдау (тасу) және (немесе) сақтау кезінде табиғи кему салдарынан қайтарымсыз жоғалу фактісін кеден органдарының уәкілетті орган айқындаған тәртіппен тануы қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) есептілікті ұсынудың тәртібін, нысаны мен мерзімін, есептілікті ұсынудың тәсілдерін, электронды құжат түрінде ұсынылатын есептіліктің құрылымы мен форматын, оларды толтыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z311" w:id="307"/>
-[...15 lines deleted...]
-      171) мемлекеттік кірістер органдары жекелеген кедендік операцияларды мемлекеттік кірістер органдары орналасқан орыннан тыс және (немесе) жұмыс уақытынан тыс жасау қағидасы мен орнын, жекелеген кедендік операциялар тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) көрсеткіші тауарларды кедендік декларациялау кезінде пайдаланатын есепке алу аспаптары орналасқан жерлер тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z312" w:id="308"/>
-[...15 lines deleted...]
-      172) мемлекеттік кірістер органдарының қызмет аймағын айқындау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) тасымалдаушылардың ақпараттық жүйелеріне қойылатын техникалық талаптарды қоса алғанда, алдын ала ақпарат беру кезінде мемлекеттік кірістер органының ақпараттық жүйесі мен тасымалдаушылардың ақпараттық жүйелерінің өзара іс-қимыл тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z313" w:id="309"/>
-[...15 lines deleted...]
-      173) есептілікті ұсынудың тәртібін, нысаны мен мерзімін, есептілікті ұсынудың тәсілдерін, электронды құжат түрінде ұсынылатын есептіліктің құрылымы мен форматын, оларды толтыру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) кедендік декларациялау, сәйкестендіру кедендік нөмірін қалыптастыру кезінде пайдаланылатын тыйым салулар мен шектеулердің сақталуын, мәміле сипатын, сыртқы экономикалық қызметтің ерекшелігін растайтын код жіктеуіштерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z314" w:id="310"/>
-[...15 lines deleted...]
-      174) көрсеткіші тауарларды кедендік декларациялау кезінде пайдаланатын есепке алу аспаптары орналасқан жерлер тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) бірыңғай мөлшерлемелер бойынша өндіріп алынатын кедендік баждар, салықтар не жиынтық кедендік төлем түрінде өндіріп алынатын кедендік баждардың, салықтардың есеп айырысу нысанын, құрылымын және форматын, сондай-ақ оны толтыру мен оған өзгерістер (толықтырулар) енгізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z315" w:id="311"/>
-[...15 lines deleted...]
-      175) тасымалдаушылардың ақпараттық жүйелеріне қойылатын техникалық талаптарды қоса алғанда, алдын ала ақпарат беру кезінде мемлекеттік кірістер органының ақпараттық жүйесі мен тасымалдаушылардың ақпараттық жүйелерінің өзара іс-қимыл тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) кедендік баждардың, кедендік алымдардың, салықтардың, өсімпұлдардың, пайыздардың, сондай-ақ аванстық төлемдердің артық төленген сомасы, оның ішінде кедендік баждардың, салықтардың төлеу бойынша міндетті орындауды қамтамасыз ету ретінде енгізілген, сондай-ақ өзге де ақшаларды есепке жатқызу және (немесе) қайтару қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z316" w:id="312"/>
-[...15 lines deleted...]
-      176) кедендік декларациялау, сәйкестендіру кедендік нөмірін қалыптастыру кезінде пайдаланылатын тыйым салулар мен шектеулердің сақталуын, мәміле сипатын, сыртқы экономикалық қызметтің ерекшелігін растайтын код жіктеуіштерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) төлеушінің жеке шотын жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z317" w:id="313"/>
-[...15 lines deleted...]
-      177) бірыңғай мөлшерлемелер бойынша өндіріп алынатын кедендік баждар, салықтар не жиынтық кедендік төлем түрінде өндіріп алынатын кедендік баждардың, салықтардың есеп айырысу нысанын, құрылымын және форматын, сондай-ақ оны толтыру мен оған өзгерістер (толықтырулар) енгізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) арнайы, демпингке қарсы, өтемақы баждарының сомаларын есепке жатқызуға (қайтаруға) алып келетін мән-жайлардың басталуы қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z318" w:id="314"/>
-[...15 lines deleted...]
-      178) кедендік баждардың, кедендік алымдардың, салықтардың, өсімпұлдардың, пайыздардың, сондай-ақ аванстық төлемдердің артық төленген сомасы, оның ішінде кедендік баждардың, салықтардың төлеу бойынша міндетті орындауды қамтамасыз ету ретінде енгізілген, сондай-ақ өзге де ақшаларды есепке жатқызу және (немесе) қайтару қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) ЕАЭО мүше мемлекеттердің өзара трансшекаралық саудасы шеңберінде жекелеген тауарларды өткізу кезінде оларды есепке алу жүйесін ұйымдастыру жөніндегі нұсқаулықты әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z319" w:id="315"/>
-[...15 lines deleted...]
-      179) төлеушінің жеке шотын жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен және мұнай және газ саласындағы уәкілетті органмен келісу бойынша әуе немесе су көлігімен және (немесе) теңізбен тасымалданатын ЕАЭО тауарларының және шетелдік тауарлардың ЕАЭО кедендік аумағынан кетуіне және ЕАЭО кедендік аумағына келуіне байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z320" w:id="316"/>
-[...15 lines deleted...]
-      180) арнайы, демпингке қарсы, өтемақы баждарының сомаларын есепке жатқызуға (қайтаруға) алып келетін мән-жайлардың басталуы қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) кедендік жете тексеруді және қарап-тексеруді жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z321" w:id="317"/>
-[...15 lines deleted...]
-      181) ЕАЭО мүше мемлекеттердің өзара трансшекаралық саудасы шеңберінде жекелеген тауарларды өткізу кезінде оларды есепке алу жүйесін ұйымдастыру жөніндегі нұсқаулықты әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) тауарлардың ЕАЭО кедендік аумағына келуі туралы хабардар ету күні мен уақытын тіркеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z322" w:id="318"/>
-[...15 lines deleted...]
-      182) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен және мұнай және газ саласындағы уәкілетті органмен келісу бойынша әуе немесе су көлігімен және (немесе) теңізбен тасымалданатын ЕАЭО тауарларының және шетелдік тауарлардың ЕАЭО кедендік аумағынан кетуіне және ЕАЭО кедендік аумағына келуіне байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) кедендік транзит кедендік рәсімнің қолданысын аяқтамай тауарларды жеткізу орнын өзгерту қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z323" w:id="319"/>
-[...15 lines deleted...]
-      183) кедендік жете тексеруді және қарап-тексеруді жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) кедендік транзит кедендік рәсімінің қолданысын аяқтау үшін ұсынылатын құжаттарды беруді тіркеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z324" w:id="320"/>
-[...15 lines deleted...]
-      184) тауарлардың ЕАЭО кедендік аумағына келуі туралы хабардар ету күні мен уақытын тіркеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z327" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) кедендік транзит кедендік рәсімі қолданысының аяқталуына байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z325" w:id="321"/>
-[...15 lines deleted...]
-      185) кедендік транзит кедендік рәсімнің қолданысын аяқтамай тауарларды жеткізу орнын өзгерту қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) Қазақстан Республикасының аумағы бойынша тауарлар мен көлік құралдарын кедендік алып жүру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z326" w:id="322"/>
-[...15 lines deleted...]
-      186) кедендік транзит кедендік рәсімінің қолданысын аяқтау үшін ұсынылатын құжаттарды беруді тіркеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) көлік құралдарын электрондық кедендік алып жүруді қолдану тәртібін, сондай-ақ электрондық кедендік алып жүру кезінде кеден органының, декларанттың, халықаралық автомобиль тасымалдарын қадағалау ақпараттық жүйесі ұлттық операторының және тасымалдаушының өзара іс-қимылын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z327" w:id="323"/>
-[...15 lines deleted...]
-      187) кедендік транзит кедендік рәсімі қолданысының аяқталуына байланысты кедендік операцияларды жасау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) тауарды сыныптау және тауардың шығарылған жері туралы алдын ала шешімдерді қабылдауға уәкілетті органдарды, сондай-ақ аумақтық мемлекеттік кірістер органдары белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау жағдайын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z328" w:id="324"/>
-[...15 lines deleted...]
-      188) Қазақстан Республикасының аумағы бойынша тауарлар мен көлік құралдарын кедендік алып жүру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) тұрақты және уақытша рұқсат қағаздарының, тіркеу журналының нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z329" w:id="325"/>
-[...15 lines deleted...]
-      189) көлік құралдарын электрондық кедендік алып жүруді қолдану тәртібін, сондай-ақ электрондық кедендік алып жүру кезінде кеден органының, декларанттың, халықаралық автомобиль тасымалдарын қадағалау ақпараттық жүйесі ұлттық операторының және тасымалдаушының өзара іс-қимылын айқындау;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) Қазақстан Республикасының ЕАЭО мүше болып табылмайтын мемлекеттермен арадағы тауарлармен сыртқы сауданың кедендік статистикасын жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z330" w:id="326"/>
-[...15 lines deleted...]
-      190) тауарды сыныптау және тауардың шығарылған жері туралы алдын ала шешімдерді қабылдауға уәкілетті органдарды, сондай-ақ аумақтық мемлекеттік кірістер органдары белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау жағдайын айқындау;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) арнайы кедендік статистиканы жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z331" w:id="327"/>
-[...15 lines deleted...]
-      191) тұрақты және уақытша рұқсат қағаздарының, тіркеу журналының нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) өзіндік ерекшелігі бар тауарларды бақылау саласындағы құқықтық актілерді әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z332" w:id="328"/>
-[...15 lines deleted...]
-      192) Қазақстан Республикасының ЕАЭО мүше болып табылмайтын мемлекеттермен арадағы тауарлармен сыртқы сауданың кедендік статистикасын жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) ақпаратты, оның ішінде алдын ала ақпаратты Қазақстан Республикасының мемлекеттік органдарына, егер мұндай ақпарат көрсетілген органдарға Қазақстан Республикасының заңнамасымен өздеріне жүктелген міндеттерді орындау және функцияларды жүзеге асыру үшін қажет болса, Қазақстан Республикасының мемлекеттік, коммерциялық, банктік, салықтық және заңдармен қорғалатын өзге де құпияны (құпияларды), сондай-ақ басқа да құпия ақпаратты қорғау жөніндегі заңнамасының талаптарын, сондай-ақ Қазақстан Республикасының халықаралық шарттарын сақтай отырып, беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z333" w:id="329"/>
-[...15 lines deleted...]
-      193) арнайы кедендік статистиканы жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) Қазақстан Республикасының кеден заңнамасы туралы ақпарат беруді Қазақстан Республикасының кеден органдары Қазақстан Республикасы кеден заңнамасының нормативтiк құқықтық актiлерiн бұқаралық ақпарат құралдарында жариялау арқылы, сондай-ақ ақпараттық-коммуникациялық технологияларды пайдалана отырып жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z334" w:id="330"/>
-[...15 lines deleted...]
-      194) өзіндік ерекшелігі бар тауарларды бақылау саласындағы құқықтық актілерді әзірлеуге қатысу;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) сыртқы экономикалық және кеден ісі саласындағы өзге де қызметтің қатысушыларын тұрақты негізде, оның ішінде ЕАЭО және (немесе) Қазақстан Республикасының кеден заңнамасына енгізілетін өзгерістер мен толықтырулар туралы уақытылы ақпараттандыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z335" w:id="331"/>
-[...15 lines deleted...]
-      195) ақпаратты, оның ішінде алдын ала ақпаратты Қазақстан Республикасының мемлекеттік органдарына, егер мұндай ақпарат көрсетілген органдарға Қазақстан Республикасының заңнамасымен өздеріне жүктелген міндеттерді орындау және функцияларды жүзеге асыру үшін қажет болса, Қазақстан Республикасының мемлекеттік, коммерциялық, банктік, салықтық және заңдармен қорғалатын өзге де құпияны (құпияларды), сондай-ақ басқа да құпия ақпаратты қорғау жөніндегі заңнамасының талаптарын, сондай-ақ Қазақстан Республикасының халықаралық шарттарын сақтай отырып, беру;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) үшінші елдерден Қазақстан Республикасының аумағына әкелінетін тауарлардың әкетілуіне жол бермеу үшін бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z336" w:id="332"/>
-[...15 lines deleted...]
-      196) Қазақстан Республикасының кеден заңнамасы туралы ақпарат беруді Қазақстан Республикасының кеден органдары Қазақстан Республикасы кеден заңнамасының нормативтiк құқықтық актiлерiн бұқаралық ақпарат құралдарында жариялау арқылы, сондай-ақ ақпараттық-коммуникациялық технологияларды пайдалана отырып жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) ақпараттық жүйелерді, байланыс жүйелерді және деректерді беру жүйелерді, кедендік бақылаудың техникалық құралдарын, сондай-ақ ақпаратты қорғау құралдарын құру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z337" w:id="333"/>
-[...15 lines deleted...]
-      197) сыртқы экономикалық және кеден ісі саласындағы өзге де қызметтің қатысушыларын тұрақты негізде, оның ішінде ЕАЭО және (немесе) Қазақстан Республикасының кеден заңнамасына енгізілетін өзгерістер мен толықтырулар туралы уақытылы ақпараттандыруды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) мемлекеттік кірістер органдары лауазымды адамдарының тауарларды кедендік тазартуды жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z338" w:id="334"/>
-[...15 lines deleted...]
-      198) үшінші елдерден Қазақстан Республикасының аумағына әкелінетін тауарлардың әкетілуіне жол бермеу үшін бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) кедендік декларациялауды, кедендік тазартуды жүзеге асыру және жетілдіру, сондай-ақ ЕАЭО кедендік шекарасы арқылы өткізілетін тауарлар мен көлік құралдарына қатысты кедендік операцияларды жүргізуді оңайлатуға мүмкіндік беретін жағдай жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z339" w:id="335"/>
-[...15 lines deleted...]
-      199) ақпараттық жүйелерді, байланыс жүйелерді және деректерді беру жүйелерді, кедендік бақылаудың техникалық құралдарын, сондай-ақ ақпаратты қорғау құралдарын құру;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) мемлекеттік кірістер органы өндіріп алатын кедендік алымдар мөлшерлемесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z340" w:id="336"/>
-[...15 lines deleted...]
-      200) мемлекеттік кірістер органдары лауазымды адамдарының тауарларды кедендік тазартуды жасау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) тауарлардың кедендік құнын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z341" w:id="337"/>
-[...15 lines deleted...]
-      201) кедендік декларациялауды, кедендік тазартуды жүзеге асыру және жетілдіру, сондай-ақ ЕАЭО кедендік шекарасы арқылы өткізілетін тауарлар мен көлік құралдарына қатысты кедендік операцияларды жүргізуді оңайлатуға мүмкіндік беретін жағдай жасау;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) әкелінетін тауарлардың кедендік құнын айқындау әдістерін қолдану мәселесі бойынша алдын-ала шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z342" w:id="338"/>
-[...15 lines deleted...]
-      202) мемлекеттік кірістер органы өндіріп алатын кедендік алымдар мөлшерлемесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) ЕАЭО сыртқы экономикалық қызметінің Бірыңғай тауар номенклатурасына сәйкес тауарларды сыныптаудың дұрыстығына бақылауды жүзеге асыру,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z343" w:id="339"/>
-[...15 lines deleted...]
-      203) тауарлардың кедендік құнын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) тауарлардың жекелеген түрлерін сыныптау туралы шешім қабылдау және түсіндірме беру, тауарлардың жекелеген түрлерін сыныптау туралы шешімді жариялауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z344" w:id="340"/>
-[...15 lines deleted...]
-      204) әкелінетін тауарлардың кедендік құнын айқындау әдістерін қолдану мәселесі бойынша алдын-ала шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z345" w:id="341"/>
-[...15 lines deleted...]
-      205) ЕАЭО сыртқы экономикалық қызметінің Бірыңғай тауар номенклатурасына сәйкес тауарларды сыныптаудың дұрыстығына бақылауды жүзеге асыру,</w:t>
+    <w:bookmarkStart w:name="z348" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208) оның негізінде кедендік төлемдер мен салықтардан босату ұсынылатын, ЕАЭО және Қазақстан Республикасының кеден заңнамасымен айқындалған құжаттарды қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z346" w:id="342"/>
-[...15 lines deleted...]
-      206) тауарлардың жекелеген түрлерін сыныптау туралы шешім қабылдау және түсіндірме беру, тауарлардың жекелеген түрлерін сыныптау туралы шешімді жариялауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209) кедендік баждарды, кедендік алымдарды, салықтар, арнайы, демпингке қарсы өтемақы баждарын, өсімпұлдарды, пайыздарды төлеуді бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z347" w:id="343"/>
-[...15 lines deleted...]
-      207) белгілі бір уақыт кезеңі ішінде әртүрлі тауар партияларымен әкелінуі болжанатын, құрастырылмаған немесе бөлшектелген түрдегі, оның ішінде жасақталмаған немесе жасалып бітпеген түрдегі тауарды сыныптау туралы шешімді қабылдау;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) ЕАЭО кедендік шекарасы арқылы автомобиль, теңіздегі өткізу пункттерінде және тауарлар өткізілетін өзге де орындарда көліктік бақылау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z348" w:id="344"/>
-[...15 lines deleted...]
-      208) оның негізінде кедендік төлемдер мен салықтардан босату ұсынылатын, ЕАЭО және Қазақстан Республикасының кеден заңнамасымен айқындалған құжаттарды қарау;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) тауарлар мен көлік құралдарының ЕАЭО кедендік шекарасы арқылы өткізілуін кедендік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z349" w:id="345"/>
-[...15 lines deleted...]
-      209) кедендік баждарды, кедендік алымдарды, салықтар, арнайы, демпингке қарсы өтемақы баждарын, өсімпұлдарды, пайыздарды төлеуді бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) кедендік операциялар жасау және кедендік бақылау жүргізу, оның ішінде өзара әкімшілік көмек көрсету шеңберінде кедендік операциялар жасау және кедендік бақылау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z350" w:id="346"/>
-[...15 lines deleted...]
-      210) ЕАЭО кедендік шекарасы арқылы автомобиль, теңіздегі өткізу пункттерінде және тауарлар өткізілетін өзге де орындарда көліктік бақылау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) ЕАЭО кедендік шекарасы арқылы өткізілетін тауарларға қатысты кедендік-тарифтік реттеу шараларының, тыйым салулар мен шектеулердің, ішкі нарықты қорғау шараларының сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z351" w:id="347"/>
-[...15 lines deleted...]
-      211) тауарлар мен көлік құралдарының ЕАЭО кедендік шекарасы арқылы өткізілуін кедендік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) тұлғалар ЕАЭО кедендік шекарасы арқылы тауарларды өткізген кезде осындай тұлғалардың құқықтары мен заңды мүдделерінің сақталуын қамтамасыз ету және ЕАЭО кедендік шекарасы арқылы тауар айналымын жеделдетуге жағдай жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z352" w:id="348"/>
-[...15 lines deleted...]
-      212) кедендік операциялар жасау және кедендік бақылау жүргізу, оның ішінде өзара әкімшілік көмек көрсету шеңберінде кедендік операциялар жасау және кедендік бақылау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) ЕАЭО мүше мемлекеттердің валюталарын, бағалы қағаздарды және (немесе) валюталық құндылықтарды, жол чектерін ЕАЭО кедендік шекарасы арқылы өткізуге бақылауды жүзеге асыру кезінде қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл жөніндегі шараларды ЕАЭО мүше мемлекеттердің халықаралық шартына сәйкес қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z353" w:id="349"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z356" w:id="352"/>
+    <w:bookmarkStart w:name="z356" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216) Сауда рәсімдерін жеңілдету туралы келісімнің шеңберінде Дүниежүзілік сауда ұйымына мүше елдерден транзиттік операциялар бойынша сұрау салулар мен ұсыныстардың қарауын үйлестіру (Қазақстан Республикасының 2015 жылғы 12 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңмен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ратификацияланған 1994 жылғы 15 сәуірдегі Дүниежүзілік сауда ұйымын құру туралы Марракеш келісіміне қосымша);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z357" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217) Сауда рәсімдерін жеңілдету туралы келісімнің шеңберінде Дүниежүзілік сауда ұйымына мүше елдерінің кеден органдарының сұрау салулары бойынша ақпаратты ұсыну (Қазақстан Республикасының 2015 жылғы 12 қазандағы Заңмен ратификацияланған 1994 жылғы 15 сәуірдегі Дүниежүзілік сауда ұйымын құру туралы Марракеш келісіміне қосымша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z358" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218) ЕАЭО бірыңғай сауда саясатын іске асыруға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z359" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219) тауарлар шығарылғаннан кейін кедендік бақылауды жүзеге асыру, сондай-ақ кедендік төлемдер, салықтар, арнайы, демпинге қарсы баждар, өтемақы баждары, өсімпұлдар, пайыздар бойынша берешекті өндіріп алу жөнінде шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z357" w:id="353"/>
-[...15 lines deleted...]
-      217) Сауда рәсімдерін жеңілдету туралы келісімнің шеңберінде Дүниежүзілік сауда ұйымына мүше елдерінің кеден органдарының сұрау салулары бойынша ақпаратты ұсыну (Қазақстан Республикасының 2015 жылғы 12 қазандағы Заңмен ратификацияланған 1994 жылғы 15 сәуірдегі Дүниежүзілік сауда ұйымын құру туралы Марракеш келісіміне қосымша);</w:t>
+    <w:bookmarkStart w:name="z360" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220) Қазақстан Республикасының халықаралық шарттарына сәйкес шет мемлекеттердің кеден органдарымен және өзге де органдарымен және халықаралық ұйымдармен ынтымақтасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z358" w:id="354"/>
-[...15 lines deleted...]
-      218) ЕАЭО бірыңғай сауда саясатын іске асыруға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221) ЕАЭО кедендік шекарасы арқылы өткізу пункттерінде және тауарлар өткізілетін өзге орындарда радиациялық бақылау жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z359" w:id="355"/>
-[...15 lines deleted...]
-      219) тауарлар шығарылғаннан кейін кедендік бақылауды жүзеге асыру, сондай-ақ кедендік төлемдер, салықтар, арнайы, демпинге қарсы баждар, өтемақы баждары, өсімпұлдар, пайыздар бойынша берешекті өндіріп алу жөнінде шаралар қабылдау;</w:t>
+    <w:bookmarkStart w:name="z362" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222) ЕАЭО кедендік шекарасы арқылы автомобиль өткізу пункттерінде санитариялық-карантиндік бақылау жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z360" w:id="356"/>
-[...15 lines deleted...]
-      220) Қазақстан Республикасының халықаралық шарттарына сәйкес шет мемлекеттердің кеден органдарымен және өзге де органдарымен және халықаралық ұйымдармен ынтымақтасу;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223) ЕАЭО кедендік шекарасы арқылы автомобиль, теңіздегі өткізу пункттерінде және тауарлар өткізілетін өзге де орындарда көліктік бақылау жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z361" w:id="357"/>
-[...15 lines deleted...]
-      221) ЕАЭО кедендік шекарасы арқылы өткізу пункттерінде және тауарлар өткізілетін өзге орындарда радиациялық бақылау жүргізуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224) кеден органдарының материалдық-техникалық және әлеуметтік базасын дамытуға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z362" w:id="358"/>
-[...15 lines deleted...]
-      222) ЕАЭО кедендік шекарасы арқылы автомобиль өткізу пункттерінде санитариялық-карантиндік бақылау жүргізуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225) Қазақстан Республикасының заңнамасына сәйкес өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z363" w:id="359"/>
-[...15 lines deleted...]
-      223) ЕАЭО кедендік шекарасы арқылы автомобиль, теңіздегі өткізу пункттерінде және тауарлар өткізілетін өзге де орындарда көліктік бақылау жүргізуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z833" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-1) өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарының тізбесін және оларды қолдану қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z364" w:id="360"/>
-[...15 lines deleted...]
-      224) кеден органдарының материалдық-техникалық және әлеуметтік базасын дамытуға қатысу;</w:t>
+    <w:bookmarkStart w:name="z834" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-2) өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарын сатып алу, пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z365" w:id="361"/>
-[...15 lines deleted...]
-      225) Қазақстан Республикасының заңнамасына сәйкес өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z835" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-3) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың құжаттарын және мәліметтерін тексеруді жүзеге асыру, қарап-тексеруді және (немесе) жете тексеруді жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z833" w:id="362"/>
-[...15 lines deleted...]
-      225-1) өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарының тізбесін және оларды қолдану қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z836" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-4) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінде көлік құралдарын тоқтату, оларды қарап-тексеруді, жете тексеруді жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z834" w:id="363"/>
-[...15 lines deleted...]
-      225-2) өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарын сатып алу, пайдалану;</w:t>
+    <w:bookmarkStart w:name="z837" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-5) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлар мен көлік құралдарын қарап-тексеру және (немесе) жете тексеру актілерінің нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z835" w:id="364"/>
-[...15 lines deleted...]
-      225-3) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың құжаттарын және мәліметтерін тексеруді жүзеге асыру, қарап-тексеруді және (немесе) жете тексеруді жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z838" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-6) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру орындарының тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z836" w:id="365"/>
-[...15 lines deleted...]
-      225-4) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінде көлік құралдарын тоқтату, оларды қарап-тексеруді, жете тексеруді жүргізу;</w:t>
+    <w:bookmarkStart w:name="z839" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-7) Қазақстан Республикасының заңнамасына сәйкес ақпараттық жүйелерді, байланыс жүйелерін, деректерді беру жүйелерін, сондай-ақ ақпаратты қорғау құралдарын әзірлеу, жасау, сатып алу және пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z837" w:id="366"/>
-[...15 lines deleted...]
-      225-5) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлар мен көлік құралдарын қарап-тексеру және (немесе) жете тексеру актілерінің нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z840" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-8) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z838" w:id="367"/>
-[...15 lines deleted...]
-      225-6) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру орындарының тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z841" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-9) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z839" w:id="368"/>
-[...15 lines deleted...]
-      225-7) Қазақстан Республикасының заңнамасына сәйкес ақпараттық жүйелерді, байланыс жүйелерін, деректерді беру жүйелерін, сондай-ақ ақпаратты қорғау құралдарын әзірлеу, жасау, сатып алу және пайдалану;</w:t>
+    <w:bookmarkStart w:name="z842" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-10) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z840" w:id="369"/>
-[...15 lines deleted...]
-      225-8) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
+    <w:bookmarkStart w:name="z843" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-11) Еуразиялық экономикалық одақтың және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін кедендік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z841" w:id="370"/>
-[...15 lines deleted...]
-      225-9) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z844" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-12) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы рұқсатсыз өткізілетін өзіндік ерекшелігі бар тауарлардың экспортына, импортына немесе транзитіне тыйым салу туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z842" w:id="371"/>
-[...15 lines deleted...]
-      225-10) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z845" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225-13) арнайы білім мен дағдыларды талап ететін мәселелерді зерттеу үшін Қазақстан Республикасының мемлекеттік органдарын, ұйымдарын, сарапшыларды және мамандарды тарту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z843" w:id="372"/>
-[...15 lines deleted...]
-      225-11) Еуразиялық экономикалық одақтың және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін кедендік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226) кеден органдарының кадрларын даярлауды, қайта даярлауды және бiлiктiлiгiн арттыруды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z844" w:id="373"/>
-[...15 lines deleted...]
-      225-12) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы рұқсатсыз өткізілетін өзіндік ерекшелігі бар тауарлардың экспортына, импортына немесе транзитіне тыйым салу туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227) мемлекеттік кірістер органы қызметінің қауіпсіздігін қамтамасыз ету, мемлекеттік кірістер органының лауазымды адамын және олардың отбасы мүшелерін Қазақстан Республикасының заңнамасына сәйкес құқыққа қайшы әрекеттерден қорғау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z845" w:id="374"/>
-[...15 lines deleted...]
-      225-13) арнайы білім мен дағдыларды талап ететін мәселелерді зерттеу үшін Қазақстан Республикасының мемлекеттік органдарын, ұйымдарын, сарапшыларды және мамандарды тарту;</w:t>
+    <w:bookmarkStart w:name="z368" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228) кеден ісі саласында жасалған құқық бұзушылық туралы ақпараттарды жинау және талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z366" w:id="375"/>
-[...15 lines deleted...]
-      226) кеден органдарының кадрларын даярлауды, қайта даярлауды және бiлiктiлiгiн арттыруды ұйымдастыру және жүргізу;</w:t>
+    <w:bookmarkStart w:name="z369" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229) тәуекелдерді бағалау және басқару бойынша қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z367" w:id="376"/>
-[...15 lines deleted...]
-      227) мемлекеттік кірістер органы қызметінің қауіпсіздігін қамтамасыз ету, мемлекеттік кірістер органының лауазымды адамын және олардың отбасы мүшелерін Қазақстан Республикасының заңнамасына сәйкес құқыққа қайшы әрекеттерден қорғау;</w:t>
+    <w:bookmarkStart w:name="z370" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230) мүдделі тұлғаларға ЕАЭО және (немесе) Қазақстан Республикасының кеден заңнамаларын қолдану мәселесі бойынша және мемлекеттік кірістер органдарының құзыретіне кіретін өзге де мәселелер бойынша өтеусіз негізде консультация беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z368" w:id="377"/>
-[...15 lines deleted...]
-      228) кеден ісі саласында жасалған құқық бұзушылық туралы ақпараттарды жинау және талдауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z371" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231) кеден ісі саласында келіп түскен сұрау салулар мен ұсыныстарды ескере отырып, өтініштерді уақытылы, объективті және жан-жақты қарауды қамтамасыз ету және жауаптар беру немесе тиісті әрекеттерді жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z369" w:id="378"/>
-[...15 lines deleted...]
-      229) тәуекелдерді бағалау және басқару бойынша қызметті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z372" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232) өз өкілетті шегінде салықтық міндеттемелердің туындауы, орындау және тоқтату бойынша түсіндіру және ұсынымдар беруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z370" w:id="379"/>
-[...15 lines deleted...]
-      230) мүдделі тұлғаларға ЕАЭО және (немесе) Қазақстан Республикасының кеден заңнамаларын қолдану мәселесі бойынша және мемлекеттік кірістер органдарының құзыретіне кіретін өзге де мәселелер бойынша өтеусіз негізде консультация беру;</w:t>
+    <w:bookmarkStart w:name="z373" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233) тәуекелдерді басқару жүйесін пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z371" w:id="380"/>
-[...15 lines deleted...]
-      231) кеден ісі саласында келіп түскен сұрау салулар мен ұсыныстарды ескере отырып, өтініштерді уақытылы, объективті және жан-жақты қарауды қамтамасыз ету және жауаптар беру немесе тиісті әрекеттерді жасау;</w:t>
+    <w:bookmarkStart w:name="z374" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234) кедендік төлемдерді, салықтарды, арнайы, демпингке қарсы, өтемақы баждарын толық өндіріп алуды және уақытылы аударуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z372" w:id="381"/>
-[...15 lines deleted...]
-      232) өз өкілетті шегінде салықтық міндеттемелердің туындауы, орындау және тоқтату бойынша түсіндіру және ұсынымдар беруді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z375" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235) шартты түрде шығарылған тауарларды ұсынудың не кедендік әкелу баждарын, салықтарды төлеу бойынша жеңілдіктер берудің мақсаты мен шарттарын және (немесе) кедендік әкелу баждарын, салықтарды төлеу бойынша жеңілдіктерді қолданумен байланысты осы тауарларды пайдалану және (немесе) билік ету бойынша шектеулерді сақтауды растау үшін тауарлар шығарылғаннан кейін кедендік бақылау жүргізу кезінде олардың тұрған жерін растау ерекшелігін, сондай-ақ тауарлар шығарылғаннан кейін шартты түрде шығарылған тауарларға қатысты кедендік бақылау жүргізу мерзімділігін және жүргізуге қойылатын өзге де талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z373" w:id="382"/>
-[...15 lines deleted...]
-      233) тәуекелдерді басқару жүйесін пайдалану;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236) сыртқы саясат саласындағы уәкілетті органмен келісу бойынша бажсыз сауда дүкендері иелерінің тізіліміне енгізудің қосымша шарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z374" w:id="383"/>
-[...15 lines deleted...]
-      234) кедендік төлемдерді, салықтарды, арнайы, демпингке қарсы, өтемақы баждарын толық өндіріп алуды және уақытылы аударуды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z377" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237) Қазақстан Республикасында кедендік реттеуді жетілдіруге және іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z375" w:id="384"/>
-[...15 lines deleted...]
-      235) шартты түрде шығарылған тауарларды ұсынудың не кедендік әкелу баждарын, салықтарды төлеу бойынша жеңілдіктер берудің мақсаты мен шарттарын және (немесе) кедендік әкелу баждарын, салықтарды төлеу бойынша жеңілдіктерді қолданумен байланысты осы тауарларды пайдалану және (немесе) билік ету бойынша шектеулерді сақтауды растау үшін тауарлар шығарылғаннан кейін кедендік бақылау жүргізу кезінде олардың тұрған жерін растау ерекшелігін, сондай-ақ тауарлар шығарылғаннан кейін шартты түрде шығарылған тауарларға қатысты кедендік бақылау жүргізу мерзімділігін және жүргізуге қойылатын өзге де талаптарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238) ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасында, оның ішінде тауарлардың халықаралық тасымалын жүзеге асыратын көлік құралдарының тоқтауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z376" w:id="385"/>
-[...15 lines deleted...]
-      236) сыртқы саясат саласындағы уәкілетті органмен келісу бойынша бажсыз сауда дүкендері иелерінің тізіліміне енгізудің қосымша шарттарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239) тасымалдаушыдан немесе ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлардың өткізілуін жүзеге асыратын адамнан қажетті ақпаратты, сондай-ақ тасымалданатын тауарларға қатысты құжаттар мен мәліметтерді сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z377" w:id="386"/>
-[...15 lines deleted...]
-      237) Қазақстан Республикасында кедендік реттеуді жетілдіруге және іске асыруға қатысады;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240) ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың жекелеген түрлеріне қатысты тыйымдар мен шектеулердің сақталуына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z378" w:id="387"/>
-[...15 lines deleted...]
-      238) ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасында, оның ішінде тауарлардың халықаралық тасымалын жүзеге асыратын көлік құралдарының тоқтауы;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241) ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың жекелеген түрлеріне қатысты тыйымдар мен шектеулердің сақталуына бақылауды жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z379" w:id="388"/>
-[...15 lines deleted...]
-      239) тасымалдаушыдан немесе ЕАЭО кедендік шекарасына тұспа-тұс келмейтін Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлардың өткізілуін жүзеге асыратын адамнан қажетті ақпаратты, сондай-ақ тасымалданатын тауарларға қатысты құжаттар мен мәліметтерді сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z382" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242) тауарларды таңбалау мен қадағалаудың ақпараттық жүйесіне қойылатын функционалдық талаптарды тауарларды таңбалау мен қадағалау саласындағы үйлестіруші органымен әзірлеу және келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z380" w:id="389"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="392"/>
+    <w:bookmarkStart w:name="z383" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243) құзыреті шегінде тауарлардың таңбалауы мен қадағалауын жүзеге асыру; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z384" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244) тауарларды таңбалау мен қадағалау тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z385" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245) таңбалау мен қадағалауды жүргізудің орындылығына талдау жүргізе отырып тауарлардың жекелеген түрлеріне таңбалау мен қадағалау бойынша пилоттық жобаның қорытындысы бойынша сауда қызметін реттеу саласындағы уәкілетті органға таңбалау мен қадағалауға жататын тауарлар тізбесіне енгізу туралы ұсыныстарды таңбалау мен қадағалау саласындағы үйлестіруші мемлекеттік органмен және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен келісу бойынша енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z386" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      246) таңбалау мен қадағалауға жататын тауарларға өзін-өзі реттеу туралы заңнамаға сәйкес бағалау қызметі саласында реттеушілік әсерді талдауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z384" w:id="393"/>
-[...15 lines deleted...]
-      244) тауарларды таңбалау мен қадағалау тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z387" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      247) таңбалау мен қадағалауға жататын тауарлардың айналым қатысушыларының тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z385" w:id="394"/>
-[...15 lines deleted...]
-      245) таңбалау мен қадағалауды жүргізудің орындылығына талдау жүргізе отырып тауарлардың жекелеген түрлеріне таңбалау мен қадағалау бойынша пилоттық жобаның қорытындысы бойынша сауда қызметін реттеу саласындағы уәкілетті органға таңбалау мен қадағалауға жататын тауарлар тізбесіне енгізу туралы ұсыныстарды таңбалау мен қадағалау саласындағы үйлестіруші мемлекеттік органмен және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен келісу бойынша енгізу;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248) өз құзыреті шегінде таңбалау мен қадағалауға жататын тауарлардың айналымына, оның ішінде ЕАЭО мүше мемлекеттермен өзара саудада мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z386" w:id="395"/>
-[...15 lines deleted...]
-      246) таңбалау мен қадағалауға жататын тауарларға өзін-өзі реттеу туралы заңнамаға сәйкес бағалау қызметі саласында реттеушілік әсерді талдауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249) тауарларды таңбалауда қолданылатын бақылау (сәйкестендіру) белгісі, сәйкестендіру құралы құнының шекті мөлшерін есептеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z387" w:id="396"/>
-[...15 lines deleted...]
-      247) таңбалау мен қадағалауға жататын тауарлардың айналым қатысушыларының тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250) арнайы экономикалық аймақтардың басқарушы компанияларының және әлеуетті қатысушыларының басым қызмет түрлерінің тізбесінде көзделмеген немесе арнайы экономикалық аймақты құру мақсаттарына сәйкес келмейтін қызмет түрлерін осындай тізбеге қосу туралы өтініштерін қарауды жүзеге асыратын арнайы комиссияның жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z388" w:id="397"/>
-[...15 lines deleted...]
-      248) өз құзыреті шегінде таңбалау мен қадағалауға жататын тауарлардың айналымына, оның ішінде ЕАЭО мүше мемлекеттермен өзара саудада мониторингті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      251) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтарды құру және жұмыс істеу саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z389" w:id="398"/>
-[...15 lines deleted...]
-      249) тауарларды таңбалауда қолданылатын бақылау (сәйкестендіру) белгісі, сәйкестендіру құралы құнының шекті мөлшерін есептеу;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252) Трансферттік баға белгілеуді қолдану жөнінде келісім жасасу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z390" w:id="399"/>
-[...15 lines deleted...]
-      250) арнайы экономикалық аймақтардың басқарушы компанияларының және әлеуетті қатысушыларының басым қызмет түрлерінің тізбесінде көзделмеген немесе арнайы экономикалық аймақты құру мақсаттарына сәйкес келмейтін қызмет түрлерін осындай тізбеге қосу туралы өтініштерін қарауды жүзеге асыратын арнайы комиссияның жұмысына қатысу;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253) мәмілеге қатысушының трансферттік баға белгілеуді қолдану бойынша келісім жасасуға өтінішін қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z391" w:id="400"/>
-[...15 lines deleted...]
-      251) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтарды құру және жұмыс істеу саласында мемлекеттік саясатты іске асыру;</w:t>
+    <w:bookmarkStart w:name="z394" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254) қолданылатын бағаның экономикалық негіздемесін, оның ішінде мәміле бағасы мен дифференциалды растайтын құжаттарды, нарықтық бағаны айқындау әдістерінің бірін қолдану туралы ақпаратты және қолданылатын бағаның негізділігін растайтын басқа да ақпаратты қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z392" w:id="401"/>
-[...15 lines deleted...]
-      252) Трансферттік баға белгілеуді қолдану жөнінде келісім жасасу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255) өз құзыреті шегінде трансферттік баға белгілеу мәселелері бойынша ақпарат және түсініктемелер беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z393" w:id="402"/>
-[...15 lines deleted...]
-      253) мәмілеге қатысушының трансферттік баға белгілеуді қолдану бойынша келісім жасасуға өтінішін қарау;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256) "Трансферттік баға белгілеу туралы" Қазақстан Республикасының Заңында көзделген жағдайларда трансферттік баға белгілеу мәселелері бойынша тексерулер жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z394" w:id="403"/>
-[...15 lines deleted...]
-      254) қолданылатын бағаның экономикалық негіздемесін, оның ішінде мәміле бағасы мен дифференциалды растайтын құжаттарды, нарықтық бағаны айқындау әдістерінің бірін қолдану туралы ақпаратты және қолданылатын бағаның негізділігін растайтын басқа да ақпаратты қарау;</w:t>
+    <w:bookmarkStart w:name="z397" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257) трансферттік баға белгілеу бойынша жергілікті, негізгі және еларалық есептіліктердің нысандарын және оларды толтыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z395" w:id="404"/>
-[...15 lines deleted...]
-      255) өз құзыреті шегінде трансферттік баға белгілеу мәселелері бойынша ақпарат және түсініктемелер беру;</w:t>
+    <w:bookmarkStart w:name="z398" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258) халықаралық топқа қатысу туралы өтініштің нысандарын және оларды толтыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z396" w:id="405"/>
-[...15 lines deleted...]
-      256) "Трансферттік баға белгілеу туралы" Қазақстан Республикасының Заңында көзделген жағдайларда трансферттік баға белгілеу мәселелері бойынша тексерулер жүргізу;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259) мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z397" w:id="406"/>
-[...15 lines deleted...]
-      257) трансферттік баға белгілеу бойынша жергілікті, негізгі және еларалық есептіліктердің нысандарын және оларды толтыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z398" w:id="407"/>
-[...15 lines deleted...]
-      258) халықаралық топқа қатысу туралы өтініштің нысандарын және оларды толтыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261) мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z399" w:id="408"/>
-[...15 lines deleted...]
-      259) мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес мемлекеттік қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z400" w:id="409"/>
-[...15 lines deleted...]
-      260) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z401" w:id="410"/>
-[...15 lines deleted...]
-      261) мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z402" w:id="411"/>
-[...15 lines deleted...]
-      262) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z405" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z403" w:id="412"/>
-[...15 lines deleted...]
-      263) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266) мемлекеттік қызметтер көрсету саласындағы қызметкерлердің біліктілігін арттыруды, мүгедектігі бар адамдармен қарым-қатынас жасауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z404" w:id="413"/>
-[...15 lines deleted...]
-      264) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарау;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z405" w:id="414"/>
-[...15 lines deleted...]
-      265) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолдану;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру бойынша шаралар қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z406" w:id="415"/>
-[...15 lines deleted...]
-      266) мемлекеттік қызметтер көрсету саласындағы қызметкерлердің біліктілігін арттыруды, мүгедектігі бар адамдармен қарым-қатынас жасауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      269) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z407" w:id="416"/>
-[...15 lines deleted...]
-      267) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қолдану;</w:t>
+    <w:bookmarkStart w:name="z410" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      270) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасын бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z408" w:id="417"/>
-[...15 lines deleted...]
-      268) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру бойынша шаралар қолдану;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      271) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z409" w:id="418"/>
-[...15 lines deleted...]
-      269) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      272) мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z410" w:id="419"/>
-[...15 lines deleted...]
-      270) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасын бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасына ішкі бақылауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z411" w:id="420"/>
-[...15 lines deleted...]
-      271) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік беру;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z412" w:id="421"/>
-[...15 lines deleted...]
-      272) мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына беру;</w:t>
+    <w:bookmarkStart w:name="z415" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275) этил спиртінің, алкоголь өнімінің және темекі өнімдерінің өндірісі мен айналымын мемлекеттік реттеу, мұнай өнімдерінің жекелеген түрлерінің және биоотынның өндірісі мен айналымын мемлекеттік реттеу саласында мемлекеттік саясатты іске асыру, Қазақстан Республикасының салық саясатын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z413" w:id="422"/>
-[...15 lines deleted...]
-      273) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасына ішкі бақылауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z416" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      276) этил спирті мен алкоголь өнімін өндіру және олардың айналымы, темекі өнімдерін өндіру саласында қызметті жүзеге асыру кезінде Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасын сақтау бойынша бақылау жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z414" w:id="423"/>
-[...15 lines deleted...]
-      274) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      277) этил спирті мен алкоголь өнімін, темекі өнімдерін өндіру бойынша қызметті лицензиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z415" w:id="424"/>
-[...15 lines deleted...]
-      275) этил спиртінің, алкоголь өнімінің және темекі өнімдерінің өндірісі мен айналымын мемлекеттік реттеу, мұнай өнімдерінің жекелеген түрлерінің және биоотынның өндірісі мен айналымын мемлекеттік реттеу саласында мемлекеттік саясатты іске асыру, Қазақстан Республикасының салық саясатын іске асыру;</w:t>
+    <w:bookmarkStart w:name="z418" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      278) алкоголь өнімдері мен темекі өнімдерін өткізу кезінде ең төменгі бағалардың сақталуына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z416" w:id="425"/>
-[...15 lines deleted...]
-      276) этил спирті мен алкоголь өнімін өндіру және олардың айналымы, темекі өнімдерін өндіру саласында қызметті жүзеге асыру кезінде Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасын сақтау бойынша бақылау жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z419" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      279) темекі бұйымдарын өндіру және олардың айналымы көлемдерінің теңгерімін бақылауды, есепке алу мен талдауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z417" w:id="426"/>
-[...15 lines deleted...]
-      277) этил спирті мен алкоголь өнімін, темекі өнімдерін өндіру бойынша қызметті лицензиялау;</w:t>
+    <w:bookmarkStart w:name="z420" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      280) темекі өнімдерінің өндірілуі мен айналымына мониторингті жүзеге асыру үшін қажетті мәліметтерді ұсыну нысанын, тәртібі және мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z418" w:id="427"/>
-[...15 lines deleted...]
-      278) алкоголь өнімдері мен темекі өнімдерін өткізу кезінде ең төменгі бағалардың сақталуына бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z421" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      281) мониторинг жүргізу үшін қажетті мәліметтерді, сондай-ақ темекі өнімдерінің қалдықтары және (немесе) айналымы туралы декларацияларды табыс ету тәртібін, нысанын және мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z419" w:id="428"/>
-[...15 lines deleted...]
-      279) темекі бұйымдарын өндіру және олардың айналымы көлемдерінің теңгерімін бақылауды, есепке алу мен талдауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z422" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      282) темекі өнімдеріне арналған дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z420" w:id="429"/>
-[...15 lines deleted...]
-      280) темекі өнімдерінің өндірілуі мен айналымына мониторингті жүзеге асыру үшін қажетті мәліметтерді ұсыну нысанын, тәртібі және мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z423" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      283) Қазақстан Республикасының этил спирті мен алкоголь өнімінің өндірілуін және айналымын мемлекеттік реттеу туралы заңнамасына сәйкес алкоголь өнімін сол немесе өзге түрге жатқызу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z421" w:id="430"/>
-[...15 lines deleted...]
-      281) мониторинг жүргізу үшін қажетті мәліметтерді, сондай-ақ темекі өнімдерінің қалдықтары және (немесе) айналымы туралы декларацияларды табыс ету тәртібін, нысанын және мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z424" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      284) этил спирті мен алкоголь өнімдерін өндіруді және олардың айналымын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z422" w:id="431"/>
-[...15 lines deleted...]
-      282) темекі өнімдеріне арналған дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z425" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      285) шарап материалы, сондай-ақ өндiрiстiк қуаты жылына төрт жүз мың декалитрден төмен сыра және сыра сусыны өндiрiсiнен басқа, этил спиртiн және (немесе) алкоголь өнiмiн өндiрудiң технологиялық желiлерiн есепке алудың бақылау аспаптарымен жарақтандыру, олардың жұмыс iстеу және есепке алынуын жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z423" w:id="432"/>
-[...15 lines deleted...]
-      283) Қазақстан Республикасының этил спирті мен алкоголь өнімінің өндірілуін және айналымын мемлекеттік реттеу туралы заңнамасына сәйкес алкоголь өнімін сол немесе өзге түрге жатқызу;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      286) этил спирті мен алкоголь өнімін өндіру паспорты үшін қажетті мәліметтер тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z424" w:id="433"/>
-[...15 lines deleted...]
-      284) этил спирті мен алкоголь өнімдерін өндіруді және олардың айналымын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      287) этил спирті және алкоголь өнімін өндіру мен олардың айналымы жөніндегі декларацияларды табыс ету тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z425" w:id="434"/>
-[...15 lines deleted...]
-      285) шарап материалы, сондай-ақ өндiрiстiк қуаты жылына төрт жүз мың декалитрден төмен сыра және сыра сусыны өндiрiсiнен басқа, этил спиртiн және (немесе) алкоголь өнiмiн өндiрудiң технологиялық желiлерiн есепке алудың бақылау аспаптарымен жарақтандыру, олардың жұмыс iстеу және есепке алынуын жүзеге асыру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288) этил спиртін сақтау мен өткізу (тиеп-жөнелту, қабылдап алу) қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z426" w:id="435"/>
-[...15 lines deleted...]
-      286) этил спирті мен алкоголь өнімін өндіру паспорты үшін қажетті мәліметтер тізбесін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      289) арақтарға, айрықша арақтарға, тауар шығарылған жердің қорғалған атауы бар арақтарға, күштілігі жоғары ликер-арақ бұйымдарына, коньяк пен брендиге ең төмен бөлшек сауда бағаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z427" w:id="436"/>
-[...15 lines deleted...]
-      287) этил спирті және алкоголь өнімін өндіру мен олардың айналымы жөніндегі декларацияларды табыс ету тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z430" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290) фильтрлі, фильтрсіз сигареттерге, папиростарға, сигариллаларға және қыздырылатын темекісі бар бұйымдарға ең төмен бөлшек сауда бағаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z428" w:id="437"/>
-[...15 lines deleted...]
-      288) этил спиртін сақтау мен өткізу (тиеп-жөнелту, қабылдап алу) қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      291) өндірілетін және импортталатын этил спирті мен алкоголь өніміне (сыра қайнату өнімінен басқа) дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z429" w:id="438"/>
-[...15 lines deleted...]
-      289) арақтарға, айрықша арақтарға, тауар шығарылған жердің қорғалған атауы бар арақтарға, күштілігі жоғары ликер-арақ бұйымдарына, коньяк пен брендиге ең төмен бөлшек сауда бағаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z432" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      292) этил спиртi, алкоголь өнiмдерi, темекi бұйымдары өндiрісін және олардың айналымын, сондай-ақ мұнай өнiмдерiнiң және биоотынның жекелеген түрлерiнiң өндiрiсi мен айналымын бақылауды жүзеге асыру бойынша орталық және жергілікті мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z430" w:id="439"/>
-[...15 lines deleted...]
-      290) фильтрлі, фильтрсіз сигареттерге, папиростарға, сигариллаларға және қыздырылатын темекісі бар бұйымдарға ең төмен бөлшек сауда бағаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      293) мұнай өнімдерінің және биоотынның айналымы саласында мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z431" w:id="440"/>
-[...15 lines deleted...]
-      291) өндірілетін және импортталатын этил спирті мен алкоголь өніміне (сыра қайнату өнімінен басқа) дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z434" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      294) автожанармай құю станцияларында және мұнай өнімдері базасында мұнай өнімдерінің қозғалысын есепке алу журналының нысанын және оны жүргізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z432" w:id="441"/>
-[...15 lines deleted...]
-      292) этил спиртi, алкоголь өнiмдерi, темекi бұйымдары өндiрісін және олардың айналымын, сондай-ақ мұнай өнiмдерiнiң және биоотынның жекелеген түрлерiнiң өндiрiсi мен айналымын бақылауды жүзеге асыру бойынша орталық және жергілікті мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z435" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      295) мұнай өнiмдерiн өндiру саласындағы уәкілетті орган ұсынған қайта өңдеу өнімдерінің тізбесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z433" w:id="442"/>
-[...15 lines deleted...]
-      293) мұнай өнімдерінің және биоотынның айналымы саласында мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z436" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      296) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай дерекқордан мұнай өнiмдерiн өндiру және олардың айналымы көлемі жөнінде ақпаратты мұнай өнiмдерiн өндiру саласындағы уәкілетті органға өз құзыреті шегінде салыстыру үшін ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z434" w:id="443"/>
-[...15 lines deleted...]
-      294) автожанармай құю станцияларында және мұнай өнімдері базасында мұнай өнімдерінің қозғалысын есепке алу журналының нысанын және оны жүргізу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z437" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      297) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай деректер қорын жүргізу және қалыптастыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z435" w:id="444"/>
-[...15 lines deleted...]
-      295) мұнай өнiмдерiн өндiру саласындағы уәкілетті орган ұсынған қайта өңдеу өнімдерінің тізбесін келісу;</w:t>
+    <w:bookmarkStart w:name="z438" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      298) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай деректер қорын жүргізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z436" w:id="445"/>
-[...15 lines deleted...]
-      296) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай дерекқордан мұнай өнiмдерiн өндiру және олардың айналымы көлемі жөнінде ақпаратты мұнай өнiмдерiн өндiру саласындағы уәкілетті органға өз құзыреті шегінде салыстыру үшін ұсыну;</w:t>
+    <w:bookmarkStart w:name="z439" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      299) мұнай өнімдерінің айналымына камералдық бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z437" w:id="446"/>
-[...15 lines deleted...]
-      297) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай деректер қорын жүргізу және қалыптастыру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300) мұнай өнімдеріне дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z438" w:id="447"/>
-[...15 lines deleted...]
-      298) мұнай өнiмдерiн өндiру және олардың айналымы жөніндегі бірыңғай деректер қорын жүргізуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      301) мұнай өнімдерінің айналымы саласында бұзушылықтарды жою туралы хабарламаның нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z439" w:id="448"/>
-[...15 lines deleted...]
-      299) мұнай өнімдерінің айналымына камералдық бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      302) өз құзыреті шегінде мұнай өнімдерінің айналымын мемлекеттік реттеу саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z440" w:id="449"/>
-[...15 lines deleted...]
-      300) мұнай өнімдеріне дербес сәйкестендіру нөмір-кодтарын беру қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z443" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      303) мұнай өнімдерінің айналымы бойынша декларациялардың нысандарын, табыс ету және жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z441" w:id="450"/>
-[...15 lines deleted...]
-      301) мұнай өнімдерінің айналымы саласында бұзушылықтарды жою туралы хабарламаның нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z444" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      304) мұнай өнімдерін өндірушілердің өндірістік объектілерінің резервуарларын және автожанармай құю станцияларын (жылжымалы үлгідегі автожанармай құю станцияларынан басқа) есепке алатын бақылау аспаптарымен жарақтандыру қағидаларын мен талаптарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z442" w:id="451"/>
-[...15 lines deleted...]
-      302) өз құзыреті шегінде мұнай өнімдерінің айналымын мемлекеттік реттеу саласындағы мемлекеттік саясатты іске асыру;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305) биоотын айналымына камералдық бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z443" w:id="452"/>
-[...15 lines deleted...]
-      303) мұнай өнімдерінің айналымы бойынша декларациялардың нысандарын, табыс ету және жасау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      306) биоотын айналымы бойынша декларациялардың нысанын, оларды ұсыну тәртібі мен мерзімін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z444" w:id="453"/>
-[...15 lines deleted...]
-      304) мұнай өнімдерін өндірушілердің өндірістік объектілерінің резервуарларын және автожанармай құю станцияларын (жылжымалы үлгідегі автожанармай құю станцияларынан басқа) есепке алатын бақылау аспаптарымен жарақтандыру қағидаларын мен талаптарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z447" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      307) биоотын айналымы саласындағы құқық бұзушылықтарды жою туралы хабарлама нысанын, биоотын өндірісінің паспортын, сондай-ақ биоотынды кейіннен қайта өңдеу үшін пайдаланылатын тамақ шикізатына арналған квоталарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z445" w:id="454"/>
-[...15 lines deleted...]
-      305) биоотын айналымына камералдық бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      308) құзыреті шегінде заңнамада белгіленген тәртіппен жеке және заңды тұлғалардың өтiнiштерiн қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z446" w:id="455"/>
-[...15 lines deleted...]
-      306) биоотын айналымы бойынша декларациялардың нысанын, оларды ұсыну тәртібі мен мерзімін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309) уақытша әкімші, оңалтуды, уақытша және банкроттықты басқарушылар қызметін жүзеге асыруға құқығы бар адамдар хабарламаларының тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z447" w:id="456"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z809" w:id="459"/>
+    <w:bookmarkStart w:name="z809" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       309-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы басқарушылары қызметінің басталғаны немесе тоқтатылғаны туралы хабарламалар бойынша рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z810" w:id="460"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z810" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       309-2) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осындай хабарламаларды жібіру шартында, қаржы басқарушылары қызметінің басталғаны немесе тоқтатылғаны туралы адамдардың жолдаған хабарламалары туралы мәліметтерді интернет-ресурста орналастыру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309-3) қаржы басқарушысына сыйақы төлеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309-4) банкроттық рәсімінің жүзеге асырылу барысы туралы ағымдағы және сұратылатын ақпараттың нысанын, сондай-ақ оны ұсыну қағидалары мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z450" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      310) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар жиналысы, сондай-ақ қаржы басқарушысы ұсынған кандидатураны оңалтушы немесе банкрот басқарушының тағайындауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z811" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      310-1) қаржы басқарушысы қызметінің басталғаны туралы хабарламалары Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес рұқсаттар мен хабарламалардың мемлекеттік электрондық тізіліміне енгізілген адамдар ішінен қаржы басқарушысын тағайындау тәртібін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z451" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      311) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар талаптарының тізілімін интернет-ресурста орналастыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z450" w:id="461"/>
-[...55 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар жиналысы, сондай-ақ қаржы басқарушысы ұсынған кандидатураны оңалтушы немесе банкрот басқарушының тағайындауы;</w:t>
+    <w:bookmarkStart w:name="z452" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      312) табиғи монополия субъектiлерi не республика экономикасы үшiн маңызды стратегиялық мәні бар, азаматтардың өміріне, денсаулығына, ұлттық қауіпсіздікке немесе қоршаған ортаға әсер ете алатын ұйымдар мен жеке кәсіпкерлер, оның ішінде акцияларының пакеттері (жарғылық капиталға қатысу үлестері) Қазақстан Республикасының заңнамасына сәйкес стратегиялық объектілерге жатқызылған, сондай-ақ оларға қатысты осындай тәртіп "Оңалту және банкроттық туралы" Қазақстан Республикасының Заңында көзделген мемлекеттiң бастамасы бойынша банкрот деп танылған ұйымдар банкрот болған кезде мүліктік массаны өткiзудiң ерекше шарттары мен тәртiбiн және мүліктік масса объектiлерiн сатып алушыларға қосымша талаптарды белгiлеу бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z811" w:id="462"/>
-[...15 lines deleted...]
-      310-1) қаржы басқарушысы қызметінің басталғаны туралы хабарламалары Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес рұқсаттар мен хабарламалардың мемлекеттік электрондық тізіліміне енгізілген адамдар ішінен қаржы басқарушысын тағайындау тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z453" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313) оңалтуды басқарушының оңалту рәсімінің жүзеге асырылу барысы туралы, уақытша басқарушының борышкердің қаржылық жай-күйі туралы мәліметтерді жинаудың және банкроттық рәсімнің жүзеге асырылу барысы туралы, банкроттық басқарушының банкроттық рәсімнің жүргізілу барысы туралы ағымдағы ақпараттарын қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z451" w:id="463"/>
-[...55 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар талаптарының тізілімін интернет-ресурста орналастыру;</w:t>
+    <w:bookmarkStart w:name="z454" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      314) борышкердің мүлкін сату бойынша электрондық аукцион өткізу тәртібінің сақталуына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z452" w:id="464"/>
-[...15 lines deleted...]
-      312) табиғи монополия субъектiлерi не республика экономикасы үшiн маңызды стратегиялық мәні бар, азаматтардың өміріне, денсаулығына, ұлттық қауіпсіздікке немесе қоршаған ортаға әсер ете алатын ұйымдар мен жеке кәсіпкерлер, оның ішінде акцияларының пакеттері (жарғылық капиталға қатысу үлестері) Қазақстан Республикасының заңнамасына сәйкес стратегиялық объектілерге жатқызылған, сондай-ақ оларға қатысты осындай тәртіп "Оңалту және банкроттық туралы" Қазақстан Республикасының Заңында көзделген мемлекеттiң бастамасы бойынша банкрот деп танылған ұйымдар банкрот болған кезде мүліктік массаны өткiзудiң ерекше шарттары мен тәртiбiн және мүліктік масса объектiлерiн сатып алушыларға қосымша талаптарды белгiлеу бойынша ұсыныстар әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z455" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      315) жоқ борышкерді банкроттық рәсімін қозғамай тарату туралы өтінішпен сотқа жүгіну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z453" w:id="465"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z456" w:id="468"/>
+    <w:bookmarkStart w:name="z456" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       316) "Оңалту және банкроттық туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10716,1591 +11728,1591 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, уақытша және банкроттықты басқарушыға негізгі сыйақы төлеу, сондай-ақ кредиторлар комитетінің шешімі бойынша өзге де әкімшілік шығыстарды өтеу туралы, сондай-ақ "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы басқарушысына сыйақы төлеу туралы өтінішхат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z457" w:id="469"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z457" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) әдейі банкроттық белгілерінің болуын көрсететін қолда бар деректер туралы құқық қорғау органдарына хабарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z812" w:id="470"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z812" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       317-1) кредитордың арызы бойынша борышкерді әдейі банкроттық тұрғысынан тексеру жүргізу "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z458" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      318) банкроттықты басқарушының негізгі сыйақысының ең төмен және ең жоғары шектерін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z459" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      319) егер өтініш беруші салықтар мен кедендік төлемдер бойынша кредитор, мемлекеттік орган немесе мемлекет қатысатын заңды тұлға болып табылса, уақытша басқарушыны таңдау қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z460" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      320) бақылау субъектісіне бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы хабарламаның және жоюға болмайтын, бақылау субъектісіне бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтар туралы хабарламаның нысандарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z458" w:id="471"/>
-[...15 lines deleted...]
-      318) банкроттықты басқарушының негізгі сыйақысының ең төмен және ең жоғары шектерін белгілеу;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      321) кредиторлар талаптары тізілімінің қалыптастыру нысанын, тәртібімен мерзімін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z459" w:id="472"/>
-[...15 lines deleted...]
-      319) егер өтініш беруші салықтар мен кедендік төлемдер бойынша кредитор, мемлекеттік орган немесе мемлекет қатысатын заңды тұлға болып табылса, уақытша басқарушыны таңдау қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z462" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      322) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар талаптарының қалыптастырылған тізіліміне өзгерістер мен және (немесе) толықтырулар енгізу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z460" w:id="473"/>
-[...15 lines deleted...]
-      320) бақылау субъектісіне бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы хабарламаның және жоюға болмайтын, бақылау субъектісіне бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтар туралы хабарламаның нысандарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z463" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323) борышкердің, сондай-ақ оның құрылтайшыларының (қатысушыларының) және лауазымды адамдарының орналасқан жерін анықтаудың мүмкін еместігін растайтын құжатты жасау қағидаларын және нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z461" w:id="474"/>
-[...15 lines deleted...]
-      321) кредиторлар талаптары тізілімінің қалыптастыру нысанын, тәртібімен мерзімін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z464" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      324) оңалту жоспарының үлгілік нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z462" w:id="475"/>
-[...55 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңдарына сәйкес кредиторлар талаптарының қалыптастырылған тізіліміне өзгерістер мен және (немесе) толықтырулар енгізу тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z465" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      325) коэффициенттерді есептеу және қаржылық орнықтылық сыныптарының шекараларын айқындау тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z463" w:id="476"/>
-[...15 lines deleted...]
-      323) борышкердің, сондай-ақ оның құрылтайшыларының (қатысушыларының) және лауазымды адамдарының орналасқан жерін анықтаудың мүмкін еместігін растайтын құжатты жасау қағидаларын және нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      326) әкімшінің уәкілетті органмен және өзге де тұлғалармен электрондық тәсілмен өзара іс-қимылын жүзеге асыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z464" w:id="477"/>
-[...15 lines deleted...]
-      324) оңалту жоспарының үлгілік нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      327) әкімшінің біліктілігін арттыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z465" w:id="478"/>
-[...15 lines deleted...]
-      325) коэффициенттерді есептеу және қаржылық орнықтылық сыныптарының шекараларын айқындау тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      328) банкроттық рәсімін қозғамай борышкерді тарату рәсімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z466" w:id="479"/>
-[...15 lines deleted...]
-      326) әкімшінің уәкілетті органмен және өзге де тұлғалармен электрондық тәсілмен өзара іс-қимылын жүзеге асыру тәртібін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      329) кредиторлар жиналысына әкімші қызметін жүзеге асыруға құқығы бар тұлғалар хабарламаларының тізілімінен оңалтуды не банкроттықты басқарушыны алып тастау туралы ақпарат жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z467" w:id="480"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z813" w:id="483"/>
+    <w:bookmarkStart w:name="z813" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       329-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес хабарламаны рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімінен алып тастаған күннен бастап бес жұмыс күні ішінде борышкер мен кредиторға қаржы басқарушысының осындай тізілімнен алып тасталғаны туралы және жаңа қаржы басқарушысының тағайындалуы туралы ақпарат жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z470" w:id="484"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z470" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) "Қазақстан Республикасының оңалту және банкроттық туралы" заңының 7-бабына сәйкес мән-жайлар кезінде жасалған мәмілелерді анықтау бойынша шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z471" w:id="485"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z471" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) оңалту рәсімдері мен банкроттық рәсімдердің өткізілуіне мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z814" w:id="486"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z814" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       331-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлем қабілеттілігін қалпына келтіру және сот арқалы банкроттығы рәсімдерінде қаржы басқарушысының қызметіне мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z472" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      332) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының заңдарына сәйкес банкроттың (борышкердің) мүлкін сату бойынша электрондық аукционды өткізу тәртібін және ұйымдастырушыны әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z473" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      333) уақытша әкімшінің немесе уақытша басқарушының негізгі сыйақысының ең төмен шегін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z474" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      334) оңалту рәсімінің немесе банкроттық рәсімінің жүзеге асырылу барысы туралы ағымдағы және сұратылатын ақпараттың нысандарын, сондай-ақ оны беру қағидалары мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z472" w:id="487"/>
-[...55 lines deleted...]
-        <w:t>" Қазақстан Республикасының заңдарына сәйкес банкроттың (борышкердің) мүлкін сату бойынша электрондық аукционды өткізу тәртібін және ұйымдастырушыны әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      335) уақытша және банкроттықты басқарушыға негізгі сыйақыны төлеу тәртібін, сондай-ақ өзге де әкімшілік шығыстарды өтеу тәртібі мен мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z473" w:id="488"/>
-[...15 lines deleted...]
-      333) уақытша әкімшінің немесе уақытша басқарушының негізгі сыйақысының ең төмен шегін белгілеу;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      336) оңалтуды және банкроттықты басқарушылардың қорытынды есебiнiң нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z474" w:id="489"/>
-[...15 lines deleted...]
-      334) оңалту рәсімінің немесе банкроттық рәсімінің жүзеге асырылу барысы туралы ағымдағы және сұратылатын ақпараттың нысандарын, сондай-ақ оны беру қағидалары мен мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      337) әкімшілерді есепке алу, оңалтуды және банкроттықты басқарушыларды тағайындау және шеттету, сондай-ақ әкімшінің біліктілігін арттыру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z475" w:id="490"/>
-[...15 lines deleted...]
-      335) уақытша және банкроттықты басқарушыға негізгі сыйақыны төлеу тәртібін, сондай-ақ өзге де әкімшілік шығыстарды өтеу тәртібі мен мөлшерін айқындау;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      338) оңалту жоспарында көзделген іс-шаралардың іске асырылуын ескере отырып, уақытша әкімшінің, уақытша басқарушының және оңалтуды басқарушының борышкердің қаржылық орнықтылығы туралы, сондай-ақ банкроттықты басқарушының борышкердің қаржылық орнықтылығы туралы қорытындысының үлгілік нысандарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z476" w:id="491"/>
-[...15 lines deleted...]
-      336) оңалтуды және банкроттықты басқарушылардың қорытынды есебiнiң нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      339) әкімшінің біліктілік емтиханын өткізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z477" w:id="492"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z815" w:id="495"/>
+    <w:bookmarkStart w:name="z815" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес борышкердің соттан тыс банкроттық рәсімін қолдану туралы арызының нысанын әзірлеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z816" w:id="496"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z816" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-2) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес соттан тыс банкроттық рәсімін аяқтау және борышкерді банкрот деп тану туралы шешім нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z817" w:id="497"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z817" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-3) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес борышкердің қаржылық жағдайы туралы мәліметтерді жинауды жүзеге асыру нәтижелері бойынша қаржы басқарушысы қорытындысының нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z818" w:id="498"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z818" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-4) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы басқарушысының банкроттың міндеттемелерін тоқтатуға негіздердің бар немесе жоқ екендігі туралы қорытындысының нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z819" w:id="499"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z819" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-5) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сот арқалы банкроттығы рәсімін қолданудан бас тарту туралы хабарлама нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z820" w:id="500"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z820" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-6) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлем қабілеттілігін қалпына келтірудің үлгілік жоспарының нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z821" w:id="501"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z821" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-7) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы басқарушысының қорытынды есебінің нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z822" w:id="502"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z822" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       339-8) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес борышкердің қаржылық жағдайына мониторинг жүргізу қағидалары мен мерзімдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z480" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      340) санкцияға қатысушыдан растайтын құжаттарды сұратуды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z481" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      341) "Оңалту және банкроттық туралы" Қазақстан Республикасының Заңында көзделген жағдайда банкроттың мүлкін уақытша басқарушының сатуына келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z482" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      342) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына сәйкес уақытша әкімшінің, оңалту, уақытша, банкроттық және қаржы басқарушыларының әрекеттеріне (әрекетсіздігіне) шағымдарды қарау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z480" w:id="503"/>
-[...15 lines deleted...]
-      340) санкцияға қатысушыдан растайтын құжаттарды сұратуды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z483" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      343) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына сәйкес мемлекеттік органдардан, жеке және заңды тұлғалардан және олардың лауазымды адамдарынан борышкерлер туралы сұрау салуды жүзеге асыру және ақпарат алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z481" w:id="504"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z484" w:id="507"/>
+    <w:bookmarkStart w:name="z484" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       344) "Оңалту және банкроттық туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уақытша және банкроттықты басқарушыларға банкрот деп тану туралы заңды күшіне енген сот шешімі бар тұлғаның банктік шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдықтары мен қозғалысы туралы ақпаратты ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z823" w:id="508"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z823" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       344-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы басқарушысына борышкердің қаржылық жағдайы, оның мүлкі мен міндеттемелері туралы ақпаратты беру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z485" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      345) "Оңалту және банкроттық туралы" Қазақстан Республикасының Заңын бұзушылықтар анықталған жағдайда уақытша әкімшінің, оңалтуды, уақытша және банкроттықты басқарушылардың шешімдері мен әрекеттерін (әрекетсіздігін) сотта даулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z486" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      346) өз құзыреті шегінде оңалту және банкроттық рәсімдердің жүргізілуі, өткізілуі және тоқтатылуы бойынша түсіндірулер мен түсініктемелер беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z487" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      347) Қазақстан Республикасының заңнамасында белгіленген тәртіпте мемлекеттік органдармен электрондық тәсілмен өзара іс-қимылды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z485" w:id="509"/>
-[...15 lines deleted...]
-      345) "Оңалту және банкроттық туралы" Қазақстан Республикасының Заңын бұзушылықтар анықталған жағдайда уақытша әкімшінің, оңалтуды, уақытша және банкроттықты басқарушылардың шешімдері мен әрекеттерін (әрекетсіздігін) сотта даулау;</w:t>
+    <w:bookmarkStart w:name="z488" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      348) "Оңалту және банкроттық туралы" Қазақстан Республикасының заңына сәйкес:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z486" w:id="510"/>
-[...15 lines deleted...]
-      346) өз құзыреті шегінде оңалту және банкроттық рәсімдердің жүргізілуі, өткізілуі және тоқтатылуы бойынша түсіндірулер мен түсініктемелер беру;</w:t>
+    <w:bookmarkStart w:name="z489" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредиторлар жиналысын өткізу туралы ақпараттық хабарламаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z487" w:id="511"/>
-[...15 lines deleted...]
-      347) Қазақстан Республикасының заңнамасында белгіленген тәртіпте мемлекеттік органдармен электрондық тәсілмен өзара іс-қимылды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z490" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банкроттық туралы iс қозғау және кредиторлар талабын мәлімдеу тәртібі туралы хабарландыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z488" w:id="512"/>
-[...15 lines deleted...]
-      348) "Оңалту және банкроттық туралы" Қазақстан Республикасының заңына сәйкес:</w:t>
+    <w:bookmarkStart w:name="z491" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      борышкердi банкрот деп тану және банкроттық рәсімін қозғай отырып, оны тарату туралы хабарландыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z489" w:id="513"/>
-[...15 lines deleted...]
-      кредиторлар жиналысын өткізу туралы ақпараттық хабарламаны;</w:t>
+    <w:bookmarkStart w:name="z492" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оңалту туралы іс бойынша іс жүргізуді қозғау және кредиторлардың талаптарды мәлімдеу тәртібі туралы хабарландыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z490" w:id="514"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z493" w:id="517"/>
+    <w:bookmarkStart w:name="z493" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қалыптастырылған кредиторлар талаптарының тізбесін, сондай-ақ талаптары танылмаған кредиторлардың тізбесін; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z494" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банкроттық рәсімін қозғамай борышкерді тарату және кредиторлардың талаптарды мәлімдеу тәртібі туралы хабарландыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z495" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      борышкерге қатысты берешекті қайта құру рәсімін қолдану туралы хабарландыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z496" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкімші қызметін жүзеге асыруға құқығы бар адамдардың тізімін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z494" w:id="518"/>
-[...15 lines deleted...]
-      банкроттық рәсімін қозғамай борышкерді тарату және кредиторлардың талаптарды мәлімдеу тәртібі туралы хабарландыруды;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оларға қатысты банкрот деп тану, оңалту рәсімін қолдану, банкроттық рәсімін қозғамай тарату туралы соттың шешімі заңды күшіне енген борышкерлердің тізімін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z495" w:id="519"/>
-[...15 lines deleted...]
-      борышкерге қатысты берешекті қайта құру рәсімін қолдану туралы хабарландыруды;</w:t>
+    <w:bookmarkStart w:name="z498" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оларға қатысты оңалту рәсімінің тоқтатылуы туралы соттың шешімі заңды күшіне енген дара кәсіпкерлер мен заңды тұлғалардың тізімін интернет-ресурсқа орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z496" w:id="520"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z824" w:id="523"/>
+    <w:bookmarkStart w:name="z824" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       348-1) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес интернет-ресурста орналастыру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkEnd w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздеріне қатысты соттан тыс банкроттық рәсімі қолданылған, тоқтатылған және аяқталған азаматтардың тізімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12311,90 +13323,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздеріне қатысты соттардың тиісті ұйғарымдары мен шешімдері заңды күшіне енген азаматтардың тізімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлем қабілеттілігін қалпына келтіру немесе сот арқалы банкроттығы рәсімін қолдану туралы іс бойынша іс жүргізуді қозғау және кредиторлардың талаптарын мәлімдеу тәртібі туралы қазақ және орыс тілдеріндегі хабарландыруды орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z825" w:id="524"/>
+    <w:bookmarkStart w:name="z825" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       348-2) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Электрондық үкімет" веб-порталында орналастыру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздеріне қатысты сот арқалы банкроттығы рәсімі қолданылған, тоқтатылған және аяқталған азаматтардың тізімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12423,1964 +13435,2490 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соттан тыс банкроттық рәсімін тоқтату туралы хабарландыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соттан тыс банкроттық рәсімінің аяқталғаны және борышкерді банкрот деп тану туралы хабарландыруды орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z499" w:id="525"/>
+    <w:bookmarkStart w:name="z857" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      348-3) салық төлеушілердің (салық агенттерінің), оның ішінде салық төлеушілердің (салық агенттерінің) жекелеген санаттарының қызметін тарату, қайта ұйымдастыру және тоқтату кезінде салықтық міндеттемені орындау тәртібін, қызметін тоқтату кезінде салықтық міндеттемені орындаудың оңайлатылған тәртібін, сондай-ақ салық төлеушілерді салық төлеушілердің жекелеген санаттарына жатқызу шарттарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z499" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       349) "Оңалту және банкроттық туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>90-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте кредиторлар тізімін қалыптастырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z500" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350) оңалтуды немесе банкроттықты басқарушыны шеттету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z826" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-1) соттан тыс банкроттық рәсімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z500" w:id="526"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z827" w:id="528"/>
+    <w:bookmarkStart w:name="z827" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       350-2) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасын Заңының 35-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда төлем қабілеттілігін қалпына келтіру немесе сот арқылы банкроттығы рәсімін тоқтату туралы сотқа өтінішхат жолдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z828" w:id="529"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z828" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       350-3) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес соттан тыс және сот арқылы банкроттығы рәсімі кезінде, сондай-ақ борышкер банкрот деп танылғаннан кейін үш жыл ішінде борышкердің қаржылық жағдайына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z829" w:id="530"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z829" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       350-4) "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес банкроттың мемлекеттік тіркеуге жататын мүлікті, оның ішінде ортақ бірлескен мүлікті сатып алу фактісі анықталған жағдайда кредиторларға банкроттың қаржылық жағдайына мониторинг нәтижелерін жіберу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z846" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-5) әкімшілерге арналған кәсіптік стандарттарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z847" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-6) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстарды енгізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z846" w:id="531"/>
-[...15 lines deleted...]
-      350-5) әкімшілерге арналған кәсіптік стандарттарды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z848" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-7) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік стандарттарды әзірлеу және (немесе) жаңарту жөнінде ұсыныстарды әзірлеу және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жолдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z847" w:id="532"/>
-[...15 lines deleted...]
-      350-6) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстарды енгізу;</w:t>
+    <w:bookmarkStart w:name="z849" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-8) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша жыл сайынғы негізде ағымдағы және алдағы кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z848" w:id="533"/>
-[...15 lines deleted...]
-      350-7) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік стандарттарды әзірлеу және (немесе) жаңарту жөнінде ұсыныстарды әзірлеу және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жолдау;</w:t>
+    <w:bookmarkStart w:name="z850" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-9) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға Кәсіптік біліктілік жөніндегі ұлттық кеңестің отырысында қарау үшін кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z849" w:id="534"/>
-[...15 lines deleted...]
-      350-8) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша жыл сайынғы негізде ағымдағы және алдағы кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z851" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-10) кәсіптік біліктілікті тану саласындағы уәкілетті орган бекіткен кәсіптік біліктілік жөніндегі салалық кеңестер туралы үлгілік ереженің негізінде кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z850" w:id="535"/>
-[...15 lines deleted...]
-      350-9) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға Кәсіптік біліктілік жөніндегі ұлттық кеңестің отырысында қарау үшін кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізу;</w:t>
+    <w:bookmarkStart w:name="z501" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      351) өзін-өзі реттеу мәселелері жөніндегі нормативтік құқықтық актілердің жобаларын әзірлеу және уәкілетті органмен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z851" w:id="536"/>
-[...15 lines deleted...]
-      350-10) кәсіптік біліктілікті тану саласындағы уәкілетті орган бекіткен кәсіптік біліктілік жөніндегі салалық кеңестер туралы үлгілік ереженің негізінде кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z502" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      352) реттеушілік әсерді талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z501" w:id="537"/>
-[...15 lines deleted...]
-      351) өзін-өзі реттеу мәселелері жөніндегі нормативтік құқықтық актілердің жобаларын әзірлеу және уәкілетті органмен келісу;</w:t>
+    <w:bookmarkStart w:name="z503" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өнімнің өткізілуіне бақылауды үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z502" w:id="538"/>
-[...15 lines deleted...]
-      352) реттеушілік әсерді талдауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354) тиісті саладағы өзін-өзі реттейтін ұйымдардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z503" w:id="539"/>
-[...15 lines deleted...]
-      353) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өнімнің өткізілуіне бақылауды үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z505" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      355) міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z504" w:id="540"/>
-[...15 lines deleted...]
-      354) тиісті саладағы өзін-өзі реттейтін ұйымдардың тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z506" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      356) халықаралық шарттардан туындайтын Қазақстан Республикасының құқықтардың жүзеге асырылуын және міндеттемелердің орындалуын қамтамасыз ету, сондай-ақ халықаралық шарттардың басқа қатысушыларының өз міндеттемелерін орындауын қадағалайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z505" w:id="541"/>
-[...15 lines deleted...]
-      355) міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын келісу;</w:t>
+    <w:bookmarkStart w:name="z507" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357) Комитеттің құзыреті шегінде Қазақстан Республикасының нормативтік құқықтық актілерінің және халықаралық шарттардың жобаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z506" w:id="542"/>
-[...15 lines deleted...]
-      356) халықаралық шарттардан туындайтын Қазақстан Республикасының құқықтардың жүзеге асырылуын және міндеттемелердің орындалуын қамтамасыз ету, сондай-ақ халықаралық шарттардың басқа қатысушыларының өз міндеттемелерін орындауын қадағалайды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357-1) Комитет құзыреті шегінде шетелдік мемлекеттік органдармен және ұйымдармен ынтымақтастыққа байланысты халықаралық шарттарға жатпайтын өзге де құжаттарды жасасу, қол қою, келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z508" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жататын өлшемдер тізбелерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z507" w:id="543"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z509" w:id="545"/>
+    <w:bookmarkStart w:name="z509" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       359) "Мемлекеттік сатып алу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуетті өнім берушілерді мемлекеттік сатып алудың жосықсыз қатысушылары деп тану туралы шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z510" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік кірістер органдарының құзыретіне жататын мәселелер бойынша ақпаратты интернет-ресурсқа орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z511" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361) салық органына түбіртектерді пайдалану, сондай-ақ салық сомаларын екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға тапсыру туралы есептерді беру тәртібі мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z510" w:id="546"/>
-[...15 lines deleted...]
-      360) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік кірістер органдарының құзыретіне жататын мәселелер бойынша ақпаратты интернет-ресурсқа орналастыру;</w:t>
+    <w:bookmarkStart w:name="z512" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362) жеке кәсіпкерлік субъектілерінің орындауы үшін міндетті талаптарды өз құзыреті шегінде әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z511" w:id="547"/>
-[...15 lines deleted...]
-      361) салық органына түбіртектерді пайдалану, сондай-ақ салық сомаларын екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға тапсыру туралы есептерді беру тәртібі мен мерзімдерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z513" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, оларға өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстарды дайындауды және уәкілетті органға енгізуді өз құзыреті шегінде жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z512" w:id="548"/>
-[...15 lines deleted...]
-      362) жеке кәсіпкерлік субъектілерінің орындауы үшін міндетті талаптарды өз құзыреті шегінде әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z514" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364) уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді өз құзыреті шегінде жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z513" w:id="549"/>
-[...15 lines deleted...]
-      363) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, оларға өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстарды дайындауды және уәкілетті органға енгізуді өз құзыреті шегінде жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z515" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      365) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын өз құзыреті шегінде қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z514" w:id="550"/>
-[...15 lines deleted...]
-      364) уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді өз құзыреті шегінде жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z516" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      366) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды өз құзыреті шегінде жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z515" w:id="551"/>
-[...15 lines deleted...]
-      365) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын өз құзыреті шегінде қарау;</w:t>
+    <w:bookmarkStart w:name="z517" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      367) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына өз құзыреті шегінде қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z516" w:id="552"/>
-[...15 lines deleted...]
-      366) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды өз құзыреті шегінде жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z518" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      368) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты өз құзыреті шегінде іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z517" w:id="553"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z519" w:id="555"/>
+    <w:bookmarkStart w:name="z519" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       369) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша екінші деңгейдегі банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың жекелеген арнаулы салық режимдерін қолданатын дара кәсіпкерлер ретінде тіркеу есебінде тұрған және арнайы мобильдік қосымшаны пайдаланушылар болып табылатын жеке тұлғалардың – салық төлеушілердің кәсіпкерлік қызметін жүзеге асыру үшін шотқа күнтізбелік ай ішінде түскен төлемдерінің қорытынды сомалары жөніндегі мәліметтерді ұсыну қағидаларын, нысанын және мерзімдерін әзірлеу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z805" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369-1) өтініш берушілер көтеретін жүйелі проблемаларды талдау және анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z520" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370) экономика саласындағы келеңсіз процестердің алдын алу және оларды жою жөнінде ұсыныстар өз құзыреті шегінде әзірлеу және Қазақстан Республикасының Үкіметіне ұсыну;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z805" w:id="556"/>
-[...15 lines deleted...]
-      369-1) өтініш берушілер көтеретін жүйелі проблемаларды талдау және анықтау;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      371) Қазақстан Республикасының Үкіметі бекітетін мемлекеттік бағдарламаларды өз құзыреті шегінде әзірлеу және іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z520" w:id="557"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z522" w:id="559"/>
+    <w:bookmarkStart w:name="z522" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       372) өз құзыреті шегінде нормативтік құқықтық актілердің жобаларын келісу және олар бойынша қорытынды ұсыну; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372-1) Қазақстан Республикасының Сыртқы істер министрлігі әзірлейтін және бекітетін консулдық алым мөлшерлемелерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372-2) жер ресурстарын басқару жөніндегі орталық уәкілетті орган әзірлейтін және бекітетін тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372-3) тиісті уәкілетті мемлекеттік органдармен бірлесіп мемлекеттік кірістер органдары ұсынатын салықтық құпияны құрайтын мәліметтердің тәртібі мен тізбесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372-4) мүліктік жалдау (жалға беру) шарттары тізілімінің нысанын, оны жасау және ұсыну тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z523" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373) гендерлік саясатты іске асыруға өз құзыреті шегінде қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z852" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-1) Қазақстан Республикасының Ұлттық Банкімен және валюталық бақылау агенттерімен бірлесіп резиденттердің (шетелдік ұйымдардың филиалдарын (өкілдіктерін) қоспағанда) репатриациялау талабын орындауын бақылау мақсатында экспорт немесе импорт жөніндегі жекелеген валюталық шарттар шеңберінде ақша қозғалысын және міндеттемелердің өзге де орындалуын мониторингтеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:p>
-[...69 lines deleted...]
-      373) гендерлік саясатты іске асыруға өз құзыреті шегінде қатысу;</w:t>
+    <w:bookmarkStart w:name="z853" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-2) активтерді қайтару жөніндегі уәкілетті органмен бірлесіп активтерді ашып көрсету туралы декларацияның нысаны мен оны ұсыну тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z852" w:id="561"/>
-[...15 lines deleted...]
-      373-1) Қазақстан Республикасының Ұлттық Банкімен және валюталық бақылау агенттерімен бірлесіп резиденттердің (шетелдік ұйымдардың филиалдарын (өкілдіктерін) қоспағанда) репатриациялау талабын орындауын бақылау мақсатында экспорт немесе импорт жөніндегі жекелеген валюталық шарттар шеңберінде ақша қозғалысын және міндеттемелердің өзге де орындалуын мониторингтеуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z854" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-3) Қазақстан Республикасының Ұлттық Банкімен бірлесіп Қазақстан Республикасында экспорттық-импорттық валюталық бақылауды жүзеге асыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z853" w:id="562"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z855" w:id="564"/>
+    <w:bookmarkStart w:name="z855" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       373-4) "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасы Заңының 9-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген резиденттердің экспорт немесе импорт бойынша ұлттық валютаны және (немесе) шетел валютасын репатриациялау талабын орындауына валюталық бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z856" w:id="565"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z856" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       373-5) тексерілетін резиденттің экспорт немесе импорт бойынша ұлттық және (немесе) шетел валютаны репатриациялау талабын орындауына валюталық бақылау жүргізу кезінде "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасында көзделген тексеруді жүргізу және (немесе) бақылаудың өзге де нысанын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-6) мемлекеттік саясатты қалыптастыруға қатысу және көлеңкелі экономикаға қарсы іс-қимыл саласындағы мемлекеттік органдардың жұмысын үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-7) көлеңкелі экономикаға қарсы іс-қимыл шараларын қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-8) бағалардың ең төмен деңгейі қолданылатын жекелеген тауар түрлерінің тізбесін, сондай-ақ бағалардың ең төмен деңгейін айқындау тәртібін сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-9) мемлекеттік кірістер органының сервистік тобы туралы үлгілік ережені әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-10) қосылған құн салығын төлеушіні тіркеу есебіне шартты түрде қоюды жүзеге асыру тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      373-11) интернет-алаң иелерінің Қазақстан Республикасының резидент-жеке тұлғаларына өткізілген тауарлар, көрсетілген қызметтер (жұмыстар) және (немесе) төлемдер туралы мәліметтерді мемлекеттік кірістер органына ұсыну нысанын және тәртібін әзірлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-12) мемлекеттік кірістер органы шешімдерінің нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-13) тауарларды әкелу (әкету) туралы хабарламаның нысанын, оны мемлекеттік кірістер органдарына ұсыну тәртібі мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-14) шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан ақшаны және (немесе) өзге де мүлікті алғаны туралы хабарлама мен мәліметтердің нысанын, оларды ұсыну тәртібі мен мерзімдерін, сондай-ақ дерекқорды қалыптастыру тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-15) дипломатиялық өкілдіктің жиынтық ведомосының нысанын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-16) пайда салығының номиналды мөлшерлемесі Қазақстан Республикасындағы корпоративтік табыс салығы мөлшерлемесінің 75 пайызынан астамын құрайтын, өзімен жасалған қосарланған салық салуды болғызбау және салықтарды төлеуден жалтаруға жол бермеу мәселелерін реттейтін халықаралық шарт күшіне енген елдердің тізімін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-17) тауарларды, оның ішінде акцизделетін тауарларды кәсіпкерлік қызмет мақсаттарында импортталатындарға жатқызу өлшемшарттарын, сондай – ақ Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан Қазақстан Республикасының аумағына импорттау кезінде салық салынатын импорттың мөлшерін түзету тәртібін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-18) алыс-беріс шикізатын қайта өңдеу шарттарын, сондай-ақ қайта өңдеу өнімдерін әкету (әкелу) туралы міндеттеменің нысанын, оны ұсыну және орындау тәртібі мен мерзімдерін мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-19) Қазақстан Республикасының аумағына Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан әкелінген тауарды жөндеу бойынша, оны қалпына келтіруді, құрамдас бөліктерін ауыстыруды қоса алғанда, көрсетілетін қызметтердің тізбесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-20) көрме-жәрмеңкелік сауда бойынша қосылған құн салығының төленуін бақылау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-21) Қазақстан Республикасының Ұлттық қауіпсіздік комитеті бірлесіп Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Шекара қызметінің аумақтық бөлімшелері (құрылымдық бөлімшелері) беретін мемлекеттік бақылаудан өту туралы талонның (не мемлекеттік бақылаудан өту туралы талон көшірмесінің) нысанын және ұсыну тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-22) Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан импортталатын тауарларды қоспағанда, импортталатын тауарлар бойынша қосылған құн салығын төлеу мерзімін өзгерту тәртібі мен мерзімдерін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-23) Еуразиялық экономикалық одаққа мүше болып табылмайтын мемлекеттердің аумағынан импортталатын акцизделетін тауарларға акциздер төлеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-24) резиденттікті растау тәртібі мен мерзімдерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-25) жұмылдыру дайындығы мен жұмылдыру жөнiндегi iс-шараларды қаржыландыру көлемдерi жөнiнде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-26) жұмылдыру дайындығын жоспарлау мен ұйымдастыруға қатысу, Қазақстан Республикасындағы жұмылдыру дайындығы мен жұмылдыру қағидаларында белгіленген тәртіппен жұмылдыру тапсырыстары бар ұйымдардың жұмылдыру әзірлігіне бағалау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-27) жұмылдыру тапсырыстарын белгілеу үшін ұйымдардың өндірістік, қаржылық, қоймалық мүмкіндіктері туралы ақпаратты ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-28) әскери міндеттілерді бекітіп қою бойынша жұмысты ұйымдастыру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-29) жұмылдыру дайындығы мен жұмылдыру саласында Қазақстан Республикасының заңдары мен өзге де нормативтiк құқықтық актiлерiнiң орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-30) жұмылдыру жарияланған кезде Қазақстан Республикасының жергiлiктi атқарушы органдарымен өзара iс-қимыл жасай отырып, ұйымдарды соғыс жағдайы режимiне көшiру жөнiндегi шаралар кешенiн жүргiзудi ұйымдастыру және қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-31) Комитетке бекітіп берілген салаларда жұмылдыру дайындығы мен жұмылдыру саласындағы нормативтік құқықтық актілерді әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-32) жұмылдыру жоспарларын әзірлеу, жұмылдыру дайындығы саласындағы уәкілетті органмен келісу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373-33) әскери-экономикалық және командалық-штабтық оқулар өткізуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z524" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      374) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 29.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 16.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1099</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 17.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 368</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 232</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 576</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z525" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Комитет басшысының оның қызметін ұйымдастыру кезіндегі мәртебесі мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="565"/>
-    <w:p>
-[...51 lines deleted...]
-      374) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z526" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Комитетке жүктелген міндеттердің орындалуына және оның өз функцияларын жүзеге асыруға дербес жауапты болатын басшы Комитетке басшылықты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z527" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Комитет басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z528" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитет басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымынан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z529" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Премьер-Министрі және Қазақстан Республикасының Әкімшілік Басшысының келісімі бойынша облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер департаменттерінің басшылары Қазақстан Республикасы Қаржы министрімен қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z530" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдегі кеден ісі мәселелері жөніндегі мемлекеттік кірістер органдарының ресми өкілдері Қазақстан Республикасының заңнамасына және Қазақстан Республикасының халықаралық шарттарына сәйкес Комитет төрағасының ұсынысы бойынша лауазымға тағайындалады және лауазымынан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z531" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комитет басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z532" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Комитеттің құрылымдық бөлімшелері басшыларының, облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер департаменттер басшыларының, Комитеттің Бас диспетчерлік басқармасы басшысын, мамандандырылған мемлекеттік мекеме басшыларының міндеттерін және өкілеттіктерін анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z533" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Комитеттің жұмыскерлерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Комитеттің Бас диспетчерлік басқармасының басшысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер департаменттері, Комитеттің Бас диспетчерлік басқармасы басшыларының орынбасарларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған мемлекеттік мекеме басшысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған мемлекеттік мекемелер басшысының орынбасарларын лауазымға тағайындайды және лауазымынан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z538" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында белгіленген тәртіптік жауапкершілік шараларын қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z539" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Комитеттің құрылымдық бөлімшелері, оның аумақтық органдары және мамандандырылған мемлекеттік мекемелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z540" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Комитеттің штат саны лимитінің шегінде штаттық кестені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z541" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасында белгіленген тәртіппен іссапар, еңбек демалысын ұсыну, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілікті арттыру, көтермелеу, Төраға орынбасарларына, Комитеттің жұмыскерлеріне, облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер департаменттерінің басшыларына, Комитеттің Бас диспетчерлік басқармасы басшысына, мамандандырылған мемлекеттік мекемелері басшыларына үстемеақы және сыйақы төлеу мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z542" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) құзыреті шегінде Комитеттің құқықтық актілеріне қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z543" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z544" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Комитетті барлық мемлекеттік органдарда және өзге де ұйымдарда білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z545" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасымен көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z546" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің басшысы жоқ болған кезеңде оның өкілеттіктерін атқаруды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 29.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармаққа өзгеріс енгізілді – ҚР Қаржы министрінің м.а. 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1210</w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z525" w:id="567"/>
+    <w:bookmarkStart w:name="z547" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комитет басшысы Қазақстан Республикасының заңнамасына сәйкес өзінің орынбасарларының өкілеттіктерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z548" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Комитет басшысының оның қызметін ұйымдастыру кезіндегі мәртебесі мен өкілеттіктері</w:t>
-[...429 lines deleted...]
-      Комитеттің басшысы жоқ болған кезеңде оның өкілеттіктерін атқаруды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z549" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Комитеттің Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z550" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің мүлкі, оның меншігіне берілген, сондай-ақ Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де көздерден және меншіктік қызметтер нәтижесінде алынған мүліктер есебінен (ақша кірістерін қоса алғанда) қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z551" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитетке бекітілген мүлік республика меншігіне жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z552" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комитеттің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша берілген құралдар есебінен алынған мүлікті, егер Қазақстан Республикасының заңнамасымен өзгеше белгіленбесе, өз бетінше иеліктен шығаруға немесе өзге тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z553" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...72 lines deleted...]
-    <w:bookmarkStart w:name="z548" w:id="586"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z554" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z555" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті республикалық мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z554" w:id="592"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 29.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14475,5386 +16013,5386 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 19.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 856</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z556" w:id="594"/>
+    <w:bookmarkStart w:name="z556" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің аумақтық органдары – мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z557" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Абай облысы бойынша мемлекеттік кірістер департаменті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z558" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Курчатов қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z557" w:id="595"/>
-[...15 lines deleted...]
-      1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Абай облысы бойынша мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z559" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Семей қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z558" w:id="596"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Курчатов қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z560" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Абай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z559" w:id="597"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Семей қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z561" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Ақсуат ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z560" w:id="598"/>
-[...15 lines deleted...]
-      4. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Абай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z562" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Аягөз ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z561" w:id="599"/>
-[...15 lines deleted...]
-      5. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Ақсуат ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z563" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Бесқарағай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z562" w:id="600"/>
-[...15 lines deleted...]
-      6. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Аягөз ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z564" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Бородулиха ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z563" w:id="601"/>
-[...15 lines deleted...]
-      7. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Бесқарағай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z565" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Жарма ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z564" w:id="602"/>
-[...15 lines deleted...]
-      8. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Бородулиха ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z566" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Көкпекті ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z565" w:id="603"/>
-[...15 lines deleted...]
-      9. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Жарма ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z567" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Үржар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z566" w:id="604"/>
-[...15 lines deleted...]
-      10. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Көкпекті ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Жаңасемей ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Мақаншы ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z568" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Ақмола облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z567" w:id="605"/>
-[...15 lines deleted...]
-      11. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Абай облысы бойынша Мемлекеттік кірістер департаментінің Үржар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z569" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Көкшетау қаласы бойынша мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
-    <w:p>
-[...51 lines deleted...]
-      12. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Ақмола облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z570" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Қосшы қаласы бойынша мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z569" w:id="607"/>
-[...15 lines deleted...]
-      13. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Көкшетау қаласы бойынша мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z571" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Степногор қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z570" w:id="608"/>
-[...15 lines deleted...]
-      14. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Қосшы қаласы бойынша мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z572" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Ақкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z571" w:id="609"/>
-[...15 lines deleted...]
-      15. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Степногор қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z573" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Аршалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z572" w:id="610"/>
-[...15 lines deleted...]
-      16. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Ақкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z574" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Астрахан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z573" w:id="611"/>
-[...15 lines deleted...]
-      17. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Аршалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z575" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Атбасар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z574" w:id="612"/>
-[...15 lines deleted...]
-      18. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Астрахан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z576" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Біржан сал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z575" w:id="613"/>
-[...15 lines deleted...]
-      19. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Атбасар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z577" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Бұланды ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z576" w:id="614"/>
-[...15 lines deleted...]
-      20. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Біржан сал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z578" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Бурабай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z577" w:id="615"/>
-[...15 lines deleted...]
-      21. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Бұланды ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z579" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Егiндiкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z578" w:id="616"/>
-[...15 lines deleted...]
-      22. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Бурабай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z580" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Ерейментау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z579" w:id="617"/>
-[...15 lines deleted...]
-      23. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Егiндiкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z581" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Есiл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z580" w:id="618"/>
-[...15 lines deleted...]
-      24. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Ерейментау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z582" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Жақсы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z581" w:id="619"/>
-[...15 lines deleted...]
-      25. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Есiл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z583" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Жарқайың ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z582" w:id="620"/>
-[...15 lines deleted...]
-      26. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Жақсы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z584" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Зерендi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z583" w:id="621"/>
-[...15 lines deleted...]
-      27. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Жарқайың ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z585" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Қорғалжын ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z584" w:id="622"/>
-[...15 lines deleted...]
-      28. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Зерендi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z586" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Сандықтау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z585" w:id="623"/>
-[...15 lines deleted...]
-      29. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Қорғалжын ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z587" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Целиноград ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z586" w:id="624"/>
-[...15 lines deleted...]
-      30. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Сандықтау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z588" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақмола облысы бойынша Мемлекеттік кірістер департаментінің Шортанды ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z587" w:id="625"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z589" w:id="627"/>
+    <w:bookmarkStart w:name="z589" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Ақтөбе облысы бойынша Мемлекеттік кірістер департаменті. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z590" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ақтөбе қаласы Алматы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z591" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Алға ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z590" w:id="628"/>
-[...15 lines deleted...]
-      34. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ақтөбе қаласы Алматы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z592" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Әйтеке би ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z591" w:id="629"/>
-[...15 lines deleted...]
-      35. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Алға ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z593" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. . Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Байғанин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z592" w:id="630"/>
-[...15 lines deleted...]
-      36. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Әйтеке би ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z594" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ырғыз ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z593" w:id="631"/>
-[...15 lines deleted...]
-      37. . Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Байғанин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z595" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Қарғалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z594" w:id="632"/>
-[...15 lines deleted...]
-      38. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ырғыз ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z596" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Мәртөк ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z595" w:id="633"/>
-[...15 lines deleted...]
-      39. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Қарғалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z597" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Мұғалжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z596" w:id="634"/>
-[...15 lines deleted...]
-      40. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Мәртөк ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z598" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Темір ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z597" w:id="635"/>
-[...15 lines deleted...]
-      41. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Мұғалжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z599" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ойыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z598" w:id="636"/>
-[...15 lines deleted...]
-      42. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Темір ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z600" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Қобда ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z599" w:id="637"/>
-[...15 lines deleted...]
-      43. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Ойыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z601" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Хромтау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z600" w:id="638"/>
-[...15 lines deleted...]
-      44. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Қобда ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z602" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Шалқар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z601" w:id="639"/>
-[...15 lines deleted...]
-      45. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Хромтау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z603" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Алматы облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z602" w:id="640"/>
-[...15 lines deleted...]
-      46. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ақтөбе облысы бойынша Мемлекеттік кірістер департаментінің Шалқар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z604" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Қонаев қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z603" w:id="641"/>
-[...15 lines deleted...]
-      47. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Алматы облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z605" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Балқаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z604" w:id="642"/>
-[...15 lines deleted...]
-      48. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Қонаев қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z606" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z605" w:id="643"/>
-[...15 lines deleted...]
-      49. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Балқаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z607" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Еңбекшіқазақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z606" w:id="644"/>
-[...15 lines deleted...]
-      50. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z608" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Іле ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z607" w:id="645"/>
-[...15 lines deleted...]
-      51. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Еңбекшіқазақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z609" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Қарасай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z608" w:id="646"/>
-[...15 lines deleted...]
-      52. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Іле ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z610" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Кеген ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z609" w:id="647"/>
-[...15 lines deleted...]
-      53. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Қарасай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z611" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Райымбек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z610" w:id="648"/>
-[...15 lines deleted...]
-      54. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Кеген ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z612" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Талғар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z611" w:id="649"/>
-[...15 lines deleted...]
-      55. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Райымбек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z613" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Ұйғыр ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z612" w:id="650"/>
-[...15 lines deleted...]
-      56. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Талғар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Алатау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z614" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Атырау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z613" w:id="651"/>
-[...15 lines deleted...]
-      57. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы облысы бойынша Мемлекеттік кірістер департаментінің Ұйғыр ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z615" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Атырау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:p>
-[...33 lines deleted...]
-      58. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Атырау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z616" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Жылыой ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z615" w:id="653"/>
-[...15 lines deleted...]
-      59. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Атырау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z617" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Индер ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z616" w:id="654"/>
-[...15 lines deleted...]
-      60. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Жылыой ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z618" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Исатай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z617" w:id="655"/>
-[...15 lines deleted...]
-      61. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Индер ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z619" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Құрманғазы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z618" w:id="656"/>
-[...15 lines deleted...]
-      62. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Исатай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z620" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Қызылқоға ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z619" w:id="657"/>
-[...15 lines deleted...]
-      63. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Құрманғазы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z621" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Мақат ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z620" w:id="658"/>
-[...15 lines deleted...]
-      64. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Қызылқоға ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z622" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Махамбет ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z621" w:id="659"/>
-[...15 lines deleted...]
-      65. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Мақат ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z623" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z622" w:id="660"/>
-[...15 lines deleted...]
-      66. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Атырау облысы бойынша Мемлекеттік кірістер департаментінің Махамбет ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z624" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Өскемен қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z623" w:id="661"/>
-[...15 lines deleted...]
-      67. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z625" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Алтай қаласы – Алтай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z624" w:id="662"/>
-[...15 lines deleted...]
-      68. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Өскемен қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z626" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Глубоков ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z625" w:id="663"/>
-[...15 lines deleted...]
-      69. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Алтай қаласы – Алтай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z627" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Зайсан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z626" w:id="664"/>
-[...15 lines deleted...]
-      70. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Глубоков ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z628" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қатонқарағай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z627" w:id="665"/>
-[...15 lines deleted...]
-      71. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Зайсан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z629" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Күршім ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z628" w:id="666"/>
-[...15 lines deleted...]
-      72. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қатонқарағай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Риддер қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z629" w:id="667"/>
-[...15 lines deleted...]
-      73. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Күршім ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Самар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z630" w:id="668"/>
-[...15 lines deleted...]
-      74. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Риддер қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z632" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тарбағатай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z631" w:id="669"/>
-[...15 lines deleted...]
-      75. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Самар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z633" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ұлан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z632" w:id="670"/>
-[...15 lines deleted...]
-      76. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тарбағатай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z634" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шемонайха ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z633" w:id="671"/>
-[...15 lines deleted...]
-      77. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ұлан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Үлкен Нарын ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78-2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Марқакөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z635" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Жамбыл облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z634" w:id="672"/>
-[...15 lines deleted...]
-      78. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шығыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шемонайха ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z636" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Тараз қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
-    <w:p>
-[...51 lines deleted...]
-      79. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Жамбыл облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z637" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Байзақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z636" w:id="674"/>
-[...15 lines deleted...]
-      80. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Тараз қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z638" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z637" w:id="675"/>
-[...15 lines deleted...]
-      81. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Байзақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z639" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Жуалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z638" w:id="676"/>
-[...15 lines deleted...]
-      82. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z640" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Қордай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z639" w:id="677"/>
-[...15 lines deleted...]
-      83. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Жуалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z641" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Мерке ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z640" w:id="678"/>
-[...15 lines deleted...]
-      84. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Қордай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z642" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Мойынқұм ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z641" w:id="679"/>
-[...15 lines deleted...]
-      85. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Мерке ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z643" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Сарысу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z642" w:id="680"/>
-[...15 lines deleted...]
-      86. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Мойынқұм ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z644" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Талас ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z643" w:id="681"/>
-[...15 lines deleted...]
-      87. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Сарысу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z645" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Тұрар Рысқұлов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z644" w:id="682"/>
-[...15 lines deleted...]
-      88. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Талас ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z646" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Шу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z645" w:id="683"/>
-[...15 lines deleted...]
-      89. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Тұрар Рысқұлов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z647" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Жетісу облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z646" w:id="684"/>
-[...15 lines deleted...]
-      90. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жамбыл облысы бойынша Мемлекеттік кірістер департаментінің Шу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z648" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Талдықорған қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z647" w:id="685"/>
-[...15 lines deleted...]
-      91. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Жетісу облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z649" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Ақсу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z648" w:id="686"/>
-[...15 lines deleted...]
-      92. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Талдықорған қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z650" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу бойынша Мемлекеттік кірістер департаментінің Алакөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z649" w:id="687"/>
-[...15 lines deleted...]
-      93. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Ақсу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z651" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Ескелді ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z650" w:id="688"/>
-[...15 lines deleted...]
-      94. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу бойынша Мемлекеттік кірістер департаментінің Алакөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z652" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Қаратал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z651" w:id="689"/>
-[...15 lines deleted...]
-      95. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Ескелді ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z653" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Кербұлақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z652" w:id="690"/>
-[...15 lines deleted...]
-      96. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Қаратал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z654" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Көксу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z653" w:id="691"/>
-[...15 lines deleted...]
-      97. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Кербұлақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z655" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Панфилов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z654" w:id="692"/>
-[...15 lines deleted...]
-      98. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Көксу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z656" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Сарқан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z655" w:id="693"/>
-[...15 lines deleted...]
-      99. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Панфилов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z657" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Текелі қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z656" w:id="694"/>
-[...15 lines deleted...]
-      100. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Сарқан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z658" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z657" w:id="695"/>
-[...15 lines deleted...]
-      101. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Жетісу облысы бойынша Мемлекеттік кірістер департаментінің Текелі қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z659" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Орал қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z658" w:id="696"/>
-[...15 lines deleted...]
-      102. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z660" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ақжайық ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z659" w:id="697"/>
-[...15 lines deleted...]
-      103. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Орал қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z661" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бәйтерек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z660" w:id="698"/>
-[...15 lines deleted...]
-      104. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ақжайық ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z662" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бөкей ордасы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z661" w:id="699"/>
-[...15 lines deleted...]
-      105. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бәйтерек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z663" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бөрлi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z662" w:id="700"/>
-[...15 lines deleted...]
-      106. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бөкей ордасы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z664" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жәнiбек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z663" w:id="701"/>
-[...15 lines deleted...]
-      107. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Бөрлi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z665" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жаңғалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z664" w:id="702"/>
-[...15 lines deleted...]
-      108. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жәнiбек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z666" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Казталов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z665" w:id="703"/>
-[...15 lines deleted...]
-      109. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жаңғалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z667" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қаратөбе ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z666" w:id="704"/>
-[...15 lines deleted...]
-      110. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Казталов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z668" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Сырым ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z667" w:id="705"/>
-[...15 lines deleted...]
-      111. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қаратөбе ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z669" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тасқала ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z668" w:id="706"/>
-[...15 lines deleted...]
-      112. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Сырым ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z670" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Теректi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z669" w:id="707"/>
-[...15 lines deleted...]
-      113. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тасқала ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z671" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шыңғырлау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z670" w:id="708"/>
-[...15 lines deleted...]
-      114. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Теректi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z672" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қарағанды облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z671" w:id="709"/>
-[...15 lines deleted...]
-      115. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Батыс Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шыңғырлау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z673" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Қазыбек би атындағы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z672" w:id="710"/>
-[...15 lines deleted...]
-      116. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қарағанды облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z674" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Әлихан Бөкейхан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z673" w:id="711"/>
-[...15 lines deleted...]
-      117. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Қазыбек би атындағы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z675" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Балқаш қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z674" w:id="712"/>
-[...15 lines deleted...]
-      118. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Әлихан Бөкейхан ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z676" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Саран қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z675" w:id="713"/>
-[...15 lines deleted...]
-      119. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Балқаш қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z677" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Темiртау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z676" w:id="714"/>
-[...15 lines deleted...]
-      120. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Саран қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z678" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Шахтинск қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z677" w:id="715"/>
-[...15 lines deleted...]
-      121. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Темiртау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z679" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Приозерск қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z678" w:id="716"/>
-[...15 lines deleted...]
-      122. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Шахтинск қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z680" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Абай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z679" w:id="717"/>
-[...15 lines deleted...]
-      123. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Приозерск қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z681" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Ақтоғай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z680" w:id="718"/>
-[...15 lines deleted...]
-      124. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Абай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z682" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Бұқар-жырау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z681" w:id="719"/>
-[...15 lines deleted...]
-      125. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Ақтоғай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z683" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Қарқаралы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z682" w:id="720"/>
-[...15 lines deleted...]
-      126. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Бұқар-жырау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z684" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. . Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Нұра ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z683" w:id="721"/>
-[...15 lines deleted...]
-      127. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Қарқаралы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z685" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Осакаров ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z684" w:id="722"/>
-[...15 lines deleted...]
-      128. . Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Нұра ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z686" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Шет ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z685" w:id="723"/>
-[...15 lines deleted...]
-      129. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Осакаров ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z687" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қостанай облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z686" w:id="724"/>
-[...15 lines deleted...]
-      130. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қарағанды облысы бойынша Мемлекеттік кірістер департаментінің Шет ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z688" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қостанай қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z687" w:id="725"/>
-[...15 lines deleted...]
-      131. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қостанай облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z689" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Арқалық қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z688" w:id="726"/>
-[...15 lines deleted...]
-      132. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қостанай қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z690" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Лисаков қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z689" w:id="727"/>
-[...15 lines deleted...]
-      133. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Арқалық қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z691" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Рудный қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z690" w:id="728"/>
-[...15 lines deleted...]
-      134. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Лисаков қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z692" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Алтынсарин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z691" w:id="729"/>
-[...15 lines deleted...]
-      135. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Рудный қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z693" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Амангелдi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z692" w:id="730"/>
-[...15 lines deleted...]
-      136. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Алтынсарин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z694" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Әулиекөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z693" w:id="731"/>
-[...15 lines deleted...]
-      137. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Амангелдi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z695" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Бейімбет Майлин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z694" w:id="732"/>
-[...15 lines deleted...]
-      138. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Әулиекөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z696" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Денисов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z695" w:id="733"/>
-[...15 lines deleted...]
-      139. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Бейімбет Майлин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z697" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Жангелді ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z696" w:id="734"/>
-[...15 lines deleted...]
-      140. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Денисов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z698" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Жiтiқара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z697" w:id="735"/>
-[...15 lines deleted...]
-      141. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Жангелді ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z699" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Меңдiқара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z698" w:id="736"/>
-[...15 lines deleted...]
-      142. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Жiтiқара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z700" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Наурызым ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z699" w:id="737"/>
-[...15 lines deleted...]
-      143. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Меңдiқара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z701" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қамысты ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z700" w:id="738"/>
-[...15 lines deleted...]
-      144. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Наурызым ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z702" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қарабалық ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z701" w:id="739"/>
-[...15 lines deleted...]
-      145. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қамысты ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z703" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қарасу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z702" w:id="740"/>
-[...15 lines deleted...]
-      146. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қарабалық ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z704" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қостанай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z703" w:id="741"/>
-[...15 lines deleted...]
-      147. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қарасу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z705" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Сарыкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z704" w:id="742"/>
-[...15 lines deleted...]
-      148. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Қостанай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z706" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Ұзынкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z705" w:id="743"/>
-[...15 lines deleted...]
-      149. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Сарыкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z707" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Федоров ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z706" w:id="744"/>
-[...15 lines deleted...]
-      150. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Ұзынкөл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z708" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қызылорда облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z707" w:id="745"/>
-[...15 lines deleted...]
-      151. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қостанай облысы бойынша Мемлекеттік кірістер департаментінің Федоров ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z709" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қызылорда қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z708" w:id="746"/>
-[...15 lines deleted...]
-      152. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Қызылорда облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z710" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Арал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z709" w:id="747"/>
-[...15 lines deleted...]
-      153. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қызылорда қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z711" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Жалағаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z710" w:id="748"/>
-[...15 lines deleted...]
-      154. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Арал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z712" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Жаңақорған ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z711" w:id="749"/>
-[...15 lines deleted...]
-      155. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Жалағаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z713" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қазалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z712" w:id="750"/>
-[...15 lines deleted...]
-      156. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Жаңақорған ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z714" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қармақшы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z713" w:id="751"/>
-[...15 lines deleted...]
-      157. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қазалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z715" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Сырдария ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z714" w:id="752"/>
-[...15 lines deleted...]
-      158. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Қармақшы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z716" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Қазақстан Республикасы Қаржы Министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Шиелi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z715" w:id="753"/>
-[...15 lines deleted...]
-      159. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Сырдария ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z717" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Маңғыстау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z716" w:id="754"/>
-[...15 lines deleted...]
-      160. Қазақстан Республикасы Қаржы Министрлiгiнiң Мемлекеттік кірістер комитеті Қызылорда облысы бойынша Мемлекеттік кірістер департаментінің Шиелi ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z718" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Ақтау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z717" w:id="755"/>
-[...15 lines deleted...]
-      161. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Маңғыстау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z719" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Бейнеу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z718" w:id="756"/>
-[...15 lines deleted...]
-      162. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Ақтау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z720" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Жаңаөзен қаласының Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z719" w:id="757"/>
-[...15 lines deleted...]
-      163. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Бейнеу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z721" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Қарақия ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z720" w:id="758"/>
-[...15 lines deleted...]
-      164. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Жаңаөзен қаласының Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z722" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Маңғыстау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z721" w:id="759"/>
-[...15 lines deleted...]
-      165. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Қарақия ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z723" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Мұнайлы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z722" w:id="760"/>
-[...15 lines deleted...]
-      166. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Маңғыстау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z724" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінiң Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің "Ақтау теңiз порты" Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z723" w:id="761"/>
-[...15 lines deleted...]
-      167. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Мұнайлы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z725" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Түпқараған ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z724" w:id="762"/>
-[...15 lines deleted...]
-      168. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінiң Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің "Ақтау теңiз порты" Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z726" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Павлодар облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z725" w:id="763"/>
-[...15 lines deleted...]
-      169. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Маңғыстау облысы бойынша Мемлекеттік кірістер департаментінің Түпқараған ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z727" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Павлодар қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z726" w:id="764"/>
-[...15 lines deleted...]
-      170. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Павлодар облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z728" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ақсу қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z727" w:id="765"/>
-[...15 lines deleted...]
-      171. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Павлодар қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z729" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Екiбастұз қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z728" w:id="766"/>
-[...15 lines deleted...]
-      172. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ақсу қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z730" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Аққулы ауданының Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z729" w:id="767"/>
-[...15 lines deleted...]
-      173. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Екiбастұз қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z731" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ақтоғай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z730" w:id="768"/>
-[...15 lines deleted...]
-      174. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Аққулы ауданының Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z732" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Баянауыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z731" w:id="769"/>
-[...15 lines deleted...]
-      175. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ақтоғай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z733" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Железин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z732" w:id="770"/>
-[...15 lines deleted...]
-      176. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Баянауыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z734" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ертiс ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z733" w:id="771"/>
-[...15 lines deleted...]
-      177. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Железин ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z735" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Май ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z734" w:id="772"/>
-[...15 lines deleted...]
-      178. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Ертiс ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z736" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Павлодар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z735" w:id="773"/>
-[...15 lines deleted...]
-      179. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Май ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z737" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Тереңкөл ауданының Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z736" w:id="774"/>
-[...15 lines deleted...]
-      180. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Павлодар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z738" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Успен ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z737" w:id="775"/>
-[...15 lines deleted...]
-      181. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Тереңкөл ауданының Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z739" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Шарбақты ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z738" w:id="776"/>
-[...15 lines deleted...]
-      182. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Успен ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z740" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитетінің Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z739" w:id="777"/>
-[...15 lines deleted...]
-      183. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Павлодар облысы бойынша Мемлекеттік кірістер департаментінің Шарбақты ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z741" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Петропавл қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z740" w:id="778"/>
-[...15 lines deleted...]
-      184. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитетінің Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z742" w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ақжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z741" w:id="779"/>
-[...15 lines deleted...]
-      185. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Петропавл қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z743" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Аққайың ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z742" w:id="780"/>
-[...15 lines deleted...]
-      186. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ақжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z744" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Айыртау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z743" w:id="781"/>
-[...15 lines deleted...]
-      187. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Аққайың ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z745" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ғабит Мүсірепов атындағы аудан бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z744" w:id="782"/>
-[...15 lines deleted...]
-      188. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Айыртау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z746" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Есіл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z745" w:id="783"/>
-[...15 lines deleted...]
-      189. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Ғабит Мүсірепов атындағы аудан бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z747" w:id="783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z746" w:id="784"/>
-[...15 lines deleted...]
-      190. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Есіл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z748" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қызылжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z747" w:id="785"/>
-[...15 lines deleted...]
-      191. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Жамбыл ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z749" w:id="785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Мағжан Жұмабаев атындағы аудан бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z748" w:id="786"/>
-[...15 lines deleted...]
-      192. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Қызылжар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z750" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Мамлют ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z749" w:id="787"/>
-[...15 lines deleted...]
-      193. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Мағжан Жұмабаев атындағы аудан бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z751" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Уәлиханов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z750" w:id="788"/>
-[...15 lines deleted...]
-      194. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Мамлют ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z752" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тайыншы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z751" w:id="789"/>
-[...15 lines deleted...]
-      195. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Уәлиханов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z753" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тимирязев ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z752" w:id="790"/>
-[...15 lines deleted...]
-      196. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тайыншы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z754" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шал ақын ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z753" w:id="791"/>
-[...15 lines deleted...]
-      197. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Тимирязев ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z755" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитетінің Түркістан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z754" w:id="792"/>
-[...15 lines deleted...]
-      198. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Солтүстік Қазақстан облысы бойынша Мемлекеттік кірістер департаментінің Шал ақын ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z756" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Түркістан қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z755" w:id="793"/>
-[...15 lines deleted...]
-      199. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитетінің Түркістан облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z757" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Арыс қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z756" w:id="794"/>
-[...15 lines deleted...]
-      200. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Түркістан қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z758" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Кентау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z757" w:id="795"/>
-[...15 lines deleted...]
-      201. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Арыс қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z759" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Бәйдібек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z758" w:id="796"/>
-[...15 lines deleted...]
-      202. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Кентау қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z760" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Жетісай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z759" w:id="797"/>
-[...15 lines deleted...]
-      203. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Бәйдібек ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z761" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Қазғұрт ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z760" w:id="798"/>
-[...15 lines deleted...]
-      204. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Жетісай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z762" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Келес ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z761" w:id="799"/>
-[...15 lines deleted...]
-      205. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Қазғұрт ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z763" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Мақтаарал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z762" w:id="800"/>
-[...15 lines deleted...]
-      206. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Келес ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z764" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Ордабасы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z763" w:id="801"/>
-[...15 lines deleted...]
-      207. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Мақтаарал ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z765" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Отырар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z764" w:id="802"/>
-[...15 lines deleted...]
-      208. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Ордабасы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z766" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сайрам ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z765" w:id="803"/>
-[...15 lines deleted...]
-      209. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Отырар ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z767" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сарыағаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z766" w:id="804"/>
-[...15 lines deleted...]
-      210. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сайрам ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z768" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сауран ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z767" w:id="805"/>
-[...15 lines deleted...]
-      211. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сарыағаш ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z769" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Созақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z768" w:id="806"/>
-[...15 lines deleted...]
-      212. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Сауран ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z770" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Төлеби ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z769" w:id="807"/>
-[...15 lines deleted...]
-      213. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Созақ ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z771" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Түлкібас ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z770" w:id="808"/>
-[...15 lines deleted...]
-      214. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Төлеби ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z772" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Шардара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z771" w:id="809"/>
-[...15 lines deleted...]
-      215. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Түлкібас ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z773" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Ұлытау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z772" w:id="810"/>
-[...15 lines deleted...]
-      216. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Түркістан облысы бойынша Мемлекеттік кірістер департаментінің Шардара ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z774" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Жезқазған қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z773" w:id="811"/>
-[...15 lines deleted...]
-      217. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Ұлытау облысы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:bookmarkStart w:name="z775" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Қаражал қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z774" w:id="812"/>
-[...15 lines deleted...]
-      218. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Жезқазған қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z776" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Сәтбаев қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z775" w:id="813"/>
-[...15 lines deleted...]
-      219. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Қаражал қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z777" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Жаңаарқа ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z776" w:id="814"/>
-[...15 lines deleted...]
-      220. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Сәтбаев қаласы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z778" w:id="814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Ұлытау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z777" w:id="815"/>
-[...15 lines deleted...]
-      221. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Жаңаарқа ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z779" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Астана қаласы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z778" w:id="816"/>
-[...15 lines deleted...]
-      222. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Ұлытау облысы бойынша Мемлекеттік кірістер департаментінің Ұлытау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z780" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің Алматы ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z779" w:id="817"/>
-[...15 lines deleted...]
-      223. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Астана қаласы бойынша Мемлекеттік кірістер департаменті.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">225. Алып тасталды – ҚР Қаржы министрінің 17.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 368</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z782" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226. Қазақстан Республикасы Қаржы министрлiгiнің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің Байқоңыр ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z780" w:id="818"/>
-[...15 lines deleted...]
-      224. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің Алматы ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z783" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің Есіл ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z784" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің Сарыарқа ауданы бойынша мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z830" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің "Нұра" ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z831" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228-2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Астана қаласы бойынша Мемлекеттік кірістер департаментінің "Сарайшық" ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z785" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Алматы қаласы бойынша Мемлекеттік кірістер департаменті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z786" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Алатау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z787" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Алмалы ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z788" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Әуезов ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z789" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Бостандық ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z790" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Жетісу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z791" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Медеу ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z792" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Наурызбай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z793" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Түрксіб ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">225. Алып тасталды – ҚР Қаржы министрінің 17.06.2024 </w:t>
+        <w:t xml:space="preserve">238. Алып тасталды – ҚР Қаржы министрінің 17.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 368</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z782" w:id="819"/>
-[...255 lines deleted...]
-      236. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Наурызбай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z795" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239. Қазақстан Республикасы Қаржы министрлiгi Мемлекеттік кірістер комитетінің Шымкент қаласы бойынша Мемлекеттік кірістер департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z793" w:id="832"/>
-[...15 lines deleted...]
-      237. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Алматы қаласы бойынша Мемлекеттік кірістер департаментінің Түрксіб ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z796" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Абай ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z797" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Әл-Фараби ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z798" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Еңбекші ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z799" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      243. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Қаратау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">238. Алып тасталды – ҚР Қаржы министрінің 17.06.2024 </w:t>
+        <w:t xml:space="preserve">244. Алып тасталды – ҚР Қаржы министрінің 17.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 368</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z795" w:id="833"/>
-[...75 lines deleted...]
-      242. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Еңбекші ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z806" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Тұран ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z799" w:id="837"/>
-[...15 lines deleted...]
-      243. Қазақстан Республикасы Қаржы министрлiгiнiң Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Қаратау ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+    <w:bookmarkStart w:name="z801" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245. Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің Бас диспетчерлiк басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z802" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...78 lines deleted...]
-      244-1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Шымкент қаласы бойынша Мемлекеттік кірістер департаментінің Тұран ауданы бойынша Мемлекеттік кірістер басқармасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Мамандандырылған мемлекеттік мекемелер тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z801" w:id="839"/>
-[...15 lines deleted...]
-      245. Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің Бас диспетчерлiк басқармасы.</w:t>
+    <w:bookmarkStart w:name="z803" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің "Орталық кедендік зертханасы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z802" w:id="840"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Мамандандырылған мемлекеттік мекемелер тізбесі</w:t>
+    <w:bookmarkStart w:name="z804" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің Оқу-әдістемелік орталығы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z803" w:id="841"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>