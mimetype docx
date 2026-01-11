--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f58a1ca" w14:textId="f58a1ca">
+    <w:p w14:paraId="29d4d6f" w14:textId="29d4d6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,83 +131,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 13 July, 1999 No. 416.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 13 July, 1999 № 416.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Title is in wording of the Law of the Republic of Kazakhstan dated 08.04.2010 № 226-IV (order of enforcement see Article 2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law establishes principles, purpose, legal and organizational bases of countering the terrorism.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3120,51 +3116,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) the authorized body on financial monitoring of the Republic of Kazakhstan shall carry out the financial monitoring and apply the other measures on countering the financing the terrorism in accordance with the Law of the Republic of Kazakhstan “On countering the legalization (laundering) of incomes are received by the criminal way and financing the terrorism”;</w:t>
+      6) the financial monitoring authority of the Republic of Kazakhstan shall perform financial monitoring and other measures to counter the financing of terrorism in accordance with the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, financing of terrorism and financing the proliferation of weapons of mass destruction";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) the authorized body in the field of civil protection shall eliminate man-made emergencies arising as a result of the committed act of terrorism;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3514,51 +3510,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 is in wording of the Law of the Republic of Kazakhstan dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Laws of the Republic of Kazakhstan dated 11.04.2014 № 189-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2014 № 233-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 03.11.2014 № 244-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 07.11.2014 № 248-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 22.12.2016 № 28-VІ (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 124-VI of 26 December 2017 (shall be enforced dated 1 January 2018); № 325-VІ dated May 13, 2020 (shall be enforced six months after the day of its first official publication); dated 13.05.2020 № 326-VІ (shall be enforced ten calendar days after the day of its first official publication); № 123-VII of 21.05.2022 (shall be promulgated six months after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced  ten calendar days after the date of its first official publication); dated 24.06.2025 № 196-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 is in wording of the Law of the Republic of Kazakhstan dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Laws of the Republic of Kazakhstan dated 11.04.2014 № 189-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2014 № 233-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 03.11.2014 № 244-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 07.11.2014 № 248-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 22.12.2016 № 28-VІ (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 124-VI of 26 December 2017 (shall be enforced dated 1 January 2018); № 325-VІ dated May 13, 2020 (shall be enforced six months after the day of its first official publication); dated 13.05.2020 № 326-VІ (shall be enforced ten calendar days after the day of its first official publication); № 123-VII of 21.05.2022 (shall be promulgated six months after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced  ten calendar days after the date of its first official publication); dated 24.06.2025 № 196-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9940,63 +9936,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12163"/>
+        <w:gridCol w:w="137"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12163" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -10021,73 +10016,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="137" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -10118,55 +10120,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>