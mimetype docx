--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80f97e5" w14:textId="80f97e5">
+    <w:p w14:paraId="50c739f" w14:textId="50c739f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 20 November 1998 No. 304.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 20 November 1998 № 304.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1923,50 +1923,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       insurance (reinsurance) organizations, insurance holdings and organizations in which the insurance (reinsurance) organization and (or) insurance holding are the major participants, insurance broker; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      endowment funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       unified accumulative pension fund and professional participants of the securities market, established in the legal form of a joint stock company;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       major participants of the investment portfolio manager;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2331,51 +2349,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 5 as amended by Laws of the Republic of Kazakhstan № 138-IV dated 20.02.2009 (see Article 2 for the enactment procedure); № 183-IV dated 11.07.2009 (see Article 2 for the enactment procedure); № 338-IV dated 15.07.2010 (see Article 2 for the enactment procedure); № 414-IV dated 01.03.2011 (shall be enforced from the date of its first official publication); № 524-IV dated 28.12.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 539-IV dated 12.01.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 106-V dated 21.06.2013 (shall be enforced upon expiry of ten calendar days after its first official publication); № 128-V dated 04.07.2013 (shall be enforced upon expiry of ten calendar days after its first official publication); № 269-V dated 29.12.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced from 01.01.2015); № 312-V dated 05.05.2015 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 406-V dated 16.11.2015 (shall be enforced from  01.01.2017); № 487-V dated 07.04.2016 (shall be enforced upon expiry of six months after the day its first official publication); № 49-VI dated 27.02.2017 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 26.12.2017 № 124-VI (shall be enforced 01.01.2018); dated 27.12.2017 № 126-VI (shall be enforced upon the expiration of  six months after the day of its first official publication); dated 02.07.2018 № 168-VI (procedure for enactment see Article 2); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VІ dated 13.05.2020 (shall come into effect six months after the day of its first official publication); dated 05.01.2021 № 409-VI (shall enter into force from 01.01.2022); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 12.06.2025 № 194-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced from 01.01.2015); № 312-V dated 05.05.2015 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 406-V dated 16.11.2015 (shall be enforced from  01.01.2017); № 487-V dated 07.04.2016 (shall be enforced upon expiry of six months after the day its first official publication); № 49-VI dated 27.02.2017 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 26.12.2017 № 124-VI (shall be enforced 01.01.2018); dated 27.12.2017 № 126-VI (shall be enforced upon the expiration of  six months after the day of its first official publication); dated 02.07.2018 № 168-VI (procedure for enactment see Article 2); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VІ dated 13.05.2020 (shall come into effect six months after the day of its first official publication); dated 05.01.2021 № 409-VI (shall enter into force from 01.01.2022); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 12.06.2025 № 194-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 30.06.2025 № 200-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>