--- v1 (2025-11-26)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="50c739f" w14:textId="50c739f">
+    <w:p w14:paraId="b67f75f" w14:textId="b67f75f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -203,50 +203,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Through the whole text, the words “on revocation”, “Revocation”, “of revocation” are substituted respectively by the words “on deprivation”, “Deprivation”, “of deprivation” – by Law of the Republic of Kazakhstan № 222 dated 12 January 2007 (shall be enforced upon expiry of 6 months from the date of its official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Footnote. Throughout the text, the words “and financing of terrorism” shall be replaced with the words “financing of terrorism and financing of the proliferation of weapons of mass destruction” pursuant to the Law of the Republic of Kazakhstan dated 19.09.2025 No. 219 (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       This Law shall regulate relations arising between state bodies, individuals and legal entities, auditors, audit organizations, professional audit organizations and a professional audit council in the process of carrying out auditing in the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -603,51 +621,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) conflict of interest - a situation in which the interest of an audit organization may affect its opinion on the reliability of the financial statements of the audited entity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) audit of other information - an audit carried out in accordance with the laws of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan", "On insurance activities", "On the securities market", processes and information not related to financial reporting, in regarding the assessment of the risk management and internal control system, including concerning the strategy and business model, the assessment of the corporate governance system, the assessment of the information technology risk management system, the assessment of the effectiveness of the information security system, as well as the effectiveness of the internal control system in the field of countering legalization (laundering) proceeds of crime and financing of terrorism;</w:t>
+      16) audit of other information – verification carried out in accordance with the laws of the Republic of Kazakhstan “On Banks and Banking Activities in the Republic of Kazakhstan,” “On Insurance Activities,” “On Securities Market,” processes and information unrelated to financial statements, with respect to the assessment of the risk management and internal control system, including with respect to strategy and business model, assessment of the corporate governance system, assessment of the information technology risk management system, assessment of the efficacy of the information security system, as well as the efficacy of the internal control system in combating legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) audit report on the audit of other information - a report drawn up based on the results of the audit of other information;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2877,51 +2895,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14-1) carry out the control of compliance with the legislation of the Republic of Kazakhstan by audit organizations on prevention to legitimization (laundering) of incomes, received by illegal means, and financing of terrorism;</w:t>
+      14-1) monitor compliance by audit organizations with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) confirm the forms of registers of audit and professional organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -7454,51 +7472,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provide information on detected violations in maintenance of business accounting, financial reporting and other information, linked with financial reporting to the audited subject;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) inform the head of audited organization, the participant of which he (she) is, details in accordance with the legislation of the Republic of Kazakhstan on prevention of legitimization (laundering) of incomes, received by illegal means, and financing of terrorism;</w:t>
+      4) report to the head of the audit organization of which he is a member the information in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) to submit to the the head of the audit organization of which he is a participant, information in accordance with the Law of the Republic of Kazakhstan "On the return of illegally acquired assets to the state", including information constituting a commercial secret.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -7620,51 +7638,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) when conducting an audit on taxes, a special purpose audit of entities of the quasi-public sector, request information regarding the audited entity from state bodies, local executive bodies, banks, branches of non-resident banks of the Republic of Kazakhstan and organizations engaged in certain types of banking operations, as well as from other organizations in the manner prescribed by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-2) Request and verify the necessary documentation on internal policies and procedures, risk management and internal control system, information technology risk management system, information security system, corporate governance system, as well as internal control system in the field of anti-money laundering and anti-terrorism financing to fulfill the terms of the contract for auditing other information;</w:t>
+      2-2) request and verify the necessary records on the internal policy and procedures, risk management and internal control systems, information technology risk management systems, information security systems, corporate governance system, as well as the in-house control system in combating legalization (laundering) of proceeds from crime and financing of terrorism in order to fulfill the terms of the contract for auditing other information;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) involve specialists of different profile in participation in conducting an audit, with the exception of persons, mentioned in Article 24 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7926,69 +7944,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2) submit to the Higher audit chamber of the Republic of Kazakhstan an audit report on special purpose audit of subjects of the quasi-public sector in the manner determined by the Higher audit chamber of the Republic of Kazakhstan in agreement with the authorized bodies for internal state audit, state property management and the central authorized body for state planning;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) inform the details to the authorized body on financial monitoring in accordance with the Law of the Republic of Kazakhstan “On prevention of legitimization (laundering) of incomes, received by illegal means, and financing of terrorism”;</w:t>
-[...17 lines deleted...]
-      11) comply with the requirements established by the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and the financing of terrorism;</w:t>
+      10) report information to the financial monitoring authority in accordance with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime and Financing of Terrorism”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) comply with the requirements established by the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime and financing of terrorism.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) disclose (transfer) to the authorized body for asset recovery information in accordance with the Law of the Republic of Kazakhstan "On the return of illegally acquired assets to the state", including information constituting a commercial secret.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8008,51 +8026,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Article 21 as amended by Laws of the Republic of Kazakhstan № 138-IV dated 20.02.2009 (see Article 2 for the enactment procedure); № 192-IV dated 28.08.2009 (shall be enforced from 08.03.2010); № 338-IV dated 15.07.2010 (see Article 2 for the enactment procedure); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); № 461-IV dated 15.07.2011 (shall be enforced from 30.01.2012); № 19-V dated 21.06.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 30-V dated 05.07.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); № 239-V dated 29.09.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 269-V dated 29.12.2014 (shall be enforced from 01.01.2015); № 393-V dated 12.11.2015  (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced 01.01.2019);  dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 13.05.2020 № 325-VІ (shall come into effect six months after the day of its first official publication); dated 02.01.2021 № 399-VI (shall come into effect from 16.12.2020); dated 05.11.2022 № 157-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication). </w:t>
+        <w:t>      Footnote. Article 21 as amended by Laws of the Republic of Kazakhstan № 138-IV dated 20.02.2009 (see Article 2 for the enactment procedure); № 192-IV dated 28.08.2009 (shall be enforced from 08.03.2010); № 338-IV dated 15.07.2010 (see Article 2 for the enactment procedure); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); № 461-IV dated 15.07.2011 (shall be enforced from 30.01.2012); № 19-V dated 21.06.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 30-V dated 05.07.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); № 239-V dated 29.09.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 269-V dated 29.12.2014 (shall be enforced from 01.01.2015); № 393-V dated 12.11.2015  (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced 01.01.2019);  dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 13.05.2020 № 325-VІ (shall come into effect six months after the day of its first official publication); dated 02.01.2021 № 399-VI (shall come into effect from 16.12.2020); dated 05.11.2022 № 157-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>