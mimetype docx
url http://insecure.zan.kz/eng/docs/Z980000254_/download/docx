--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9f08c1" w14:textId="c9f08c1">
+    <w:p w14:paraId="56ec71b" w14:textId="56ec71b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) issue a certificate of registration of pledge of movable property to the person that submitted the application;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) to inform the authorized financial monitoring body of the information in accordance with the Law of the Republic of Kazakhstan on Countering the Legalization (Laundering) of Proceeds from Crime and Terrorist Financing.</w:t>
+      4) report information to the financial monitoring authority in accordance with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Registration of a pledge of movable property must be made within two working days from the date of acceptance of the application, except for the cases specified in Articles 6, 9-3 and 9-4 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2601,51 +2601,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10, as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 34-V (shall be enforced from the date of its first official publication); dated 08.01.2013 № 64-V (shall be enforced from 01.01.2013); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 17.11.2015 № 408-V (shall be enforced from 01.03.2016); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.04.2019 № 241-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 10, as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 34-V (shall be enforced from the date of its first official publication); dated 08.01.2013 № 64-V (shall be enforced from 01.01.2013); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 17.11.2015 № 408-V (shall be enforced from 01.03.2016); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.04.2019 № 241-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 19.09.2025 № 219 (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4669,55 +4669,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5043,31 +5043,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>