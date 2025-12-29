--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31e564e" w14:textId="31e564e">
+    <w:p w14:paraId="39678da" w14:textId="39678da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -224,50 +224,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the words “personal seal” are in all contexts, substituted by the word “seal”, by Law of the Republic of Kazakhstan dated 28.06.2012 No 24-V (enforced upon expiry of ten calendar days after first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Throughout the text, the words “aul(s) (village(s))” are respectively substituted by the word “village(s)”, by Constitutional Law of the Republic of Kazakhstan dated 03.07.2013 No 121-V (enforced upon expiry of ten calendar days after first official publication).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Throughout the text, the words “and financing of terrorism” shall be replaced with the words “financing of terrorism and financing of the proliferation of weapons of mass destruction” pursuant to the Law of the Republic of Kazakhstan dated 19.09.2025 № 219 (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section 1</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1100,51 +1118,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) entering into the unified notarial information system the information provided for by this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) submission of information on notarial acts to the state body that carries out financial monitoring and takes other measures to combat legalization (laundering) of income for the purposes and in the manner established by the Law of the Republic of Kazakhstan "On countering legitimation (laundering) of incomes received by illegal means and financing of terrorism" , as well as sending an electronic copy of the title document, certified by the electronic digital signature of a notary, through a unified notarial information system to the information system of the legal cadastre in the manner prescribed by the Law of the Republic of Kazakhstan "On State Registration of Rights to Immovable Property";</w:t>
+      3) provision of information on notarial actions to the state body that performs financial monitoring and other measures to combat legalization (laundering) of proceeds from crime, in accordance with the purposes and procedures provided for by the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction,” also sending an electronic copy of the title document, certified by a notary's electronic digital signature, through the unified notarial information system to the legal cadastre information system in the manner provided for by the Law of the Republic of Kazakhstan “On State Registration of Rights to Real Estate”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) submission of information on notarial acts to the state authorized body exercising leadership in the field of ensuring the receipt of taxes and payments to the budget, in the form, in the manner and within the time frames provided for by the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget" (Tax Code) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1218,51 +1236,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 3 as amended by Laws of the Republic of Kazakhstan dated 22.06.2006 No 147; 26.12.2011 No 516-IV (enforced upon expiry of ten calendar days after first official publication); 27.04.2012 No 15-V (enforced upon expiry of ten calendar days after first official publication); and by Constitutional Law of the Republic of Kazakhstan dated 03.07.2013 No 121-V (enforced upon expiry of ten calendar days after first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 05.07.2018 № 177-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 26.06.2020 № 349-VI (effective ten calendar days after the date of its first official publication); dated 15.02.2021 № 5-VII (effective ten calendar days after the date of its first official publication); dated 09.06.2021 № 49-VII (effective ten calendar days after the date of its first official publication); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023).</w:t>
+        <w:t>      Footnote. Article 3 as amended by Laws of the Republic of Kazakhstan dated 22.06.2006 No 147; 26.12.2011 No 516-IV (enforced upon expiry of ten calendar days after first official publication); 27.04.2012 No 15-V (enforced upon expiry of ten calendar days after first official publication); and by Constitutional Law of the Republic of Kazakhstan dated 03.07.2013 No 121-V (enforced upon expiry of ten calendar days after first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 05.07.2018 № 177-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 26.06.2020 № 349-VI (effective ten calendar days after the date of its first official publication); dated 15.02.2021 № 5-VII (effective ten calendar days after the date of its first official publication); dated 09.06.2021 № 49-VII (effective ten calendar days after the date of its first official publication); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9589,69 +9607,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ensure compliance by private notaries with the legislation of the Republic of Kazakhstan on notaries, professional and ethical standards;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1) organize the work for private notaries to comply with the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
-[...17 lines deleted...]
-      3-2) summarize the practice of applying the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and the financing of terrorism and make proposals for its improvement with the annual provision of such information to the Republican Notary Chamber in the form and within the time limits established by the authorized body on financial monitoring;</w:t>
+      3-1) organize work to ensure compliance by private notaries with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) summarize the practice of applying the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, terrorism financing and financing the proliferation of weapons of mass destruction, and make propositions for its improvement, providing such information annually to the Republican Notary Chamber in the form and within the time frames established by the financial monitoring authority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) introduce applications for suspension, loss or termination of a private notary’s licence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11789,69 +11807,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) organize training of notaries;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) take part in the development of regulatory legal acts, develop and approve methodological materials on notary issues, as well as on countering the legalization (laundering) of proceeds from crime and the financing of terrorism;</w:t>
-[...17 lines deleted...]
-      5-1) analyze, summarize the practice of applying the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and the financing of terrorism on the basis of the information provided by the territorial notary chamber and make proposals for its improvement with the annual provision of such information to the authorized body for financial monitoring in the form and within the time limits established by the authorized body for financial monitoring;</w:t>
+      5) participate in the development of regulatory legal acts, develop and approve methodological materials on notarial matters, as well as on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) analyze and summarize the practice of applying the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, terrorism financing and financing of the proliferation of weapons of mass destruction based on information provided by the territorial notary chamber and make propositions for its improvement, providing such information annually to the financial monitoring authority in the form and within the timeframe established by the financial monitoring authority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) develop and approve the Notary Code of Ethics; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -12696,51 +12714,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Control over compliance of a notary and officials of the offices of akims of towns of district significance, settlements, villages, rural districts with the tax legislation of the Republic of Kazakhstan shall be carried out by the state revenue bodies of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
     <w:bookmarkStart w:name="z240" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. Control over compliance of a notary with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and financing of terrorism shall be carried out by the territorial body of justice.</w:t>
+      3-1. Compliance by notaries with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction shall be monitored by the territorial justice authority.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
     <w:bookmarkStart w:name="z241" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Civil servants of the body of justice and the notary association must maintain secrecy of notarial activities carried out and made known during inspections of notarial activity. These persons shall be liable in accordance with Kazakh legislation for disclosure of secrets and damages caused to notaries.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
     <w:bookmarkStart w:name="z242" w:id="222"/>
     <w:p>
@@ -13823,69 +13841,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) monitor compliance of notaries and officials of the offices of akims of towns of district significance, settlements, villages, rural districts and the state of their paperwork with the requirements of the legislation of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4-1) exercise control over the compliance of the notary with the legislation of the Republic of Kazakhstan on counteracting the legalization (laundering) of proceeds from crime and the financing of terrorism;5) introduce reports on suspension, loss and termination of a notary’s licence;</w:t>
-[...17 lines deleted...]
-      6) introduce reports on holding private notaries liable before the notary association;</w:t>
+      4-1) exercise control over the compliance of the notary with the legislation of the Republic of Kazakhstan on counteracting the legalization (laundering) of proceeds from crime and the financing of terrorism;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) introduce reports on suspension, loss and termination of a notary’s licence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) summarize notarial practice, as well as the practice of applying the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) check the availability and compliance of the premises chosen by the notary with the requirements of the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>