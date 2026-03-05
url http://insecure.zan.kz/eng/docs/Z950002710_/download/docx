--- v0 (2025-10-07)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8049959" w14:textId="8049959">
+    <w:p w14:paraId="686c51e" w14:textId="686c51e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1918,51 +1918,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 as amended by the Law of the Republic of Kazakhstan 09.12.1998 № 307; dated 20.12.2004 № 13 (shall be enforced from 01.01.2005) ; № 210-VI as of 28.12.2018 (shall be enforced ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 as amended by the Law of the Republic of Kazakhstan 09.12.1998 № 307; dated 20.12.2004 № 13 (shall be enforced from 01.01.2005); № 210-VI as of 28.12.2018 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3062,51 +3062,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) fulfill the written demand of the Prosecutor, associated with the exercise of supervision functions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) submit, upon the request of the authorized body on financial monitoring, information from its own information systems in accordance with the legislation of the Republic of Kazakhstan on counteraction to legalization (laundering) of illegally gained income and financing terrorism;</w:t>
+      22) upon the financial monitoring authority’s request provide information from its own information systems in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-1) carry out measures to protect and promote the national interests of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3126,51 +3126,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 16.05.1997 № 110: dated 09.12.1998 № 307; dated 21.03.2002 № 309; dated 09.08.2002 № 346; dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 27.05.2010 № 279-IV (the order of the entry into force see article 2); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 13.02.2012 № 553-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.01.2013 № 71-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03. 07. 2014 № 227-V (shall be enforced from 01.01.2015); dated 23. 11.2015 № 417-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 22. 12. 2016 № 28-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12. 2016 № 36-VI (shall be enforced upon expiry of two months after its first official publication); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VІ dated 13.05.2020 (shall come into effect six months after the day of its first official publication); dated 16.11.2020 № 375-VI (shall come into effect ten calendar days after the day of its first official publication); dated March 14, 2023 № 206-VII (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 23.12.2023 № 51-VIII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 16.05.1997 № 110: dated 09.12.1998 № 307; dated 21.03.2002 № 309; dated 09.08.2002 № 346; dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 27.05.2010 № 279-IV (the order of the entry into force see article 2); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 13.02.2012 № 553-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.01.2013 № 71-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03. 07. 2014 № 227-V (shall be enforced from 01.01.2015); dated 23. 11.2015 № 417-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 22. 12. 2016 № 28-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12. 2016 № 36-VI (shall be enforced upon expiry of two months after its first official publication); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VІ dated 13.05.2020 (shall come into effect six months after the day of its first official publication); dated 16.11.2020 № 375-VI (shall come into effect ten calendar days after the day of its first official publication); dated March 14, 2023 № 206-VII (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 23.12.2023 № 51-VIII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>