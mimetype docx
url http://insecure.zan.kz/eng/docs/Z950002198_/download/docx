--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce52aaa" w14:textId="ce52aaa">
+    <w:p w14:paraId="668f4a0" w14:textId="668f4a0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 17 April 1995 No. 2198.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 17 April 1995 № 2198.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -315,51 +315,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. State registration of legal entities and record registration of branches and representative offices shall be carried out in the implementation of the following main purposes:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      certification of the fact of creation, re-registration, registration of amendments and additions to the constituent documents, reorganization and termination of the activities of a legal entity, as well as creation, record re-registration, registration of amendments and additions to the documents and termination of  branches and representative offices;</w:t>
+      certification of the fact of creation, re-registration, registration of amendments and additions to the constituent documents, reorganization and termination of the activities of a legal entity, as well as creation, record re-registration, registration of amendments and additions to the documents and termination of branches and representative offices;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       accounting of established, re-registered, reorganized and terminated legal entities, as well as established, re-registered and terminated branches and representative offices on the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -929,105 +929,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       The “Government for Citizens” State Corporation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      carries out the state registration (re-registration) of legal entities  that are for-profit organizations, state registration of termination of their activities, record registration (re-registration) and deregistration of their branches and representative offices  in accordance with this Law; </w:t>
+      carries out the state registration (re-registration) of legal entities that are for-profit organizations, state registration of termination of their activities, record registration (re-registration) and deregistration of their branches and representative offices in accordance with this Law; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintains the National register of business identification numbers;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      maintains the National register of business identification numbers;   </w:t>
-[...35 lines deleted...]
-      considers complaints about actions (inaction) of officials of the “Government for Citizens” State Corporation with regard to state registration (re-registration) of legal entities  that are for-profit organizations, state registration of termination of their activities, record registration (re-registration) and deregistration of their branches and representative offices;</w:t>
+      monitors the compliance with the requirements of this Law by branches of the “Government for Citizens” State Corporation; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      considers complaints about actions (inaction) of officials of the “Government for Citizens” State Corporation with regard to state registration (re-registration) of legal entities that are for-profit organizations, state registration of termination of their activities, record registration (re-registration) and deregistration of their branches and representative offices;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       provides information to state bodies vested with monitoring and supervisory functions, upon their request in cases provided for by laws of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4484,52 +4484,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) increase in the authorized capital of business partnerships;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) changing of the main type of economic activity; </w:t>
+        <w:t>
+      6) changes and/or additions to economic activity types;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) changing of the composition of founders (participants, members) of non-profit organizations, with the exception of political parties;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4647,51 +4647,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Untimely notification of the registering authority on a change in the location of a legal entity entails administrative responsibility in accordance with the Code of the Republic of Kazakhstan on Administrative Offences.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When the composition of the founders (participants, members) of non-profit organizations changes, a list of the founders (participants, members) of the non-profit organization is additionally submitted, indicating the surname, first name, patronymic (if it is indicated in the identity document), date, month, year of birth, individual identification number , place of residence, contact phone number, personal signature.</w:t>
+      When the composition of the founders (participants, members) of non-profit organizations changes, a list of the founders (participants, members) of the non-profit organization is additionally submitted, indicating the surname, first name, patronymic (if it is indicated in the identity document), date, month, year of birth, individual identification number, place of residence, contact phone number, personal signature.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Legal entities, branches (representative offices) shall notify the registering authority about the introduction of amendments and additions to the constituent documents specified in part one of this Article, with the exception of subparagraph 5), within one month from the date of making a decision to introduce amendments and additions to the constituent documents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4747,51 +4747,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Law was supplemented with Article 14-2 in accordance with the Law of the Republic of Kazakhstan dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 26.01.2021 № 412-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); dated 05.07.2024 № 115-VIII (effective six months after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Law was supplemented with Article 14-2 in accordance with the Law of the Republic of Kazakhstan dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 26.01.2021 № 412-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); dated 05.07.2024 № 115-VIII (effective six months after the date of its first official publication); dated 27.09.2025, № 220-VIII (effective  sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>