--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="539952f" w14:textId="539952f">
+    <w:p w14:paraId="0aab29d" w14:textId="0aab29d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan, dated 30 March 1995, No. 2155.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan, dated 30 March 1995, № 2155.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -385,97 +385,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 2. Status and legal basis of activities of the National Bank of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan is a state body that ensures the development and implementation of the monetary policy of the state, the functioning of payment systems, carries out currency regulation and currency control, contributes to ensuring the stability of the financial system and conducts state statistics, as well as exercising, within its competence, state regulation, control and supervision of the financial market, financial organizations and other entities and in the field of financial legislation of the Republic of Kazakhstan.</w:t>
+      The National Bank of Kazakhstan is a public body responsible for developing and implementing the state's monetary policy (hereinafter referred to as monetary policy), the functioning of payment systems, currency regulation and currency control, promoting the stability of the financial system and conducting state statistics, as well as exercising, within its competence, state regulation, control and supervision of the financial market, financial organisations and other persons and in the field of financial legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan is governed by the Constitution of the Republic of Kazakhstan, this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and international treaties of the Republic of Kazakhstan in its activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Article 2 is in the wording of the Law of the Republic of Kazakhstan, dated 28.12.2011 № 524 – IV (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. The Article 2 is in the wording of the Law of the Republic of Kazakhstan, dated 28.12.2011 № 524 – IV (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -848,127 +848,127 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan, on the basis of and in pursuance of the laws of the Republic of Kazakhstan on issues within its competence, issues regulatory legal acts binding on financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan, other individuals and legal entities in the territory of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Regulatory legal acts of the National Bank of Kazakhstan shall be published in the official publications – “Kazakstan Ulttyk Bankinin Khabarshysynda” and “Bulletin of the National Bank of the Republic of Kazakhstan” in Kazakh and Russian languages.</w:t>
+      The list of subordinate regulatory legal acts adopted by the National Bank of Kazakhstan under the laws of the Republic of Kazakhstan on the issues within its competence shall be established in the regulations on the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 4, as amended by the Laws of the Republic of Kazakhstan dated 11.07.1997 № 154; dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (see Article 2 for the order of entry into force).</w:t>
+        <w:t>      Footnote. Article 4, as amended by the Laws of the Republic of Kazakhstan dated 11.07.1997 № 154; dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall go into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Article 5 (is excluded by the Law of the Republic of Kazakhstan dated 11 July 1997, № 154) Article 6. The National Bank of Kazakhstan as a legal entity</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan is a legal entity in organizational legal form of a republican state institution and has an independent balance sheet, and it shall comprise a single structure together with its branches, representative offices, and organizations.</w:t>
+      The National Bank of Kazakhstan is a legal entity in the organisational and legal form of a republican state institution, has an independent balance sheet and, together with its branches, representative offices, departments and republican state enterprises (hereinafter referred to as the organisations of the National Bank of Kazakhstan), forms a single structure.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan acts on behalf of the Republic of Kazakhstan as the founder of joint stock companies and limited liability partnerships, and participates in the activities of organizations, as well as contributing the implementation of the functions of the National Bank of Kazakhstan, and (or) is the part of the financial market infrastructure.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -988,839 +988,1081 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Article 6 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. The Article 6 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall take effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chapter 2. Main purpose, objectives, functions and powers of the National Bank of Kazakhstan. Principles of this Law</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The title as revised by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Main goal, objectives, functions and powers of the National Bank of Kazakhstan</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 7. Main goal and objectives of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The main goal of the National Bank of Kazakhstan is to ensure the price stability in the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To accomplish the main goal, the National Bank of Kazakhstan shall be assigned the following objectives:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) development and implementation of monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ensuring the functioning of payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) implementation of currency regulation and control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) promoting the stability of the financial system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. Title is in the new wording of the Law of the Republic of Kazakhstan dated 10 July 2003 № 483 (shall be enforced from 1 January 2004).</w:t>
+        <w:t>      5) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) implementation of statistical activities in the field of monetary statistics, financial market statistics and statistics of the external sector;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) other objectives in accordance with the laws of the Republic of Kazakhstan and the acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Article 7 is in wording of the Law of the Republic of Kazakhstan dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 7-1. Principles of this Law</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This Law relies on the principles of legality of activities, accountability to the President of the Republic of Kazakhstan, and independence of the National Bank of Kazakhstan within the limits of the powers granted to it by the laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 2 has been supplemented with Article 7-1 under Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 7. Main goal and objectives of the National Bank of Kazakhstan</w:t>
-[...107 lines deleted...]
-      4) promoting the stability of the financial system;</w:t>
+        <w:t xml:space="preserve"> Article 8. Functions and powers of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) develop and implement monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) issue the state equity securities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) be the sole issuer of banknotes and coins of the national currency of the Republic of Kazakhstan and organizes a cash circulation in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) establish the procedure for replacing banknotes of the national currency of the Republic of Kazakhstan in circulation when their design (form) changes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) outline the procedure for conducting cash transactions with individuals and legal entities at the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) participate in providing transportation, storage and collection of banknotes, coins and values, create the reserve state funds of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) exercise control and supervision over compliance with the requirements for the arrangement of premises by legal entities operating exclusively through exchange offices on the basis of a license of the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) regulate and supervise (oversight) for the inter-bank money transfer system, a system of inter-bank clearing and other payment systems, which provide conducting of money transfers between users in Kazakhstani tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) in order to streamline payments and money transfers, establishes, in agreement with the Government of the Republic of Kazakhstan, the order of payments on bank accounts carried out by banks, organizations engaged in certain types of banking operations, branches of non-resident banks of the Republic of Kazakhstan and business entities, unless otherwise provided by the laws of the Republic Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) carry out the currency regulation and currency control in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) establish qualification requirements for legal entities whose exclusive activity is the collection of banknotes, coins and valuables, which include requirements for the legal form, requirements for founders (participants), including disclosure of the sources of origin of their contributions to the charter capital, requirements for the size and procedure for the formation of the authorized capital, as well as premises, technical means, equipment and employees of legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-2) determine the procedure for organising security and the layout of premises of second-tier banks, branches of non-resident banks of the Republic of Kazakhstan, and organisations carrying out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-3) specify the procedure for conducting cash transactions and transactions involving the collection of banknotes, coins and valuables, including the organisation of armoured car collections, at second-tier banks, branches of banks that are non-residents of the Republic of Kazakhstan, and organisations that conduct certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-4) jointly with other authorised public authorities of the Republic of Kazakhstan, regulate the withdrawal of cash from bank accounts by business entities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+        <w:t>      9) is excluded by Law of the Republic of Kazakhstan № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) provide the management of assets in foreign currency and precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) implement a priority right of the state to purchase refined gold to replenish assets in precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) carry out in the cases, stipulated by the legislation of the Republic of Kazakhstan, routine tests of purity (samples) of precious metals and raw materials, containing precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) store and test precious metals, except for precious metal products, and assays (samples) of commodities containing precious metals owned by financial institutions, other persons entitled to export and import precious metals and commodities containing precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2) carry out the transportation, reception, registration, storage of precious metals, precious stones and products, made of them that are converted (entered) into state property on certain grounds, in cases provided by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) carry out the regulation of system risks independently and (or) in partnership with other state bodies of the Republic of Kazakhstan within their competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) provide loans pursuant to the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+        <w:t>      15) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) implementation of statistical activities in the field of monetary statistics, financial market statistics and statistics of the external sector;</w:t>
-[...17 lines deleted...]
-      8) other objectives in accordance with the laws of the Republic of Kazakhstan and the acts of the President of the Republic of Kazakhstan.</w:t>
+      16) elaborate statistical methodology, compile and disseminate statistical data on monetary and credit statistics, financial market statistics and external sector statistics (balance of payments, international investment position and external debt);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) develop statistical forms for external sector statistics, conduct departmental statistical observations pursuant to the statistical work plan, and exercise control in the field of state statistics within the limits of its competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Article 7 is in wording of the Law of the Republic of Kazakhstan dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      18) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...464 lines deleted...]
-      19) carries out, within the competence, regulation of the financial market and financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan and other persons, as well as control and supervision of the financial market and financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan and in the field of financial legislation of the Republic of Kazakhstan in accordance with this Law, the Law of the Republic of Kazakhstan "On state regulation, control and supervision of the financial market and financial organizations” and other laws of the Republic of Kazakhstan;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) collect and process administrative data (financial and other reports) on currency regulation and currency control, monetary statistics, cash circulation, payments and payment systems, regulation, control and supervision of the financial market and financial organisations, and in the field of financial legislation of the Republic of Kazakhstan, and establish the procedure for their filing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) within its competence, regulate the financial market and financial organisations, branches of banks that are non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organisations that are non-residents of the Republic of Kazakhstan, branches of insurance brokers that are non-residents of the Republic of Kazakhstan, and other persons, as well as control and supervision of the financial market and financial organisations, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organisations of the Republic of Kazakhstan, branches of insurance brokers that are non-residents of the Republic of Kazakhstan, and in the field of financial legislation of the Republic of Kazakhstan under this Law, the Law of the Republic of Kazakhstan “On State Regulation, Control and Supervision of the Financial Market and Financial Organisations”, other laws of the Republic of Kazakhstan, and acts of the President of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) issues (refuses to issue), reissues, suspends, revokes licenses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1837,50 +2079,68 @@
       for exchange operations with foreign currency in cash - to legal entities operating exclusively through exchange offices;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       for collection of banknotes, coins and valuables - to legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) within the period of the introduction of a state of emergency, in order to ensure economic security and stability of the financial system of the Republic of Kazakhstan, pursuant to the acts of the President of the Republic of Kazakhstan, it has the right to introduce a special regulatory regime envisaging the introduction of a special procedure and conditions for the provision of payment services by financial organisations, payment system operators, payment organisations, including the regulation of the commissions applied by them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      21) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
@@ -2034,87 +2294,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-2) exercise control over compliance by legal entities operating exclusively through exchange offices based on a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and by payment organizations of the requirements of the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, and financing of terrorism in terms of recording, storing and providing information on transactions with money and (or) another property subject to financial monitoring, due diligence of clients (their representatives) and beneficial owners, suspension and refusal to conduct transactions subject to financial monitoring, document protection received in the course of its activities, as well as the organization and implementation of internal control in accordance with the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      24-3) monitor and supervise compliance by payment service providers that are not banks or organisations engaged in certain types of banking operations, payment system operators and payment system operating centres with the requirements of the laws of the Republic of Kazakhstan on payments and payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       25) participate in servicing the state debt of the Government of the Republic of Kazakhstan in agreement with the latter and serve the state debt of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26) establish and publish the official exchange rate of the national currency of the Republic of Kazakhstan to foreign currencies according to the list and the order, determined by the Board of the National Bank of Kazakhstan;</w:t>
-[...17 lines deleted...]
-      27) monitor contracts for non-state foreign loans;</w:t>
+      26) set and publish the official exchange rate of the national currency of the Republic of Kazakhstan against foreign currencies under the procedure established by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      27) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) monitor the sources of supply and demand, as well as the uses of foreign currency on the domestic market;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2124,177 +2426,243 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) carry out a banking activity without necessity to obtain corresponding licenses, professional activity in the securities market and other activity as defined by the Laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30) carry out a banking service of customers of the National Bank of Kazakhstan;</w:t>
-[...35 lines deleted...]
-      32) serves as a trustee of assets on the basis of the trust management agreement, concluded by the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan or legal entities. The trust management agreements, concluded between the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan shall be published in official publications;</w:t>
+      29-1) set out the procedure for opening, maintaining and closing metal accounts by banks and branches of non-resident banks in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) exercise trust management of the National Fund of the Republic of Kazakhstan under the trust management agreement concluded between the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) provide trust management services for the assets of legal entities under trust management agreements concluded between the National Bank of Kazakhstan and legal entities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1) carry out the trust management of the pension assets of uniform pension savings fund under a trust management agreement, concluded between the National Bank of Kazakhstan and uniform pension savings fund;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32-2) carry out the functions of a custodian in respect of pension assets of uniform pension savings fund;</w:t>
-[...53 lines deleted...]
-      35) applies, on issues within its competence, limited enforcement measures to residents and non-residents carrying out currency transactions and not being financial institutions, payment system operators, payment system operating centers, as well as payment service providers that are not banks, bank branches - non-residents of the Republic of Kazakhstan and organizations engaged in certain types of banking operations, supervisory response measures to legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and legal entities whose exclusive activity is the collection of banknotes, coins and valuables, as well as sanctions and other measures provided for by the laws of the Republic of Kazakhstan;</w:t>
+      32-2) render custodial services in respect of the pension assets of the unified accumulative pension fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      33) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) take part in training personnel for state bodies and financial organisations of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) apply limited measures of influence within its competence to residents and non-residents conducting currency transactions who are not financial institutions, payment system operators, payment system operating centres, and payment service providers that are not banks, branches of non-resident banks of the Republic of Kazakhstan, and organisations engaged in certain types of banking operations, supervisory measures for legal entities operating exclusively via exchange offices under licence from the National Bank of Kazakhstan for exchange operations with foreign currency cash, and legal entities whose sole activity is the collection of banknotes, coins and valuables, as well as sanctions and other measures envisaged by the laws of the Republic of Kazakhstan, and establishes the procedure for their application;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-1) introduces a special regulatory regime in relation to payment institutions and (or) other legal entities that are not financial institutions, in order to carry out activities related to payment services, and regulates their activities within the competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2371,62 +2739,86 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) establish consultative and advisory bodies of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      38-1) provide information on subjects of a credit history to a credit bureau partially owned by the government in order to ensure the completeness of information contained in the database of credit histories;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      38-1) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38-2) within the competence, cooperates with central banks, control and supervisory bodies of other states, international and other organizations and has the right to exchange information confidentially constituting a trade secret on the securities market, bank secrets, insurance secrets or other secrets protected by law, necessary for the implementation of control and supervisory functions, on the basis and in accordance with the international agreement of the Republic of Kazakhstan, the agreement providing for the exchange of confidential information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2436,79 +2828,115 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Other organizations specified in part one of this subparagraph are the associations of central banks, control and supervisory bodies of other states, created with the aim of developing uniform standards for regulating the activities of the banking sector, the securities market and the insurance market;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      38-3) conduct research in the areas of monetary policy, financial stability and other areas associated with its activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-4) develop and approve mandatory regulations for financial institutions, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organisations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, other individuals and legal entities in the territory of the Republic of Kazakhstan under this Law and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       39) carry out other functions and powers under this Law, other laws of the Republic of Kazakhstan and the acts of the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 8 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan, dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V as of 10.06.2014 (shall be enforced ten days after its first official publication); № 311-V as of 27.04.2015 (see the enforcement procedure in Article 2); № 422-V dated November 24, 2015 (see Article 2 for the order of entry into force); № 12-VІ as of 26.07.2016 (shall be enforced thirty days after its first official publication); № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication); № 168-VІ as of 02.07.2018 (see the enforcement procedure in Article 2); № 262-VI dated July 3, 2019 (see Article 2 for the entry into force); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); dated 01.07.2022 № 131-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 8 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan, dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V as of 10.06.2014 (shall be enforced ten days after its first official publication); № 311-V as of 27.04.2015 (see the enforcement procedure in Article 2); № 422-V dated November 24, 2015 (see Article 2 for the order of entry into force); № 12-VІ as of 26.07.2016 (shall be enforced thirty days after its first official publication); № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication); № 168-VІ as of 02.07.2018 (see the enforcement procedure in Article 2); № 262-VI dated July 3, 2019 (see Article 2 for the entry into force); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); dated 01.07.2022 № 131-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2564,79 +2992,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The charter capital of the National Bank of Kazakhstan belongs to the state and shall be created in an amount not less than 20 billion Kazakhstani tenge by payments from undivided net income.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan shall independently exercise the rights of possession, use, and disposition of property on its balance sheet on behalf of the Republic of Kazakhstan, in accordance with the procedure, established by the regulatory legal acts of the National Bank of Kazakhstan.</w:t>
+      On behalf of the Republic of Kazakhstan, the National Bank of Kazakhstan shall independently exercise the rights of ownership, use and disposal of the property assigned to it and recorded on its balance sheet pursuant to the procedure established by the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9, as amended by the Laws of the Republic of Kazakhstan, dated 11July, 1997 № 154; dated 29 June, 1998 № 236; dated 16 July 1999 № 436; dated 10 July, 2003 № 483 (shall be enforced from 1January, 2004); dated 8 July, 2005 № 69; dated 5 July 2006 № 165 (the order of enforcement see Article 2); dated 01.03.2011 № 414-IV (shall be enforced from the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 9, as amended by the Laws of the Republic of Kazakhstan, dated 11July, 1997 № 154; dated 29 June, 1998 № 236; dated 16 July 1999 № 436; dated 10 July, 2003 № 483 (shall be enforced from 1January, 2004); dated 8 July, 2005 № 69; dated 5 July 2006 № 165 (the order of enforcement see Article 2); dated 01.03.2011 № 414-IV (shall be enforced from the date of its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2704,51 +3132,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 is in the wording of the Law dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan  № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016).</w:t>
+        <w:t>      Footnote. Article 10 is in the wording of the Law dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2834,51 +3262,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 is in the wording of the Law of the Republic of Kazakhstan, dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan, dated 08.07.2005.№ 69; dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 11 is in the wording of the Law of the Republic of Kazakhstan, dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan, dated 08.07.2005 № 69; dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2952,79 +3380,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The bodies of the National Bank of Kazakhstan are the Management Board, the Monetary Policy Committee and the Board of Directors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The structure of the National Bank of Kazakhstan shall include the central administration, consisting of departments and other subdivisions, branch offices, representative offices, agencies and organizations.</w:t>
+      The structure of the National Bank of Kazakhstan shall consist of a central office comprising departments and other divisions, branches, representative offices, agencies and organisations of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Part 3 is excluded by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 27 January 1996, № 2830; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 16.07.1999 № 436; dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
+        <w:t>      Footnote. Part 3 is excluded by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 27 January 1996, № 2830; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 16.07.1999 № 436; dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3183,4164 +3611,1640 @@
       Deputy Chairmen of the National Bank of Kazakhstan shall be appointed by the President of the Republic of Kazakhstan upon the recommendation of the Chairman of the National Bank of Kazakhstan for a term of 6 years, regardless the terms of the appointment of the Chairman of the National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Deputy Chairmen shall represent the National Bank of Kazakhstan without a power of attorney and shall sign documents within the limits of their authority.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 15. The Board of the National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.⁠ ⁠The Board shall be the supreme body of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.⁠ In compliance with their competence, ⁠the Board of the National Bank of Kazakhstan, including in agreement or jointly with authorised public authorities, shall adopt acts on issues of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the development and implementation of monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the issuance of banknotes and coins of the national currency of the Republic of Kazakhstan, cash circulation, including the sale, redemption, exchange, replacement, determination of payment and withdrawal from circulation of banknotes and coins, cash operations and operations for the collection of banknotes, coins and valuables, transportation, storage and collection of banknotes, coins and valuables on the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the organisation and functioning of payment systems, the regulation of payment systems, the regulation of the payment services market, and the execution of payments and/or money transfers in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the currency regulation and currency control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the establishment of the official exchange rate of the national currency of the Republic of Kazakhstan against foreign currencies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) the exchange operations with foreign currency cash in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) organising security and the layout of premises within the scope of its competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) applying limited measures of influence and supervisory response measures within the scope of competence established by this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) the management of assets in foreign currency and precious metals, including their transfer to external management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) the exercise of the state's priority right to purchase refined gold to replenish assets in precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) promoting the stability of the financial system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) the withdrawal of cash from bank accounts by business entities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) filing statistical reports on external sector statistics within the scope of authority established by the laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) collecting administrative data (filing financial and other reports) within the scope of authority established by the laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) the collection of administrative data (filing financial and other reports) within the competence established by the laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) the introduction and cancellation by the National Bank of Kazakhstan of a special regime for regulation, implementation of activities associated with digital assets and (or) payment services, within the framework of a special regime for regulation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) the regulation of accounting and financial reporting systems, including standard charts of accounts, financial reporting standards on issues not covered by international financial reporting standards, methodological recommendations thereto, as well as the automation of accounting in financial organisations, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organisations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, and the Development Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) licensing of legal entities operating exclusively via exchange offices and legal entities whose sole activity is the collection of banknotes, coins and valuables, as well as the registration of payment organisations with the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) establishing requirements for the security and continuity of the operation of information systems of banks, branches of non-resident banks of the Republic of Kazakhstan and organisations engaged in certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) opening, maintaining and closing metal accounts by banks and branches of non-resident banks of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) conducting operations with documentary letters of credit by banks of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) the banking services offered by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) the dealer and brokerage activities performed by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) the trust management of the National Fund of the Republic of Kazakhstan, pension assets of the unified accumulative pension fund and assets of legal entities, investment operations of the National Fund of the Republic of Kazakhstan, selection of external managers of the National Fund of the Republic of Kazakhstan, pension assets of the unified accumulative pension fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) conducting operations in the National Bank of Kazakhstan with foreign currency converted into state property on separate grounds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) the appointment and termination of employment contracts with employees of the National Bank of Kazakhstan and its departments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) the procurement of goods, works and services by the National Bank of Kazakhstan, its departments, organisations within its structure, and legal entities fifty or more per cent of the voting shares (stakes in the authorised capital) of which belong to the National Bank of Kazakhstan or are under its trust management, the authorised body for the regulation, control and supervision of the financial market and financial organisations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) stablishing maximum annual effective interest rates on bank loans and microloans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) falling within the competence of the National Bank of Kazakhstan, not envisaged by this paragraph, under this Law, other legislation of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The Board of the National Bank of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) establish activities pertaining to monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) review, approve, and submit for approval to the President of the Republic of Kazakhstan the annual report on the activities of the National Bank of Kazakhstan, its structure, and total staffing levels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) approve the remuneration system for employees of the National Bank of Kazakhstan, agreed with the President of the Republic of Kazakhstan, as well as the terms of remuneration and social benefits for employees of the National Bank of Kazakhstan and its departments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) approve the budget (cost estimate) of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) decide on the financing of the activities of the authorised body for the regulation, control and supervision of the financial market and financial organisations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) make decisions on the establishment of and participation in the activities of organisations, including those that facilitate the performance by the National Bank of Kazakhstan of its functions and/or are part of the financial market infrastructure, as well as on changes to their names, reorganisation and liquidation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) perform other functions and powers envisaged by this Law, other legislation of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 15 - as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 15. Executive Board of the National Bank of Kazakhstan and its powers</w:t>
-[...143 lines deleted...]
-      6) rules for determining whether banknotes and coins of the national currency of the Republic of Kazakhstan are fit for commerce;</w:t>
+        <w:t xml:space="preserve"> Article 16. Composition of the Executive Board of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board of the National Bank of Kazakhstan consists of nine members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of the National Bank of Kazakhstan includes the Chairman of the National Bank of Kazakhstan and four officials of the National Bank of Kazakhstan, one representative from the President of the Republic of Kazakhstan, two representatives from the Government of the Republic of Kazakhstan and one representative from the authorized body for regulation, control and supervision of the financial market and financial organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the Board of the National Bank of Kazakhstan from the President of the Republic of Kazakhstan, the Government of the Republic of Kazakhstan, the National Bank of Kazakhstan and the authorized body for regulation, control and supervision of the financial market and financial organizations are appointed and dismissed, respectively, by the President of the Republic of Kazakhstan, the Government of the Republic of Kazakhstan, the Chairman of the National Bank of Kazakhstan, the Chairman of the authorized body for regulation, control and supervision of the financial market and financial organizations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      7) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+        <w:t>      Footnote. Article 16 is in the wording of the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 5 December 1995, № 2672; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 05.07.2006 № 165 (the order of the enforcement, see Article 2); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...262 lines deleted...]
-      20) requirements for organizational measures and software and hardware that provide access to payment systems;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 17. Executive Board session of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Meetings of the Board of the National Bank of Kazakhstan are held as required in accordance with the work plan approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unscheduled meetings of the Board of the Bank of Kazakhstan are held at the request of the Chairman of the National Bank of Kazakhstan or three members of the Board.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board members of the National Bank of Kazakhstan are notified timely of the appointment of the Executive Board session.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board session of the National Bank of Kazakhstan shall be conducted by the Chairman of the National Bank of Kazakhstan and in case of his (her) absence – an individual, replacing him (her).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board is authorized to take a decision with the participation of at least two thirds of Executive Board members, including the Chairman of the National Bank of Kazakhstan, or an individual, replacing him (her).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board decision shall be taken by a simple majority vote of Executive Board members. In case of equality of votes, the vote of the Chairman of the National Bank of Kazakhstan shall be casting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      No later than one week term the Chairman of the National Bank of Kazakhstan has a right to return the Executive Board decision with his (her) objections for a second discussion and voting. If the Executive Board confirms the earlier decision by two-thirds of Executive Board members, the Chairman of the National Bank of Kazakhstan shall sign the decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      21) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+        <w:t>      Footnote. Article 17, as amended by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 18. Resignation and termination of appointment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall have the right to resign by submitting his (her) written application two months before retiring, to the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall be dismissed by the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputies of the Chairman shall be dismissed by the President of the Republic of Kazakhstan on presentation of the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputies may resign by submitting a written application to the President of the Republic of Kazakhstan, through the Chairman of the National Bank of Kazakhstan for two months before retiring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      22) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+        <w:t>      Footnote. Article 18 – as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 5 December 1995 № 2672.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 18-1. Monetary Policy Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The Monetary Policy Committee of the National Bank of Kazakhstan is a decision-making body on monetary policy issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Monetary Policy Committee of the National Bank of Kazakhstan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) sets the base rate;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) establish interest rates for the main monetary policy operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) makes decisions on other issues of monetary policy that do not fall within the exclusive competence of the Board of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The Monetary Policy Committee of the National Bank of Kazakhstan includes the Chairman of the National Bank of Kazakhstan, his deputies in charge of monetary policy, monetary operations, financial stability, heads of structural divisions of the National Bank of Kazakhstan, whose functions include issues of monetary policy, monetary operations, financial stability, as well as other divisions of the National Bank of Kazakhstan by decision of the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Persons who are not employees of the National Bank of Kazakhstan and meet the requirements approved by the Board of the National Bank of Kazakhstan may be included in the Monetary Policy Committee of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The composition and rules of work of the Monetary Policy Committee of the National Bank of Kazakhstan are approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The meetings of the Monetary Policy Committee of the National Bank of Kazakhstan shall be chaired by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The Monetary Policy Committee of the National Bank of Kazakhstan adopts resolutions on issues within its competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      23) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+        <w:t>      Footnote. The Law is supplemented by Article 18-1 in accordance with the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...100 lines deleted...]
-      29) rules for making interbank payments and (or) money transfers using payment cards in the Republic of Kazakhstan;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 19. Board of Directors of the National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The operational management body of the National Bank of Kazakhstan is the Board of Directors of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors includes the Chairman of the National Bank of Kazakhstan, his deputies, heads of structural divisions and departments of the National Bank of Kazakhstan. The composition of the Board of Directors of the National Bank of Kazakhstan is approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall preside at sessions of the Board of Directors. On his behalf, the Board session may be led by the Deputy Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Pursuant to this Law, the Board of Directors shall make decisions on matters within the purview of the National Bank of Kazakhstan, excluding those matters that fall within the competence of the Management Board, the Monetary Policy Committee, and the Chairman of the National Bank of Kazakhstan (or his/her deputies).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors shall adopt resolutions on issues within its competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors determines procedures for accounting and preparation of separate and consolidated financial statements of the National Bank of Kazakhstan, as well as the accounting and financial reporting of the National Fund of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      30) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
-[...3421 lines deleted...]
-        <w:t>      Footnote. Article 19 as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 4 December 1995 № 2672; by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 2 March 2001 № 162 (see Article 2); dated 10 July 2003 № 483 (shall be enforced from 1 January 2004); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 4 December 1995 № 2672; by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 2 March 2001 № 162 (see Article 2); dated 10 July 2003 № 483 (shall be enforced from 1 January 2004); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9993,51 +7897,93 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 25. National Bank of Kazakhstan – a financial adviser of the Government of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      National Bank of Kazakhstan is acting as financial adviser to the Government of the Republic of Kazakhstan in the development and implementation of government borrowing, the formation of fiscal policy on the issues, related to monetary policy.</w:t>
+      The National Bank of Kazakhstan shall act as financial advisor to the Government of the Republic of Kazakhstan in the development and implementation of public borrowing policy and the formulation of budgetary policy on matters related to monetary policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 25 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 26. National Bank of Kazakhstan – an agent of the Government of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10267,51 +8213,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 6 MONETARY POLICY Article 29. Development and implementation of monetary policy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      National Bank of Kazakhstan is the only body that defines and implements the state monetary policy of the Republic of Kazakhstan. Monetary policy is implemented by the National Bank of Kazakhstan in order to ensure the price stability.</w:t>
+      The National Bank of Kazakhstan shall be the sole authority responsible for establishing and implementing monetary policy. Monetary policy shall be implemented by the National Bank of Kazakhstan with the aim of ensuring price stability.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Monetary policy is carried out by establishing:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10403,51 +8349,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 29 – is in the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004). It is amended – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force).</w:t>
+        <w:t>      Footnote. Article 29 – is in the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004). It is amended – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10569,51 +8515,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6) is excluded by Law of the Republic of Kazakhstan  № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016);</w:t>
+        <w:t>      6) is excluded by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10729,51 +8675,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In order to implement the monetary policy, the National Bank of Kazakhstan sets the standards for minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan approves the rules on minimum reserve requirements, which determine the structure of liabilities of banks, branches of banks - non-residents of the Republic of Kazakhstan, accepted for calculating the minimum reserve requirements, the procedure for calculating the minimum reserve requirements, meeting the minimum reserve requirements, reserving and exercising control over the implementation of the minimum reserve requirements .</w:t>
+      The National Bank of Kazakhstan approves the rules on minimum reserve requirements, which determine the structure of liabilities of banks, branches of banks - non-residents of the Republic of Kazakhstan, accepted for calculating the minimum reserve requirements, the procedure for calculating the minimum reserve requirements, meeting the minimum reserve requirements, reserving and exercising control over the implementation of the minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Changes in the standards of minimum reserve requirements are put into effect no earlier than one month from the date of such a decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10859,79 +8805,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 33. Buying and selling securities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Buying and selling of state and other securities is carried out by the National Bank of Kazakhstan within the general monetary policy.</w:t>
+      The purchase and sale of government and other securities shall be effected pursuant to the procedure established by the National Bank of Kazakhstan within the framework of the general monetary policy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 33 – is in the wording of the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004).</w:t>
+        <w:t>      Footnote. Article 33 – is in the wording of the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); № 205-VIII of 30.06.2025 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10989,97 +8935,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The base rate of the National Bank of Kazakhstan is the main monetary policy instrument of the National Bank of Kazakhstan and a benchmark for setting interest rates on monetary policy operations.</w:t>
+      The base rate of the National Bank of Kazakhstan shall serve as the primary tool of monetary policy and a benchmark for setting interest rates on monetary policy operations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Interest rates on monetary policy operations are set by the National Bank of Kazakhstan in order to influence market interest rates in the financial market as part of a current monetary policy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 34 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
+        <w:t>      Footnote. Article 34 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12154,124 +10100,107 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 43, as amended – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; № 422-V as of 24.11.2015 (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...36 lines deleted...]
-      Sale and re-purchase by the National Bank of Kazakhstan of investment and collectible coins are carried out in the manner prescribed by regulatory legal acts of the National Bank of Kazakhstan.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 43-1. Sale and repurchase of banknotes and coins by the National Bank of Kazakhstan, including those in special packaging</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The sale and repurchase of banknotes and coins by the National Bank of Kazakhstan, including those in special packaging, shall be effected in the order established by the regulatory legal acts of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. It is supplemented by Article 43-1 – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69.</w:t>
+        <w:t>      Footnote. It is supplemented by Article 43-1 – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; as reworded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12427,133 +10356,133 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 46. Worm, doubtful banknotes and defective (damaged), doubtful coins</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Dilapidated banknotes that have retained at least seventy percent of the sizes of banknotes established by the National Bank of Kazakhstan, and defective (damaged) coins are exchanged without restrictions by the National Bank of Kazakhstan, banks, branches of non-resident banks of the Republic of Kazakhstan and the National Postal Operator.</w:t>
+      Worn banknotes that retain at least seventy per cent of the size established by the National Bank of Kazakhstan, and defective (damaged) coins shall be exchanged unlimitedly by the National Bank of Kazakhstan, banks, branches of non-resident banks in the Republic of Kazakhstan, and the National Postal Operator under the regulatory legal act of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Doubtful banknotes that have retained more than fifty percent, and dubious coins are accepted by the National Bank of Kazakhstan, banks, branches of non-resident banks of the Republic of Kazakhstan and the National Postal Operator in accordance with the regulatory legal act of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Doubtful banknotes and doubtful coins are exchanged by the National Bank of Kazakhstan in the manner prescribed by the regulatory legal act of the National Bank of Kazakhstan.</w:t>
+      Questionable banknotes and coins shall be exchanged by the National Bank of Kazakhstan upon evaluation of their validity pursuant to the procedure established by the regulatory legal act of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan is not obligated to compensate for lost or destroyed banknotes and coins.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 46 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated November 24, 2015 № 422-V (see Article 2 for the order of entry into force).</w:t>
+        <w:t>      Footnote. Article 46 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated November 24, 2015 № 422-V (see Article 2 for the order of entry into force); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13711,50 +11640,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) regularly monitor systemic risks of the financial system;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1-1) establishes macroprudential standards and limits, which are economic restrictions to reduce systemic risks of second-tier banks and branches of non-resident banks in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       2) in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations, determines the procedure for classifying financial organizations as systemically important;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) generates a list of systemically important financial institutions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -13793,51 +11740,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-2 as amended by Laws of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 168-VІ as of 02.07.2018 (shall be enforced ten days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 51-2 as amended by Laws of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 168-VІ as of 02.07.2018 (shall be enforced ten days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -14185,51 +12132,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 51-4. Goals of introduction and general conditions for operating under a special regulatory regime</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The special regulatory regime of the National Bank of Kazakhstan is a set of special conditions for carrying out activities related to payment services.</w:t>
+      1. A special regulatory regime of the National Bank of Kazakhstan shall be a set of special conditions for carrying out activities related to digital assets and/or payment services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. A special regulatory regime is aimed at achieving the following goals:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14328,52 +12275,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) compliance with a special regime for regulating the rights and interests of consumers by participants.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4. A special regulatory regime is introduced by a decision of the Board of the National Bank of Kazakhstan, which specifies the types of payment services and (or) activities related to payment services, special conditions for their provision (implementation) within the framework of a special regulatory regime, the procedure and conditions for applying the requirements of the legislation of the Republic of Kazakhstan to the participants of the special regulatory regime. </w:t>
+        <w:t>
+      4. A special regulatory regime shall be introduced by a decision of the Board of the National Bank of Kazakhstan, specifying the types of payment services and (or) activities related to digital assets and (or) payment services, special conditions for their provision (implementation) under a special regulatory regime, and the procedure and conditions for applying the requirements of the laws of the Republic of Kazakhstan to participants in a special regulatory regime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A special regulatory regime for activities related to digital assets and (or) payment services of payment service providers outlined in sub-paragraphs 2) and 3) of paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On Payments and Payment Systems” shall be introduced by a decision of the Board of the National Bank of Kazakhstan in coordination with the authorised body for regulation, control and supervision of the financial market and financial organisations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The total term of a special regulatory regime introduced by the National Bank of Kazakhstan does not exceed five years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14411,99 +12376,99 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-4 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 51-4 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 51-5. Implementation of activities under a special regulatory regime</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Special regulatory regime participants may be financial institutions and (or) other legal entities operating in the financial sector, carrying out activities related to the concentration of financial resources and (or) payment services (hereinafter referred to as special regulatory regime participants).</w:t>
+      1. Participants in the special regulatory regime may be payment service providers mentioned in paragraphs 2), 3) and 5) of paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On Payments and Payment Systems”, and (or) other legal entities that are not financial organisations to implement activities associated with digital assets and (or) payment services (hereinafter referred to as participants in the special regulatory regime).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. A special regulatory regime participant shall carry out its activity in accordance with an agreement on operating under the special regulatory regime concluded with the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14793,51 +12758,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 51-5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15049,51 +13014,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) accepts deposits, make payments and transfers of money, takes securities and other assets in deposit and management;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) carries out transactions with derivative financial instruments;</w:t>
+      6) performs operations with derivative financial instruments under the procedure established by the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) if necessary, opens accounts in banks and financial institutions, branches of non-resident banks of the Republic of Kazakhstan in the territory of the Republic of Kazakhstan and beyond;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15149,51 +13114,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. It is supplemented by Article 52-1 – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; as amended – by the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); dated 5 July, 2006 № 165 (the order of enforcement see Article 2); № 422-V dated November 24, 2015 (see Article 2 for the entry into force); № 168-VІ as of 02.07.2018 (shall be enforced from 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. It is supplemented by Article 52-1 – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; as amended – by the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); dated 5 July, 2006 № 165 (the order of enforcement see Article 2); № 422-V dated November 24, 2015 (see Article 2 for the entry into force); № 168-VІ as of 02.07.2018 (shall be enforced from 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15573,69 +13538,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) determines the procedure for exchange operations with foreign currency in cash, including the procedure for opening exchange offices and establishing limits for the deviation of purchase rates from the sales rates of foreign currency in cash for the national currency; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) determine the procedure for monitoring foreign exchange transactions and submitting  information on foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks, including the procedure for registering currency agreements on capital flows, notifications of foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks and submitting information for the purposes of monitoring foreign exchange transactions;</w:t>
+      6) determine the procedure for monitoring foreign exchange transactions and submitting information on foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks, including the procedure for registering currency agreements on capital flows, notifications of foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks and submitting information for the purposes of monitoring foreign exchange transactions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) jointly with the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, determines the procedure for implementing export-import currency control to ensure that residents of the Republic of Kazakhstan comply with the repatriation requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) establish the procedure for providing authorised banks with information on the sources of supply and demand in the domestic foreign exchange market of the Republic of Kazakhstan and the purposes of using the acquired foreign currency, including forms and deadlines for filing reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) outline the procedure for the provision of information by branches (representative offices) of foreign non-financial organisations operating in the Republic of Kazakhstan, including forms and deadlines for filing reports, as well as the types of activities where branches (representative offices) of foreign non-financial organisations require the submission of reports;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) issues special authorisations for currency transactions within the framework of balance of payments protection measures;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15691,51 +13692,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 56 is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced from 01.07.2019); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); № 71-VIII of 06.04.2024 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 56 is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced from 01.07.2019); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); № 71-VIII of 06.04.2024 (shall become effective sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15901,51 +13902,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       conducts securities transactions, the requirements for which are determined by the Board of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      conducts transactions with money market instruments with counterparties that have a credit rating, a minimum level of which is determined by the Board of the National Bank of Kazakhstan;</w:t>
+      performs transactios with derivative financial instruments as per the procedure set out by the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       conducts transactions with derivative financial instruments in accordance with the regulatory legal acts of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16019,51 +14020,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 57 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 57 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -16704,60 +14705,78 @@
         <w:t xml:space="preserve"> Chapter 11. THE PROCEDURE FOR ORGANIZING AND CARRYING OUT OF CONTROL AND SUPERVISION OF FINANCIAL MARKET AND FINANCIAL ORGANIZATIONS AND IN THE SCOPE OF FINANCIAL LEGISLATION OF THE REPUBLIC OF KAZAKHSTAN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Chapter 11 is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chapter 12. ACCOUNTING OF THE NATIONAL BANK OF KAZAKHSTAN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 12. ACCOUNTING OF THE NATIONAL BANK OF KAZAKHSTAN Article 65. Financial year</w:t>
+        <w:t xml:space="preserve"> Article 65. Financial year</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The financial year of the National Bank of Kazakhstan shall begin on 1 January and end on 31 December on calendar estimation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -17227,142 +15246,204 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Chapter 13 is supplemented by Article 69-1 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Article 70. Powers on receipt of information</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 70. Authority for information interaction</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The title of Article 70 as revised by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In order to ensure high-quality and timely performance of the functions assigned to the National Bank of Kazakhstan, the implementation of the requirements of this Law and other laws of the Republic of Kazakhstan, the National Bank of Kazakhstan has the right to receive free of charge from any individuals and legal entities, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, as well as state bodies, the necessary information, including information constituting official, commercial, banking and other secrets protected by law. In this case, the information received is not subject to disclosure.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan provides the received information specified in part one of this article to the authorized body for regulation, control and supervision of the financial market and financial organizations, including by providing it with access to the information systems of the National Bank of Kazakhstan.</w:t>
+      The National Bank of Kazakhstan shall furnish the authorised body for regulation, control and supervision of the financial market and financial organisations administrative data required for the exercise of its powers to regulate, control and supervise the financial market and financial organisations, including data and information constituting official, commercial, banking and other legally protected secrets. The data shall be transferred, among other things, by ensuring access of the authorised body for regulation, control and supervision of the financial market and financial organisations to the information systems of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To ensure the integrity and quality of information on the financial market and financial organisations used to render services to government agencies and financial organisations, the National Bank of Kazakhstan shall exchange information with its subsidiaries using information systems owned by them.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       State bodies, financial and other organizations, their associations (unions), as well as individuals, branches of banks-non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan are required to provide, at the request of the National Bank Kazakhstan documents, reporting, including financial, and, if necessary, other additional information necessary for the National Bank of Kazakhstan to perform its functions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 70 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 24.11.2015 № 422-V (shall be enforced from 16.12.2020); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 70 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 24.11.2015 № 422-V (shall be enforced from 16.12.2020); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -17833,55 +15914,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18207,31 +16288,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>