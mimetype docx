--- v1 (2025-11-17)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0aab29d" w14:textId="0aab29d">
+    <w:p w14:paraId="07a5c06" w14:textId="07a5c06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -385,97 +385,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 2. Status and legal basis of activities of the National Bank of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan is a public body responsible for developing and implementing the state's monetary policy (hereinafter referred to as monetary policy), the functioning of payment systems, currency regulation and currency control, promoting the stability of the financial system and conducting state statistics, as well as exercising, within its competence, state regulation, control and supervision of the financial market, financial organisations and other persons and in the field of financial legislation of the Republic of Kazakhstan.</w:t>
+      The National Bank of Kazakhstan is a state body that ensures the development and implementation of the monetary policy of the state, the functioning of payment systems, carries out currency regulation and currency control, contributes to ensuring the stability of the financial system and conducts state statistics, as well as exercising, within its competence, state regulation, control and supervision of the financial market, financial organizations and other entities and in the field of financial legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan is governed by the Constitution of the Republic of Kazakhstan, this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and international treaties of the Republic of Kazakhstan in its activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Article 2 is in the wording of the Law of the Republic of Kazakhstan, dated 28.12.2011 № 524 – IV (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Article 2 is in the wording of the Law of the Republic of Kazakhstan, dated 28.12.2011 № 524 – IV (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -848,127 +848,127 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan, on the basis of and in pursuance of the laws of the Republic of Kazakhstan on issues within its competence, issues regulatory legal acts binding on financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan, other individuals and legal entities in the territory of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of subordinate regulatory legal acts adopted by the National Bank of Kazakhstan under the laws of the Republic of Kazakhstan on the issues within its competence shall be established in the regulations on the National Bank of Kazakhstan.</w:t>
+      Regulatory legal acts of the National Bank of Kazakhstan shall be published in the official publications – “Kazakstan Ulttyk Bankinin Khabarshysynda” and “Bulletin of the National Bank of the Republic of Kazakhstan” in Kazakh and Russian languages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 4, as amended by the Laws of the Republic of Kazakhstan dated 11.07.1997 № 154; dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall go into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 4, as amended by the Laws of the Republic of Kazakhstan dated 11.07.1997 № 154; dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Article 5 (is excluded by the Law of the Republic of Kazakhstan dated 11 July 1997, № 154) Article 6. The National Bank of Kazakhstan as a legal entity</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan is a legal entity in the organisational and legal form of a republican state institution, has an independent balance sheet and, together with its branches, representative offices, departments and republican state enterprises (hereinafter referred to as the organisations of the National Bank of Kazakhstan), forms a single structure.</w:t>
+      The National Bank of Kazakhstan is a legal entity in organizational legal form of a republican state institution and has an independent balance sheet, and it shall comprise a single structure together with its branches, representative offices, and organizations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan acts on behalf of the Republic of Kazakhstan as the founder of joint stock companies and limited liability partnerships, and participates in the activities of organizations, as well as contributing the implementation of the functions of the National Bank of Kazakhstan, and (or) is the part of the financial market infrastructure.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -988,800 +988,606 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Article 6 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall take effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Article 6 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Main goal, objectives, functions and powers of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The title as revised by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>
+      Footnote. Title is in the new wording of the Law of the Republic of Kazakhstan dated 10 July 2003 № 483 (shall be enforced from 1 January 2004).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 7. Main goal and objectives of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The main goal of the National Bank of Kazakhstan is to ensure the price stability in the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To accomplish the main goal, the National Bank of Kazakhstan shall be assigned the following objectives:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) development and implementation the state’s monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ensuring the functioning of payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) implementation of currency regulation and control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) promoting the stability of the financial system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) implementation of statistical activities in the field of monetary statistics, financial market statistics and statistics of the external sector;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) other objectives in accordance with the laws of the Republic of Kazakhstan and the acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Article 7 is in wording of the Law of the Republic of Kazakhstan dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 7. Main goal and objectives of the National Bank of Kazakhstan</w:t>
-[...107 lines deleted...]
-      4) promoting the stability of the financial system;</w:t>
+        <w:t xml:space="preserve"> Article 8. Functions and powers of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) develop and implement the state monetary policy of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) issue the state equity securities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) be the sole issuer of banknotes and coins of the national currency of the Republic of Kazakhstan and organizes a cash circulation in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) participate in providing transportation, storage and collection of banknotes, coins and values, create the reserve state funds of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) exercise control and supervision over compliance with the requirements for the arrangement of premises by legal entities operating exclusively through exchange offices on the basis of a license of the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) regulate and supervise (oversight) for the inter-bank money transfer system, a system of inter-bank clearing and other payment systems, which provide conducting of money transfers between users in Kazakhstani tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) in order to streamline payments and money transfers, establishes, in agreement with the Government of the Republic of Kazakhstan, the order of payments on bank accounts carried out by banks, organizations engaged in certain types of banking operations, branches of non-resident banks of the Republic of Kazakhstan and business entities, unless otherwise provided by the laws of the Republic Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) carry out the currency regulation and currency control in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) establish qualification requirements for legal entities whose exclusive activity is the collection of banknotes, coins and valuables, which include requirements for the legal form, requirements for founders (participants), including disclosure of the sources of origin of their contributions to the charter capital, requirements for the size and procedure for the formation of the authorized capital, as well as premises, technical means, equipment and employees of legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+        <w:t>      9) is excluded by Law of the Republic of Kazakhstan № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...506 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) provide the management of assets in foreign currency and precious metals;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1862,207 +1668,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) carry out the regulation of system risks independently and (or) in partnership with other state bodies of the Republic of Kazakhstan within their competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) provide loans pursuant to the legislation of the Republic of Kazakhstan;</w:t>
-[...155 lines deleted...]
-      19) within its competence, regulate the financial market and financial organisations, branches of banks that are non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organisations that are non-residents of the Republic of Kazakhstan, branches of insurance brokers that are non-residents of the Republic of Kazakhstan, and other persons, as well as control and supervision of the financial market and financial organisations, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organisations of the Republic of Kazakhstan, branches of insurance brokers that are non-residents of the Republic of Kazakhstan, and in the field of financial legislation of the Republic of Kazakhstan under this Law, the Law of the Republic of Kazakhstan “On State Regulation, Control and Supervision of the Financial Market and Financial Organisations”, other laws of the Republic of Kazakhstan, and acts of the President of the Republic of Kazakhstan;</w:t>
+      14) provides loans in the manner and under the conditions provided for by this Law and the legal acts of the National Bank of Kazakhstan, loans of last instance in the manner and under the conditions provided for by this Law and the joint regulatory legal act of the National Bank of Kazakhstan and the authorized body for regulation, control and supervision of financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) participates in the regulation of the external debt of financial institutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) develops statistical methodology and determines the list, forms, terms and procedure for submitting primary statistical data on cash circulation, monetary statistics and financial market statistics, balance of payments, external debt, international investment position, financial stability;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) conduct departmental statistical survey in accordance with the statistical work plan, and also, within its competence, exercise control in the field of state statistics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) generates and disseminates statistical information on the financial market review, monetary and financial market statistics, balance of payments, international investment position and external debt, participates in the development of forecast estimates of the balance of payments; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) collects and processes administrative data on issues of currency regulation, monetary statistics and financial market statistics, cash circulation, payments and payment systems, financial stability, regulation, control and supervision of financial organizations and their affiliates, bank branches - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) companies-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, organizations that guarantee insurance payments, credit bureaus and collection agencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) carries out, within the competence, regulation of the financial market and financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan and other persons, as well as control and supervision of the financial market and financial organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan and in the field of financial legislation of the Republic of Kazakhstan in accordance with this Law, the Law of the Republic of Kazakhstan "On state regulation, control and supervision of the financial market and financial organizations” and other laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) issues (refuses to issue), reissues, suspends, revokes licenses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2079,68 +1837,50 @@
       for exchange operations with foreign currency in cash - to legal entities operating exclusively through exchange offices;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       for collection of banknotes, coins and valuables - to legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      21) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
@@ -2276,2975 +2016,5331 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-1) within the competence, participates in audits of the activities of the audited entities conducted by the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24-2) exercise control over compliance by legal entities operating exclusively through exchange offices based on a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and by payment organizations of the requirements of the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, and financing of terrorism in terms of recording, storing and providing information on transactions with money and (or) another property subject to financial monitoring, due diligence of clients (their representatives) and beneficial owners, suspension and refusal to conduct transactions subject to financial monitoring, document protection received in the course of its activities, as well as the organization and implementation of internal control in accordance with the legislation of the Republic of Kazakhstan;</w:t>
-[...17 lines deleted...]
-      24-3) monitor and supervise compliance by payment service providers that are not banks or organisations engaged in certain types of banking operations, payment system operators and payment system operating centres with the requirements of the laws of the Republic of Kazakhstan on payments and payment systems;</w:t>
+      24-2) supervise compliance by the legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and by payment organizations with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction in terms of recording, storing and providing information on transactions with money and (or) other assets subject to financial monitoring, conducting due diligence on customers (their representatives) and beneficial owners, suspension and waiver of operations subject to financial monitoring, protection of documents received in the course of their activities, also organization and implementation of internal control in accordance with the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) participate in servicing the state debt of the Government of the Republic of Kazakhstan in agreement with the latter and serve the state debt of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26) set and publish the official exchange rate of the national currency of the Republic of Kazakhstan against foreign currencies under the procedure established by the National Bank of Kazakhstan;</w:t>
+      26) establish and publish the official exchange rate of the national currency of the Republic of Kazakhstan to foreign currencies according to the list and the order, determined by the Board of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) monitor contracts for non-state foreign loans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) monitor the sources of supply and demand, as well as the uses of foreign currency on the domestic market;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) carry out a banking activity without necessity to obtain corresponding licenses, professional activity in the securities market and other activity as defined by the Laws of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) carry out a banking service of customers of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) carry out as trustee for the National Fund of the Republic of Kazakhstan on the basis of the trust management agreement, which is between the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan and shall be published in official publications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) serves as a trustee of assets on the basis of the trust management agreement, concluded by the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan or legal entities. The trust management agreements, concluded between the National Bank of Kazakhstan and the Government of the Republic of Kazakhstan shall be published in official publications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) carry out the trust management of the pension assets of uniform pension savings fund under a trust management agreement, concluded between the National Bank of Kazakhstan and uniform pension savings fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) carry out the functions of a custodian in respect of pension assets of uniform pension savings fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) provide, upon the request of the authorized body for financial monitoring, data from its own information systems in accordance with the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and the financing of terrorism;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) participates in the training and retraining of personnel for state bodies and financial organizations, branches of banks-non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) applies, on issues within its competence, limited enforcement measures to residents and non-residents carrying out currency transactions and not being financial institutions, payment system operators, payment system operating centers, as well as payment service providers that are not banks, bank branches - non-residents of the Republic of Kazakhstan and organizations engaged in certain types of banking operations, supervisory response measures to legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and legal entities whose exclusive activity is the collection of banknotes, coins and valuables, as well as sanctions and other measures provided for by the laws of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1) introduces a special regulatory regime in relation to payment institutions and (or) other legal entities that are not financial institutions, in order to carry out activities related to payment services, and regulates their activities within the competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) carry out procurement of goods, works and services in the manner, specified by regulatory legal acts of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) set, cancel and define the use of bank identification codes, assign and revoke codes of banks and organizations, engaged in certain types of banking operations, and codes of branches of banks and organizations, engaged in certain types of banking operations, establish their structure, as well as develop and maintain the Directory of banks and organizations, engaged in certain types of banking operations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      27) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+        <w:t>      37-1) is excluded by Law of the Republic of Kazakhstan № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28) monitor the sources of supply and demand, as well as the uses of foreign currency on the domestic market;</w:t>
-[...35 lines deleted...]
-      29-1) set out the procedure for opening, maintaining and closing metal accounts by banks and branches of non-resident banks in the Republic of Kazakhstan;</w:t>
+      38) establish consultative and advisory bodies of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-1) provide information on subjects of a credit history to a credit bureau partially owned by the government in order to ensure the completeness of information contained in the database of credit histories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-2) within the competence, cooperates with central banks, control and supervisory bodies of other states, international and other organizations and has the right to exchange information confidentially constituting a trade secret on the securities market, bank secrets, insurance secrets or other secrets protected by law, necessary for the implementation of control and supervisory functions, on the basis and in accordance with the international agreement of the Republic of Kazakhstan, the agreement providing for the exchange of confidential information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Other organizations specified in part one of this subparagraph are the associations of central banks, control and supervisory bodies of other states, created with the aim of developing uniform standards for regulating the activities of the banking sector, the securities market and the insurance market;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) carry out other functions and powers under this Law, other laws of the Republic of Kazakhstan and the acts of the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      30) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+        <w:t>      Footnote. Article 8 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan, dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V as of 10.06.2014 (shall be enforced ten days after its first official publication); № 311-V as of 27.04.2015 (see the enforcement procedure in Article 2); № 422-V dated November 24, 2015 (see Article 2 for the order of entry into force); № 12-VІ as of 26.07.2016 (shall be enforced thirty days after its first official publication); № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication); № 168-VІ as of 02.07.2018 (see the enforcement procedure in Article 2); № 262-VI dated July 3, 2019 (see Article 2 for the entry into force); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); dated 01.07.2022 № 131-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...83 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 3. Capital and reserves of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      33) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+        <w:t>
+      Footnote. Title of the Chapter is in the wording of the Law of the Republic of Kazakhstan, dated 16 July 1999 № 436.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 9. Charter capital of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The charter capital of the National Bank of Kazakhstan belongs to the state and shall be created in an amount not less than 20 billion Kazakhstani tenge by payments from undivided net income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank of Kazakhstan shall independently exercise the rights of possession, use, and disposition of property on its balance sheet on behalf of the Republic of Kazakhstan, in accordance with the procedure, established by the regulatory legal acts of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 9, as amended by the Laws of the Republic of Kazakhstan, dated 11July, 1997 № 154; dated 29 June, 1998 № 236; dated 16 July 1999 № 436; dated 10 July, 2003 № 483 (shall be enforced from 1January, 2004); dated 8 July, 2005 № 69; dated 5 July 2006 № 165 (the order of enforcement see Article 2); dated 01.03.2011 № 414-IV (shall be enforced from the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...101 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 10. Reserve capital, revaluation and provision (reserves) accounts of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      37-1) is excluded by Law of the Republic of Kazakhstan № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication);</w:t>
+        <w:t>
+      Footnote. Title is in the new wording of the Law of the Republic of Kazakhstan dated № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reserve capital of the National Bank of Kazakhstan shall be formed in the amount not less than the charter capital; it shall be replenished out of net income, and shall be intended solely to provide compensation of losses and reimbursement of losses on operations, performed in compliance with procedure, established by the Executive Board of the National Bank of Kazakhstan. The revaluation account of gold and foreign currency reserves and other assets in foreign currency is intended for the accounting of revenue from their revaluation. The revaluation account for fixed assets shall be intended for recording the results of indexing of fixed assets of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Provisions (reserves) for doubtful and bad claims, including loans, deposits, securities, settlement-related losses, account balances and other assets, including volumes of works on construction in progress, other requirements for non-monetary activities of the National Bank of Kazakhstan and social payments are created at the expense of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 10 is in the wording of the Law dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan  № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      38) establish consultative and advisory bodies of the National Bank of Kazakhstan;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 11. Income of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Net income of the National Bank of Kazakhstan for a financial year shall be defined as the difference between actually received income and costs charged to the given financial year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Undivided net income of the National Bank of Kazakhstan is the net income of the National Bank of Kazakhstan, except to the exchange rate revaluation, relevant to the revaluation of gold reserves and other foreign currency assets, adjusted for the revaluation of fixed assets and intangible assets. Undivided net income shall be intended to increase a reserve and charter capitals in the amount, established by the Board of the National Bank of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After the approval of the annual report of the National Bank of Kazakhstan by the President of the Republic of Kazakhstan, the remaining undistributed net income shall be transferred to the state budget with a one financial year grace period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the amount of the reserve capital is less than the amount of the authorized capital, then all retained net income remains at the disposal of the National Bank of Kazakhstan and shall be directed to replenish the reserve capital until it reaches the amount of the authorized capital. If the reserve capital is insufficient to compensate for the losses of the financial year, the uncovered losses shall be compensated to the National Bank of Kazakhstan in full at the expense of the state budget with a delay of one financial year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      38-1) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+        <w:t>      Footnote. Article 11 is in the wording of the Law of the Republic of Kazakhstan, dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan, dated 08.07.2005.№ 69; dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...101 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. Structure and bodies of the National Bank of Kazakhstan. The order of their formation and competence</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 8 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan, dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 206-V as of 10.06.2014 (shall be enforced ten days after its first official publication); № 311-V as of 27.04.2015 (see the enforcement procedure in Article 2); № 422-V dated November 24, 2015 (see Article 2 for the order of entry into force); № 12-VІ as of 26.07.2016 (shall be enforced thirty days after its first official publication); № 53-VI as of 13.03.2017 (shall be enforced ten days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten days after its first official publication); № 168-VІ as of 02.07.2018 (see the enforcement procedure in Article 2); № 262-VI dated July 3, 2019 (see Article 2 for the entry into force); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); dated 01.07.2022 № 131-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>
+      Footnote. Title is in the wording of the Law of the Republic of Kazakhstan, dated 16 July 1999, № 436.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 12. Structure and bodies of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank of Kazakhstan shall hold out a single centralized structure with a vertical administrative system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The bodies of the National Bank of Kazakhstan are the Management Board, the Monetary Policy Committee and the Board of Directors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The structure of the National Bank of Kazakhstan shall include the central administration, consisting of departments and other subdivisions, branch offices, representative offices, agencies and organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Part 3 is excluded by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 27 January 1996, № 2830; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 16.07.1999 № 436; dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 3. Capital and reserves of the National Bank of Kazakhstan</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 13. Chairman of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall be appointed by the President of the Republic of Kazakhstan with the approval of the Senate of the Parliament for a term of 6 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman shall act on behalf of and represents the National Bank of Kazakhstan without a power of attorney in relations with state bodies, banks, financial, international, foreign, and other organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall have the power to adopt operative, executive and administrative decisions concerning the activities of the National Bank of Kazakhstan, with the exception of powers, warranted by this Law to the Executive Board of the National Bank of Kazakhstan and to conclude agreements on behalf of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall bear responsibility for the operation of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. Title of the Chapter is in the wording of the Law of the Republic of Kazakhstan, dated 16 July 1999 № 436.</w:t>
+        <w:t>      Footnote. Article 13 as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 04.12.1995 № 2672; dated 27.01.1996 № 2830; by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 29.04.2009 № 154-IV (the order of the enforcement, see Article 2).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 9. Charter capital of the National Bank of Kazakhstan</w:t>
-[...35 lines deleted...]
-      On behalf of the Republic of Kazakhstan, the National Bank of Kazakhstan shall independently exercise the rights of ownership, use and disposal of the property assigned to it and recorded on its balance sheet pursuant to the procedure established by the National Bank of Kazakhstan.</w:t>
+        <w:t xml:space="preserve"> Article 14. Deputy Chairmen of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputy Chairmen of the National Bank of Kazakhstan shall be appointed by the President of the Republic of Kazakhstan upon the recommendation of the Chairman of the National Bank of Kazakhstan for a term of 6 years, regardless the terms of the appointment of the Chairman of the National Bank of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputy Chairmen shall represent the National Bank of Kazakhstan without a power of attorney and shall sign documents within the limits of their authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 15. Executive Board of the National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Supreme body of the National Bank of Kazakhstan is the Executive Board.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board of the National Bank of Kazakhstan shall approve:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the rules on minimum reserve requirements, which determine the structure of banks' liabilities taken to calculate the minimum reserve requirements, the procedure for calculating the minimum reserve requirements, meeting the minimum reserve requirements, reserving and monitoring the fulfillment of the minimum reserve requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) rules for setting the official exchange rate of the national currency of the Republic of Kazakhstan to foreign currencies according to the list determined by the Executive Board of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) rules for exchanging banknotes and coins of the national currency of the Republic of Kazakhstan (being) taken out of circulation, as well as worn and damaged banknotes and coins of the national currency of the Republic of Kazakhstan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) rules for the sale and repurchase of banknotes and coins of the national currency of the Republic of Kazakhstan by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) rules for making cash transactions with individuals and legal entities in the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) rules for determining whether banknotes and coins of the national currency of the Republic of Kazakhstan are fit for commerce;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9, as amended by the Laws of the Republic of Kazakhstan, dated 11July, 1997 № 154; dated 29 June, 1998 № 236; dated 16 July 1999 № 436; dated 10 July, 2003 № 483 (shall be enforced from 1January, 2004); dated 8 July, 2005 № 69; dated 5 July 2006 № 165 (the order of enforcement see Article 2); dated 01.03.2011 № 414-IV (shall be enforced from the date of its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      7) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) rules for replacing current banknotes and coins of the national currency of the Republic of Kazakhstan in case of alteration of their design (form);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) rules for taking cash out of circulation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) the rules for implementation of cash transactions and operations for the collection of banknotes, coins and valuables in second-tier banks, the National Post Operator and legal entities whose exclusive activity is the collection of banknotes, coins and valuables, in agreement with the authorized body for regulation, control and supervision of financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) together with the central authorized body for state planning, the maximum amounts of cash withdrawals by business entities from bank accounts, as well as business entities that are not subject to the requirement to withdraw cash from bank accounts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2) together with the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, and the authorized body for regulation, control and supervision of the financial market and financial organizations, the rules for the withdrawal of cash by business entities from bank accounts, which determine, including the conditions for the withdrawal of cash by business entities from bank accounts in excess of the established limits, as well as the procedure for submitting to the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, and the authorized body for the regulation, control and supervision of financial market and financial organizations of data and information on the withdrawal of cash by business entities from bank accounts in excess of the established maximum amounts, including the forms, list and deadlines for their submission;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) the rules for organizing the security and arrangement of premises of second-tier banks, the National Post Operator, legal entities whose exclusive activities are the collection of banknotes, coins and valuables, and legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of Kazakhstan for exchange transactions with foreign currency in cash, in agreement with the relevant authorized bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) requirements for counting, sorting, packaging, storage of banknotes, coins and valuables, as well as their issuance to second-tier banks and their clients at the instruction of second-tier banks, carried out by legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) the rules for issuing a license to legal entities, the exclusive activity of which is the collection of banknotes, coins and valuables, which establish the qualification requirements for legal entities, the exclusive activity of which is the collection of banknotes, coins and valuables, which include requirements for the legal form, requirements to the founders (participants), including disclosure of the sources of origin of their contributions to the authorized capital, requirements for the size and procedure for the formation of the authorized capital, as well as premises, technical means, equipment and employees of legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) instruction on the organization of cash-in-transit services in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) rules for making transactions with foreign currency converted into state ownership on separate grounds in the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) rules for the functioning of the interbank money transfer system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) rules for the functioning of the interbank clearing system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) rules for the functioning of payment systems operated either by the National Bank of Kazakhstan or its subsidiary;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) rules for the functioning of the interbank payment card system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) requirements for organizational measures and software and hardware that provide access to payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      22) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) rules for using checks in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) rules for making transactions with documentary letters of credit by the banks of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) rules for discounting bills by second-tier banks of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) rules for making transactions with bills of exchange and promissory notes by second-tier banks and organizations carrying out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) rules for the issuance of payment cards, as well as requirements for the activity on servicing transactions with their use in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) rules for making interbank payments and (or) money transfers using payment cards in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      31) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      32) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      33) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      34) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      35) Is excluded by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VІ (shall be enforced upon expiry of ten calendar days from the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      36) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      37) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) rules for conducting auctions, as part of its monetary policy, by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) rules for transferring part of the gold and foreign currency assets of the National Bank of Kazakhstan into external management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      40) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      41) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) rules for issuing, using and cancelling electronic money, as well as requirements for issuers of electronic money and electronic money systems in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) requirements for the degrees of security of billhead paper produced in or imported into the territory of the Republic of Kazakhstan, as well as technical requirements for billhead paper;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) rules for opening, maintaining and closing customer bank accounts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      45) Is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced ten calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      46) Is excluded by Law of the Republic of Kazakhstan № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) rules for applying economic sector and payment purpose codes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) together with the authorized body for regulation, control and supervision of the financial market and financial organizations, the rules on loans of last instance, provided by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-1) a joint regulatory legal act on determining the maximum annual effective interest rate on bank loans and microcredits, developed by the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) rules for establishing correspondent banking relations between the National Bank of Kazakhstan and banks, as well as organizations carrying out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) the rules for establishing correspondent relations between banks, banks, branches of banks - non-residents of the Republic of Kazakhstan and organizations engaged in certain types of banking operations, as well as the establishment by banks of correspondent relations with banks - participants of the Astana International Financial Center;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) the size of the limit of payments and money transfers on correspondent accounts of banks, branches of banks - non-residents of the Republic of Kazakhstan and organizations engaged in certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) requirements for the design and content of a certificate of bank account’s availability and number and an account statement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-1) rules for organizing the activity of payment institutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-2) rules for providing information on payments and (or) money transfers by the operator or operating center of a systemically important or important payment system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-3) rules for making non-cash payments and (or) money transfers in the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-4) rules for the provision by banks, branches of banks - non-residents of the Republic of Kazakhstan and organizations carrying out certain types of banking operations, electronic banking services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-5) rules for submitting information about payment services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-6) rules for maintaining the register of important payment service providers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-7) rules for maintaining the register of payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-8) indicators of the criteria of important payment systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-9) indicators to classify a payment service provider as an important payment service provider;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations, the rules for classifying financial organizations as systemically important;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      54) Is excluded by Law of the Republic of Kazakhstan № 156-VI as of 24.05.2018 (shall be enforced ten calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      55) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      56) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      57) Is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced from 01.07.2019);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-1) rules for monitoring foreign exchange transactions in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) the rules for carrying out exchange operations with foreign currency in cash in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) rules for making currency transactions in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-1) rules for monitoring sources of supply and demand in the domestic foreign exchange market of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) rules for the export-import currency control in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) rules for submitting information by branches (representative offices) of foreign non-financial institutions operating in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) rules for banks’ opening, maintaining and closing metal accounts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) regulatory legal acts on accounting issues, including standard charts of accounts, accounting instructions, rules for organizing accounting and rules for automating accounting, mandatory for all financial institutions, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) companies-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, the Development Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) financial reporting standards on issues not regulated by international financial reporting standards, as well as guidelines thereto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) the rules for the presentation of financial statements by financial organizations, and the presentation of statements according to accounting data by branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan, which determine the procedure for its presentation, including forms , the list, frequency and timing of its submission, in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      65-1) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-2) the list, forms, terms and procedure for reporting by financial organizations and their major participants, bank holding companies, banking conglomerates, insurance holding companies, insurance group, Development Bank of Kazakhstan joint-stock company, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, an organization that guarantees the implementation of insurance payments, a credit bureau and collection agencies in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      66) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      67) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) in agreement with the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, the form and content of the control receipt of computer systems used by banks, branches of banks - non-residents of the Republic of Kazakhstan, branches of banks-non-residents of the Republic of Kazakhstan and organizations that carry out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      68-1) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) regulatory legal acts on the collection of administrative data on issues of foreign exchange regulation, cash circulation, payments and payment systems, financial stability, regulation, control and supervision of financial organizations and their affiliates, organizations guaranteeing insurance payments, credit bureaus, and collection agencies; agencies, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) companies - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan, the formation of monetary statistics and financial market statistics, including instructions for submission by second-tier banks, the Development Bank Kazakhstan, branches of banks - non-residents of the Republic of Kazakhstan and branches of insurance (reinsurance) companies - non-residents of the Republic of Kazakhstan and mortgage organizations to the National Bank of Kazakhstan information for the formation of an overview of the financial sector;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69-1) the rules for introduction and cancellation by the National Bank of Kazakhstan of a special regulatory regime, carrying out activities within the framework of a special regulatory regime by payment organizations and (or) other legal entities that are not financial institutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69-2) selection criteria by the National Bank of Kazakhstan and the procedure for considering documents for concluding an agreement on implementation of activities under a special regulatory regime;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) in consultation with the central authorized body for budget execution, the rules for making investment transactions of the National Fund of the Republic of Kazakhstan, as well as a report on the results of trust management of the National Fund of the Republic of Kazakhstan submitted to the Government of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) rules for converting or reconverting assets of the National Fund of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) rules for selecting external asset managers of the National Fund of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) rules for exercising the state’s priority right to acquire fine gold to replenish assets in precious metals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) rules for appointing to a post and terminating an employment contract with employees of the National Bank of Kazakhstan and its departments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) rules for the acquisition of goods, works and services by the National Bank of Kazakhstan, its departments, organizations included in its structure, and legal entities, fifty or more percent of voting shares (stakes in the authorized capital) of which belong to the National Bank of Kazakhstan or are under its trust management, by the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) the regulation on the internal audit unit, as well as the procedure for organizing and conducting internal audit at the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) instructions on the assignment, use and cancellation of bank identification codes by the National Bank of Kazakhstan, as well as the assignment and cancellation of codes of banks and organizations carrying out certain types of banking operations, and codes of branches of banks and organizations carrying out certain types of banking operations, their structure, formation and maintaining the Directory of banks and organizations carrying out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      78) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) the rules for selection of investment portfolio managers who operate on the basis of a license from the authorized body for regulation, control and supervision of the financial market and financial organizations, including requirements for them, when instructing them to perform actions necessary to manage the pension assets of the unified accumulative pension fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) rules for selecting foreign organizations managing pension assets of the unified accumulative pension fund, including the requirements thereto, when they are instructed to take actions required for the management of pension assets of the unified accumulative pension fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      81) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) the regulations of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      83) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      84) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) requirements for the security and continuity of work of information systems of banks and organizations carrying out certain types of banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      86) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      86-1) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      86-2) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      86-3) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      87) Is excluded by Law of the Republic of Kazakhstan № 53-VI as of 13.03.2017 (shall be enforced ten calendar days after its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      88) other regulatory legal acts of the National Bank of Kazakhstan in accordance with this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board of the National Bank of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) approve the state monetary policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Excluded by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) sets inflation targets for the medium term;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) set standards for minimum reserve requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) make decisions on the manufacture, issuance, withdrawal of banknotes and coins of the national currency of the Republic of Kazakhstan, also at the request of other countries, the replacement of banknotes and coins of the national currency of the Republic of Kazakhstan in case of alteration of their design or form, and also establish the procedure for exchanging worn and damaged banknotes and coins of the national currency of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) set the period of parallel circulation of banknotes and coins of the national currency of the Republic of Kazakhstan in case of alteration of their design (form);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) determine the nominal value and design of banknotes and coins based on the concept approved by the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) determine the theme, mintage, alloy, timing and date of issue of collection and investment coins;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) set the currency fluctuation band for the buying rate and the selling rate of foreign currency for tenge with regard to transactions made at exchange offices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) establish the amount and procedure for the formation of authorized capital for legal entities operating exclusively through exchange offices based on a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) determine the basic principles of asset management in foreign currency and precious metals, including their structure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) classify an activity as a monetary one;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) determine the categories of legal entities served by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) consider, approve and submit for approval by the President of the Republic of Kazakhstan the annual report on the work of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) consider, approve and submit for approval to the President of the Republic of Kazakhstan the structure, the total number of employees of the National Bank of Kazakhstan and the Regulation on the National Bank of Kazakhstan, as well as alterations and additions thereto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) approve, in consultation with the President of the Republic of Kazakhstan, the remuneration system for employees of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) approve the budget (cost estimate) of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) consider and approve the annual consolidated financial statements of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) approve the terms of remuneration of employees of the National Bank of Kazakhstan, its departments and organizations and the conditions of social security of employees of the National Bank of Kazakhstan and its departments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) appoint an official, who shall be at least a Deputy Chairman of the National Bank of Kazakhstan, entitled to make prompt decisions on trust management of the National Fund of the Republic of Kazakhstan (authorized representative);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1) approves the requirements for persons who are not employees of the National Bank of Kazakhstan to be included in the Monetary Policy Committee of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) determine the procedure for applying limited enforcement measures to payment system operators, payment system operating centers, payment service providers that are not banks, branches of banks - non-residents of the Republic of Kazakhstan and organizations engaged in certain types of banking operations, supervisory response measures to legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of Kazakhstan for exchange operations with foreign currency in cash, and to legal entities whose exclusive activity is the collection of banknotes, coins and valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) considers the issue of granting loans of last instance in the manner and on the terms provided for by this Law and the joint regulatory legal act of the National Bank of Kazakhstan and the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1) independently or jointly with the authorized body for regulation, control and supervision of the financial market and financial organizations, approves programs aimed at protecting the interests of consumers of financial services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) make decisions on the establishment of and participation in the activities of organizations, including those helping the National Bank of Kazakhstan perform functions assigned to it and (or) those that are part of the financial market infrastructure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) makes a decision on financing the activities of the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) decide on the participation of the National Bank of Kazakhstan in international and other organizations in accordance with this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) makes a decision on introduction of a special regulatory regime within the competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-2) approves a standard agreement on the implementation of activities under a special regulatory regime within the competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-3) considers and approves the agreement on the implementation of activities within the framework of a special regulatory regime within the competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) decide on the establishment of advisory bodies of the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) approve a medium-term audit plan and annual report of the internal audit unit;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-1) determine foreign custodians, with which the National Bank of Kazakhstan opens accounts for accounting and storage of pension assets of the unified accumulative pension fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23-2) determines the procedure for the implementation of activities on trust management of clients' assets by the National Bank of Kazakhstan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23-3) determines the procedure for the implementation of brokerage activities by the National Bank of Kazakhstan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-4) determines the procedure for the implementation of dealer activities by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-5) determines the procedure for the conduct of operations with derivative financial instruments by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-6) determines the procedure for the conduct of operations with foreign currency in cash by the National Bank of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23-7) approves the investment declaration of the unified accumulative pension fund; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-8) approves the accounting policy for accounting of operations on trust management of assets of the National Fund of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) carry out other functions and powers provided for by this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 15 is in the wording of the Law of the Republic of Kazakhstan, dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Laws of the Republic of Kazakhstan, dated 26.11.2012 № 57-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication);  № 203-V as of 16.05.2014 (shall be enforced six months after its first official publication);  № 269-V as of 29.12.2014 (shall be enforced from 01.01.2015); № 422-V dated November 24, 2015 (see Article 2 for the order of entry into force); № 479-V as of 29.03.2016 (shall be enforced twenty-one calendar days after its first official publication); № 12-VІ as of 26.07.2016 (shall be enforced thirty calendar days after its first official publication); № 53-VI as of 13.03.2017 (shall be enforced ten calendar days after its first official publication); № 63-VI as of 06.05.2017 (shall be enforced twenty-one calendar days after its first official publication); № 91-VI as of 11.07.2017 (shall be enforced ten calendar days after its first official publication); № 128-VI  as of 28.12.2017 (shall be enforced ten calendar days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten calendar days after its first official publication); № 168-VІ as of 02.07.2018 (see the enforcement procedure in Article 2); № 262-VI dated July 3, 2019 (see Article 2 for the entry into force); dated 03.07.2020 № 359-VI (shall be enforced from 01.01.2021); № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (for the procedure of entry into force, see Article 2).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 10. Reserve capital, revaluation and provision (reserves) accounts of the National Bank of Kazakhstan</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 16. Composition of the Executive Board of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board of the National Bank of Kazakhstan consists of nine members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of the National Bank of Kazakhstan includes the Chairman of the National Bank of Kazakhstan and four officials of the National Bank of Kazakhstan, one representative from the President of the Republic of Kazakhstan, two representatives from the Government of the Republic of Kazakhstan and one representative from the authorized body for regulation, control and supervision of the financial market and financial organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the Board of the National Bank of Kazakhstan from the President of the Republic of Kazakhstan, the Government of the Republic of Kazakhstan, the National Bank of Kazakhstan and the authorized body for regulation, control and supervision of the financial market and financial organizations are appointed and dismissed, respectively, by the President of the Republic of Kazakhstan, the Government of the Republic of Kazakhstan, the Chairman of the National Bank of Kazakhstan, the Chairman of the authorized body for regulation, control and supervision of the financial market and financial organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      Provisions (reserves) for doubtful and bad claims, including loans, deposits, securities, settlement-related losses, account balances and other assets, including volumes of works on construction in progress, other requirements for non-monetary activities of the National Bank of Kazakhstan and social payments are created at the expense of the National Bank of Kazakhstan.</w:t>
+        <w:t>      Footnote. Article 16 is in the wording of the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 5 December 1995, № 2672; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 05.07.2006 № 165 (the order of the enforcement, see Article 2); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 17. Executive Board session of the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Meetings of the Board of the National Bank of Kazakhstan are held as required in accordance with the work plan approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unscheduled meetings of the Board of the Bank of Kazakhstan are held at the request of the Chairman of the National Bank of Kazakhstan or three members of the Board.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board members of the National Bank of Kazakhstan are notified timely of the appointment of the Executive Board session.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Executive Board session of the National Bank of Kazakhstan shall be conducted by the Chairman of the National Bank of Kazakhstan and in case of his (her) absence – an individual, replacing him (her).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board is authorized to take a decision with the participation of at least two thirds of Executive Board members, including the Chairman of the National Bank of Kazakhstan, or an individual, replacing him (her).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Executive Board decision shall be taken by a simple majority vote of Executive Board members. In case of equality of votes, the vote of the Chairman of the National Bank of Kazakhstan shall be casting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      No later than one week term the Chairman of the National Bank of Kazakhstan has a right to return the Executive Board decision with his (her) objections for a second discussion and voting. If the Executive Board confirms the earlier decision by two-thirds of Executive Board members, the Chairman of the National Bank of Kazakhstan shall sign the decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 is in the wording of the Law dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016).</w:t>
+        <w:t>      Footnote. Article 17, as amended by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 11. Income of the National Bank of Kazakhstan</w:t>
-[...71 lines deleted...]
-      If the amount of the reserve capital is less than the amount of the authorized capital, then all retained net income remains at the disposal of the National Bank of Kazakhstan and shall be directed to replenish the reserve capital until it reaches the amount of the authorized capital. If the reserve capital is insufficient to compensate for the losses of the financial year, the uncovered losses shall be compensated to the National Bank of Kazakhstan in full at the expense of the state budget with a delay of one financial year.</w:t>
+        <w:t xml:space="preserve"> Article 18. Resignation and termination of appointment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall have the right to resign by submitting his (her) written application two months before retiring, to the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall be dismissed by the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputies of the Chairman shall be dismissed by the President of the Republic of Kazakhstan on presentation of the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deputies may resign by submitting a written application to the President of the Republic of Kazakhstan, through the Chairman of the National Bank of Kazakhstan for two months before retiring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 is in the wording of the Law of the Republic of Kazakhstan, dated 10.07.2003 № 483 (shall be enforced from 01.01.2004); as amended by the Law of the Republic of Kazakhstan, dated 08.07.2005 № 69; dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 18 – as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 5 December 1995 № 2672.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 4. Structure and bodies of the National Bank of Kazakhstan. The order of their formation and competence</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 18-1. Monetary Policy Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The Monetary Policy Committee of the National Bank of Kazakhstan is a decision-making body on monetary policy issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Monetary Policy Committee of the National Bank of Kazakhstan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) sets the base rate;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) establish interest rates for the main monetary policy operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) makes decisions on other issues of monetary policy that do not fall within the exclusive competence of the Board of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The Monetary Policy Committee of the National Bank of Kazakhstan includes the Chairman of the National Bank of Kazakhstan, his deputies in charge of monetary policy, monetary operations, financial stability, heads of structural divisions of the National Bank of Kazakhstan, whose functions include issues of monetary policy, monetary operations, financial stability, as well as other divisions of the National Bank of Kazakhstan by decision of the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Persons who are not employees of the National Bank of Kazakhstan and meet the requirements approved by the Board of the National Bank of Kazakhstan may be included in the Monetary Policy Committee of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The composition and rules of work of the Monetary Policy Committee of the National Bank of Kazakhstan are approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The meetings of the Monetary Policy Committee of the National Bank of Kazakhstan shall be chaired by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The Monetary Policy Committee of the National Bank of Kazakhstan adopts resolutions on issues within its competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. Title is in the wording of the Law of the Republic of Kazakhstan, dated 16 July 1999, № 436.</w:t>
+        <w:t>      Footnote. The Law is supplemented by Article 18-1 in accordance with the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 12. Structure and bodies of the National Bank of Kazakhstan</w:t>
-[...53 lines deleted...]
-      The structure of the National Bank of Kazakhstan shall consist of a central office comprising departments and other divisions, branches, representative offices, agencies and organisations of the National Bank of Kazakhstan.</w:t>
+        <w:t xml:space="preserve"> Article 19. Board of Directors of the National Bank of Kazakhstan and its powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The operational management body of the National Bank of Kazakhstan is the Board of Directors of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors includes the Chairman of the National Bank of Kazakhstan, his deputies, heads of structural divisions and departments of the National Bank of Kazakhstan. The composition of the Board of Directors of the National Bank of Kazakhstan is approved by the Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Chairman of the National Bank of Kazakhstan shall preside at sessions of the Board of Directors. On his behalf, the Board session may be led by the Deputy Chairman of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors, in accordance with this Law, shall take decisions on issues within the jurisdiction of the National Bank of Kazakhstan, except for those issues that fall within the competence of the Board and the Chairman of the National Bank of Kazakhstan (or his (her) deputies).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors shall adopt resolutions on issues within its competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of Directors determines procedures for accounting and preparation of separate and consolidated financial statements of the National Bank of Kazakhstan, as well as the accounting and financial reporting of the National Fund of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Part 3 is excluded by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 27 January 1996, № 2830; as amended by the Laws of the Republic of Kazakhstan, dated 11.07.1997 № 154; dated 16.07.1999 № 436; dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
-[...1791 lines deleted...]
-        <w:t>      Footnote. Article 19 as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 4 December 1995 № 2672; by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 2 March 2001 № 162 (see Article 2); dated 10 July 2003 № 483 (shall be enforced from 1 January 2004); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Decree of the President of the Republic of Kazakhstan, having the force of the Law, dated 4 December 1995 № 2672; by the Laws of the Republic of Kazakhstan dated 11 July 1997 № 154; dated 16 July 1999 № 436; dated 2 March 2001 № 162 (see Article 2); dated 10 July 2003 № 483 (shall be enforced from 1 January 2004); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7897,93 +9993,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 25. National Bank of Kazakhstan – a financial adviser of the Government of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan shall act as financial advisor to the Government of the Republic of Kazakhstan in the development and implementation of public borrowing policy and the formulation of budgetary policy on matters related to monetary policy.</w:t>
-[...41 lines deleted...]
-</w:t>
+      National Bank of Kazakhstan is acting as financial adviser to the Government of the Republic of Kazakhstan in the development and implementation of government borrowing, the formation of fiscal policy on the issues, related to monetary policy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 26. National Bank of Kazakhstan – an agent of the Government of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8213,51 +10267,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 6 MONETARY POLICY Article 29. Development and implementation of monetary policy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan shall be the sole authority responsible for establishing and implementing monetary policy. Monetary policy shall be implemented by the National Bank of Kazakhstan with the aim of ensuring price stability.</w:t>
+      National Bank of Kazakhstan is the only body that defines and implements the state monetary policy of the Republic of Kazakhstan. Monetary policy is implemented by the National Bank of Kazakhstan in order to ensure the price stability.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Monetary policy is carried out by establishing:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8349,51 +10403,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 29 – is in the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004). It is amended – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 29 – is in the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004). It is amended – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; № 399-VI dated 02.01.2021 (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8515,51 +10569,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6) is excluded by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016);</w:t>
+        <w:t>      6) is excluded by Law of the Republic of Kazakhstan  № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8675,51 +10729,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In order to implement the monetary policy, the National Bank of Kazakhstan sets the standards for minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The National Bank of Kazakhstan approves the rules on minimum reserve requirements, which determine the structure of liabilities of banks, branches of banks - non-residents of the Republic of Kazakhstan, accepted for calculating the minimum reserve requirements, the procedure for calculating the minimum reserve requirements, meeting the minimum reserve requirements, reserving and exercising control over the implementation of the minimum reserve requirements.</w:t>
+      The National Bank of Kazakhstan approves the rules on minimum reserve requirements, which determine the structure of liabilities of banks, branches of banks - non-residents of the Republic of Kazakhstan, accepted for calculating the minimum reserve requirements, the procedure for calculating the minimum reserve requirements, meeting the minimum reserve requirements, reserving and exercising control over the implementation of the minimum reserve requirements .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Changes in the standards of minimum reserve requirements are put into effect no earlier than one month from the date of such a decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8805,79 +10859,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 33. Buying and selling securities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The purchase and sale of government and other securities shall be effected pursuant to the procedure established by the National Bank of Kazakhstan within the framework of the general monetary policy.</w:t>
+      Buying and selling of state and other securities is carried out by the National Bank of Kazakhstan within the general monetary policy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 33 – is in the wording of the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); № 205-VIII of 30.06.2025 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 33 – is in the wording of the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8935,97 +10989,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The base rate of the National Bank of Kazakhstan shall serve as the primary tool of monetary policy and a benchmark for setting interest rates on monetary policy operations.</w:t>
+      The base rate of the National Bank of Kazakhstan is the main monetary policy instrument of the National Bank of Kazakhstan and a benchmark for setting interest rates on monetary policy operations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Interest rates on monetary policy operations are set by the National Bank of Kazakhstan in order to influence market interest rates in the financial market as part of a current monetary policy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 34 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 34 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (shall be enforced from 01.01.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10100,107 +12154,124 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 43, as amended – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; № 422-V as of 24.11.2015 (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-      The sale and repurchase of banknotes and coins by the National Bank of Kazakhstan, including those in special packaging, shall be effected in the order established by the regulatory legal acts of the National Bank of Kazakhstan.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 43-1. Sale and re-purchase of banknotes and coins by the National Bank of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sale, re-purchase of banknotes and circulating coins by the National Bank of Kazakhstan are carried at their face value.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sale and re-purchase by the National Bank of Kazakhstan of investment and collectible coins are carried out in the manner prescribed by regulatory legal acts of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. It is supplemented by Article 43-1 – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69; as reworded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. It is supplemented by Article 43-1 – by the Law of the Republic of Kazakhstan dated 8 July, 2005 № 69.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10356,133 +12427,133 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 46. Worm, doubtful banknotes and defective (damaged), doubtful coins</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Worn banknotes that retain at least seventy per cent of the size established by the National Bank of Kazakhstan, and defective (damaged) coins shall be exchanged unlimitedly by the National Bank of Kazakhstan, banks, branches of non-resident banks in the Republic of Kazakhstan, and the National Postal Operator under the regulatory legal act of the National Bank of Kazakhstan.</w:t>
+      Dilapidated banknotes that have retained at least seventy percent of the sizes of banknotes established by the National Bank of Kazakhstan, and defective (damaged) coins are exchanged without restrictions by the National Bank of Kazakhstan, banks, branches of non-resident banks of the Republic of Kazakhstan and the National Postal Operator.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Doubtful banknotes that have retained more than fifty percent, and dubious coins are accepted by the National Bank of Kazakhstan, banks, branches of non-resident banks of the Republic of Kazakhstan and the National Postal Operator in accordance with the regulatory legal act of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Questionable banknotes and coins shall be exchanged by the National Bank of Kazakhstan upon evaluation of their validity pursuant to the procedure established by the regulatory legal act of the National Bank of Kazakhstan.</w:t>
+      Doubtful banknotes and doubtful coins are exchanged by the National Bank of Kazakhstan in the manner prescribed by the regulatory legal act of the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank of Kazakhstan is not obligated to compensate for lost or destroyed banknotes and coins.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 46 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated November 24, 2015 № 422-V (see Article 2 for the order of entry into force); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 46 as amended by Law of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated November 24, 2015 № 422-V (see Article 2 for the order of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -11640,68 +13711,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) regularly monitor systemic risks of the financial system;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-1) establishes macroprudential standards and limits, which are economic restrictions to reduce systemic risks of second-tier banks and branches of non-resident banks in the Republic of Kazakhstan;</w:t>
-[...16 lines deleted...]
-        <w:t>
       2) in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations, determines the procedure for classifying financial organizations as systemically important;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) generates a list of systemically important financial institutions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11740,51 +13793,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-2 as amended by Laws of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 168-VІ as of 02.07.2018 (shall be enforced ten days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 51-2 as amended by Laws of the Republic of Kazakhstan № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); № 168-VІ as of 02.07.2018 (shall be enforced ten days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12132,51 +14185,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 51-4. Goals of introduction and general conditions for operating under a special regulatory regime</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. A special regulatory regime of the National Bank of Kazakhstan shall be a set of special conditions for carrying out activities related to digital assets and/or payment services.</w:t>
+      1. The special regulatory regime of the National Bank of Kazakhstan is a set of special conditions for carrying out activities related to payment services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. A special regulatory regime is aimed at achieving the following goals:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12275,70 +14328,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) compliance with a special regime for regulating the rights and interests of consumers by participants.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      A special regulatory regime for activities related to digital assets and (or) payment services of payment service providers outlined in sub-paragraphs 2) and 3) of paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On Payments and Payment Systems” shall be introduced by a decision of the Board of the National Bank of Kazakhstan in coordination with the authorised body for regulation, control and supervision of the financial market and financial organisations.</w:t>
+        <w:t xml:space="preserve">
+      4. A special regulatory regime is introduced by a decision of the Board of the National Bank of Kazakhstan, which specifies the types of payment services and (or) activities related to payment services, special conditions for their provision (implementation) within the framework of a special regulatory regime, the procedure and conditions for applying the requirements of the legislation of the Republic of Kazakhstan to the participants of the special regulatory regime. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The total term of a special regulatory regime introduced by the National Bank of Kazakhstan does not exceed five years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12376,99 +14411,99 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-4 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 51-4 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 51-5. Implementation of activities under a special regulatory regime</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Participants in the special regulatory regime may be payment service providers mentioned in paragraphs 2), 3) and 5) of paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On Payments and Payment Systems”, and (or) other legal entities that are not financial organisations to implement activities associated with digital assets and (or) payment services (hereinafter referred to as participants in the special regulatory regime).</w:t>
+      1. Special regulatory regime participants may be financial institutions and (or) other legal entities operating in the financial sector, carrying out activities related to the concentration of financial resources and (or) payment services (hereinafter referred to as special regulatory regime participants).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. A special regulatory regime participant shall carry out its activity in accordance with an agreement on operating under the special regulatory regime concluded with the National Bank of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12758,51 +14793,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51-5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 51-5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13014,51 +15049,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) accepts deposits, make payments and transfers of money, takes securities and other assets in deposit and management;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) performs operations with derivative financial instruments under the procedure established by the National Bank of Kazakhstan;</w:t>
+      6) carries out transactions with derivative financial instruments;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) if necessary, opens accounts in banks and financial institutions, branches of non-resident banks of the Republic of Kazakhstan in the territory of the Republic of Kazakhstan and beyond;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13114,51 +15149,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. It is supplemented by Article 52-1 – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; as amended – by the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); dated 5 July, 2006 № 165 (the order of enforcement see Article 2); № 422-V dated November 24, 2015 (see Article 2 for the entry into force); № 168-VІ as of 02.07.2018 (shall be enforced from 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. It is supplemented by Article 52-1 – by the Law of the Republic of Kazakhstan dated 16 July, 1999 № 436; as amended – by the Law of the Republic of Kazakhstan dated 10 July, 2003 № 483 (shall be enforced from 1 January, 2004); dated 5 July, 2006 № 165 (the order of enforcement see Article 2); № 422-V dated November 24, 2015 (see Article 2 for the entry into force); № 168-VІ as of 02.07.2018 (shall be enforced from 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13538,105 +15573,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) determines the procedure for exchange operations with foreign currency in cash, including the procedure for opening exchange offices and establishing limits for the deviation of purchase rates from the sales rates of foreign currency in cash for the national currency; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) determine the procedure for monitoring foreign exchange transactions and submitting information on foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks, including the procedure for registering currency agreements on capital flows, notifications of foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks and submitting information for the purposes of monitoring foreign exchange transactions;</w:t>
+      6) determine the procedure for monitoring foreign exchange transactions and submitting  information on foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks, including the procedure for registering currency agreements on capital flows, notifications of foreign exchange transactions and accounts of residents of the Republic of Kazakhstan with foreign banks and submitting information for the purposes of monitoring foreign exchange transactions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) jointly with the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, determines the procedure for implementing export-import currency control to ensure that residents of the Republic of Kazakhstan comply with the repatriation requirements;</w:t>
-      </w:r>
-[...34 lines deleted...]
-      7-2) outline the procedure for the provision of information by branches (representative offices) of foreign non-financial organisations operating in the Republic of Kazakhstan, including forms and deadlines for filing reports, as well as the types of activities where branches (representative offices) of foreign non-financial organisations require the submission of reports;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) issues special authorisations for currency transactions within the framework of balance of payments protection measures;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13692,51 +15691,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 56 is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced from 01.07.2019); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); № 71-VIII of 06.04.2024 (shall become effective sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 56 is excluded by Law of the Republic of Kazakhstan № 168-VІ as of 02.07.2018 (shall be enforced from 01.07.2019); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); № 71-VIII of 06.04.2024 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13902,51 +15901,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       conducts securities transactions, the requirements for which are determined by the Board of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      performs transactios with derivative financial instruments as per the procedure set out by the National Bank of Kazakhstan;</w:t>
+      conducts transactions with money market instruments with counterparties that have a credit rating, a minimum level of which is determined by the Board of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       conducts transactions with derivative financial instruments in accordance with the regulatory legal acts of the National Bank of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14020,51 +16019,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 57 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 57 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -14705,78 +16704,60 @@
         <w:t xml:space="preserve"> Chapter 11. THE PROCEDURE FOR ORGANIZING AND CARRYING OUT OF CONTROL AND SUPERVISION OF FINANCIAL MARKET AND FINANCIAL ORGANIZATIONS AND IN THE SCOPE OF FINANCIAL LEGISLATION OF THE REPUBLIC OF KAZAKHSTAN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Chapter 11 is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 65. Financial year</w:t>
+        <w:t xml:space="preserve"> Chapter 12. ACCOUNTING OF THE NATIONAL BANK OF KAZAKHSTAN Article 65. Financial year</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The financial year of the National Bank of Kazakhstan shall begin on 1 January and end on 31 December on calendar estimation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -15246,204 +17227,142 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Chapter 13 is supplemented by Article 69-1 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Article 70. Authority for information interaction</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 70. Powers on receipt of information</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In order to ensure high-quality and timely performance of the functions assigned to the National Bank of Kazakhstan, the implementation of the requirements of this Law and other laws of the Republic of Kazakhstan, the National Bank of Kazakhstan has the right to receive free of charge from any individuals and legal entities, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, as well as state bodies, the necessary information, including information constituting official, commercial, banking and other secrets protected by law. In this case, the information received is not subject to disclosure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank of Kazakhstan provides the received information specified in part one of this article to the authorized body for regulation, control and supervision of the financial market and financial organizations, including by providing it with access to the information systems of the National Bank of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      State bodies, financial and other organizations, their associations (unions), as well as individuals, branches of banks-non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan are required to provide, at the request of the National Bank Kazakhstan documents, reporting, including financial, and, if necessary, other additional information necessary for the National Bank of Kazakhstan to perform its functions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The title of Article 70 as revised by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
-[...113 lines deleted...]
-        <w:t>      Footnote. Article 70 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 24.11.2015 № 422-V (shall be enforced from 16.12.2020); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 70 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 24.11.2015 № 422-V (shall be enforced from 16.12.2020); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>