--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="696df19" w14:textId="696df19">
+    <w:p w14:paraId="5490135" w14:textId="5490135">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1843,50 +1843,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the protection of the interests of the Republic of Kazakhstan in the field of transport;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      organization of technical coverage of communication routes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       international cooperation in the field of transport;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       development of drafts of regulatory legal acts, governing the transport activity in the Republic of Kazakhstan, and participation in development of national standards;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2033,51 +2051,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 09.07.2004 № 596; dated 20.12.2004 № 13 (shall be enforced from 01.01.2005); dated 06.01.2011 № 378 -IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 31 (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124 -V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2013 № 132 -V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.12.2015 № 433-V (shall be enforced  from 01.01.2016); dated 05.10.2018 № 184-VI (shall be enforced upon the expiration of six months after the day of its first official publication); dated 27.06.2022 № 129-VII (shall come into effect ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 09.07.2004 № 596; dated 20.12.2004 № 13 (shall be enforced from 01.01.2005); dated 06.01.2011 № 378 -IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 31 (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124 -V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2013 № 132 -V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.12.2015 № 433-V (shall be enforced  from 01.01.2016); dated 05.10.2018 № 184-VI (shall be enforced upon the expiration of six months after the day of its first official publication); dated 27.06.2022 № 129-VII (shall come into effect ten calendar days after the day of its first official publication)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>; dated 30.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3121,51 +3149,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - to insure its civil liability before the passengers in the order, specified by legislative acts of the Republic of Kazakhstan on compulsory insurance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - to provide persons with disabilities with the accessibility of passenger transportation, carrier services, service information, create the necessary amenities and conditions for the provision of transportation services to them.</w:t>
+      - to provide persons with disabilities with the accessibility of passenger transportation, carrier services, service information, create the necessary amenities and conditions for the provision of transportation services to them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - for the purpose of transporting military passengers, allocate reserved seats on types of transport, payment for which is charged for their actual use.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When public authorities hold tenders for the right to service passenger transportation routes, persons whose vehicles are adapted for access for persons with disabilities have an advantage.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3437,51 +3483,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 08.05.2003 № 414; dated 29.12.2006 № 209 (the order of enforcement see Article 2); dated 04.07.2013 № 132-V (the order of enforcement see Article 2); dated 16.05.2014 No 203-V (shall be enforced upon expiry of six months after its first official publication); dated 29.09.2014 No 239-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.12.2015 № 433-V (shall be enforced  from 01.01.2016); dated 09.04.2016 № 494-V (shall be enforced  after ten calendar days after day of its first official publication); dated 05.05.2017 № 59-VI (shall be enforced  after ten calendar days after day of its first official publication); dated 27.06.2022 № 129-VII (shall come into effect ten calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023).</w:t>
+        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 08.05.2003 № 414; dated 29.12.2006 № 209 (the order of enforcement see Article 2); dated 04.07.2013 № 132-V (the order of enforcement see Article 2); dated 16.05.2014 No 203-V (shall be enforced upon expiry of six months after its first official publication); dated 29.09.2014 No 239-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.12.2015 № 433-V (shall be enforced  from 01.01.2016); dated 09.04.2016 № 494-V (shall be enforced  after ten calendar days after day of its first official publication); dated 05.05.2017 № 59-VI (shall be enforced  after ten calendar days after day of its first official publication); dated 27.06.2022 № 129-VII (shall come into effect ten calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 30.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z457" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5205,97 +5251,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A carrier that refused to continue transportation is obliged to deliver passengers to their destination points at his own expense or to reimburse all losses, caused to the passenger by the termination of a contract.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the cases, established by the Laws of the Republic of Kazakhstan, the resolutions of the Government of the Republic of Kazakhstan, the decisions of local representative and executive bodies, the carriers shall be obliged to transport a certain category of passengers free of charge or offer them other travel privileges.</w:t>
-[...17 lines deleted...]
-      The Government of the Republic of Kazakhstan, as well as the local representative and executive bodies, when specifying the certain categories of people for travel privileges, including the right to free passage, the source of funding shall be defined and the executive bodies shall sign a contract with the carriers.</w:t>
+      In cases established by the laws of the Republic of Kazakhstan, decisions of local representative and executive bodies of benefits, carriers shall be obliged to provide free transportation of a certain category of passengers or provide them with other benefits for payment of travel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When establishing by laws of the Republic of Kazakhstan, decisions of local representative and executive bodies of benefits for transport services, including the right to free travel for certain categories of persons, local representative and executive bodies determine the source of financing, and local executive bodies conclude an agreement with carriers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 13 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 29.09.2005 № 77 (shall be enforced from 01.01.2006); dated 15.07.2010 № 340 -IV (the order of enforcement see Art. 2); dated 19.04.2019 № 249-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 13 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 29.09.2005 № 77 (shall be enforced from 01.01.2006); dated 15.07.2010 № 340 -IV (the order of enforcement see Art. 2); dated 19.04.2019 № 249-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 17.07.2025 № 213-VIII (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z472" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7396,50 +7442,272 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 23 as amended by the Laws of the Republic of Kazakhstan dated 28.12.1998 № 338; dated 20.12.2004 № 13 (shall be enforced from 01.01.2005); dated 29.12.2006 № 209 (the order of enforcement see Art. 2); dated 04.07.2013 № 132 -V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 No 239-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 23-1. Technical coverage of communication routes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Technical coverage of communication routes shall be carried out in the manner determined by the Government of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. To eliminate situations that threaten the national security of the Republic of Kazakhstan, state bodies, within the limits of their competence established by the legislation of the Republic of Kazakhstan, shall adopt regulatory legal acts on issues of technical coverage of communication routes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Within the limits of their competence, state bodies or persons who own or have other legal basis for the objects of transport infrastructure specified in paragraph 5 of this article shall be obliged to plan, provide and implement technical coverage of communication routes. In this case, financing of technical coverage of communication routes shall be carried out in the manner determined by the legislation of the Republic of Kazakhstan in the field of mobilization preparation and mobilization, for financing mobilization preparation, mobilization bodies and mobilization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The authorized state body, together with the authorized body for architecture, urban planning and construction, shall ensure the accumulation of technical and design documentation, supporting materials and materials necessary for the construction and restoration of transport infrastructure facilities in peacetime and wartime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Technical cover shall be provided to main roads, international, national and regional highways, bridges and tunnels located on them, railway junctions, ports, hydraulic engineering and water management structures used for shipping, and locks located on inland waterways, airfields, and main pipelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Note:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) technical cover refers to a set of special measures carried out in peacetime and wartime on communication routes to ensure the functioning and rapid restoration after destruction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) communication routes refers to routes (highways, railways and waterways, air routes), structures and devices on them that ensure the reception and dispatch of vehicles (aircraft), the movement of people and goods between points of departure and destination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) railway junctions refers to the point of intersection of several railway lines, which is a complex of technical structures and devices of marshalling, freight and passenger stations, connecting tracks between stations, bypass tracks, station facilities for passengers, depots, technical stations for the repair and equipment of railway rolling stock.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The law is supplemented by Article 23-1 in accordance with the Law of the Republic of Kazakhstan dated 30.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z489" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>