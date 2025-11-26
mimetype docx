--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ea2adb" w14:textId="4ea2adb">
+    <w:p w14:paraId="1bde783" w14:textId="1bde783">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Law of the Republic of Kazakhstan dated 15 September 1994.</w:t>
+        <w:t>Law of the Republic of Kazakhstan dated 15 September 1994 № 154-XIII.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3151,51 +3151,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Organization and tactics of conduct of special operational-search measures provided for by this paragraph shall be determined by the regulatory legal acts of the first heads of the bodies conducting operational-search activities, as agreed with the Prosecutor General of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Operational and investigative activities listed in subparagraphs 1), 2), 5), 6), 7), 8), 9), 11), 12), 13), 14), 15), 16) and 17 ) of paragraph 2 of this article may be carried out as investigative measures in accordance with the provisions of the criminal procedure legislation of the Republic of Kazakhstan.</w:t>
+      4. Operational and investigative activities listed in subparagraphs 1), 2), 5), 6), 7), 8), 9), 11), 12), 13), 14), 15), 16) and 17) of paragraph 2 of this article may be carried out as investigative measures in accordance with the provisions of the criminal procedure legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -3335,51 +3335,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Special operational-search measures shall be carried out exclusively with the sanction of the prosecutor: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) in order to identify, prevent and suppress grave and especially grave crimes, as well as crimes of medium gravity, provided for in Articles 116 (part one), 126 (parts one and two), 161 (part one), 185 (parts one and two) , 188 (part two), 188-1 (part one), 189 (part two), 190 (part two), 194 (part one), 195 (parts four and five), 197 (part three), 207 (part two), 210 (part one), 211 (part two), 213 (part three), 216 (part one and two), 218 (parts one and two), 231 (part one), 232 (part one), 234 (part two), 245 (parts one and two), 272 (part three), 283 (part one), 286 (part one), 287 (part three), 288 (part one), 307 (part two), 308 (part one), 309 (part one), 315 (part one), 361 (part three), 362 (part one), 365 (part two), 366 (part one), 367 (part one), 394 (part two), 399 (part two), 422 (parts one and two) of the Penal Code of the Republic of Kazakhstan, and crimes committed by a criminal group against the investigated  person or a third party, if there is information that the investigated person uses a telephone or other communication means of a third party, or there is information that a third party receives information for the investigated person or from the investigated person for transfer to other persons using a telephone and other communication means and fixing its content on a tangible medium;</w:t>
+      1) to reveal, prevent and suppress grave and especially grave crimes, as well as crimes of moderate gravity mentioned in Articles 116 (part one), 126 (parts one and two), 161 (part one), 185 (parts one and two), 188 (part two), 188-1 (part one), 189 (part two), 190 (part two), 194 (part one), 195 (parts four and five), 206 (part 2-1), 207 (parts two and 2-1), 208 (part three), 210 (part one), 211 (part two), 213 (part three), 216 (parts one and two), 218 (parts one and two), 231 (part one), 232 (part one), 233-1 (part three), 234 (part two), 245 (parts one and two), 272 (part three), 283 (part one), 286 (part one), 287 (part three), 288 (part one), 307 (part two), 308 (part one), 309 (part one), 315 (part one), 361 (part three), 362 (part one), 365 (part two), 366 (part one), 367 (part one), 394 (part two), 399 (part two), 422 (parts one and two) of the Criminal Code of the Republic of Kazakhstan, and crimes committed by a criminal group against the person being checked or a third party, if there is information that the person being checked uses a telephone or other intercom device of a third party, or there is information that a third party receives information for the person being checked, or from the person being checked to transfer to other persons using a telephone and other intercom devices and fixing its contents on a tangible medium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) for implementation of measures to search for persons hiding from the investigation, inquiry, court and evading criminal liability for the crimes specified in part four of Article 232 of the Criminal Procedure Code of the Republic of Kazakhstan, as well as missing persons.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3615,51 +3615,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 12 as amended by the decree of the President that have the force of the Law dated 25.12.1995 № 2725; by the Laws of the Republic of Kazakhstan dated 15.07.1996 № 31; dated 16.03.2001 № 163; dated 16.07.2001 № 244 (shall be enforced from 01.01.2002); dated 19.02.2002 № 295; dated 10.07.2002 № 338; dated 09.08.2002 № 34; dated 09.07.2004 № 592; dated 29.12.2004 № 25; dated 08.07.2005 № 67 (the order of the entry into force see article 2); dated 17.07.2009 № 187-IV; dated 17.12.2009 № 221-IV (the order of the entry into force see article 2); dated 27.05.2010 № 279-IV (the order of the entry into force see article 2); dated 29.11.2011 № 502-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 18.01.2012 № 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2014 (the order of enforcement see Article 2); dated 07.04.2014 № 185-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2014 № 233-V (the order of enforcement see Art. 2); dated 03.11.2014 № 244-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 22.12.2016 № 28-VІ (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 21.12.2017 № 118-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated December 19, 2020 № 384-VI (shall be enforced ten calendar days after the day of its first official publication); № 157-VII of 05.11.2022 (shall be effective since 01.01.2023); dated 27.03.2023 № 216-VII (shall be enforced ten calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 12 as amended by the decree of the President that have the force of the Law dated 25.12.1995 № 2725; by the Laws of the Republic of Kazakhstan dated 15.07.1996 № 31; dated 16.03.2001 № 163; dated 16.07.2001 № 244 (shall be enforced from 01.01.2002); dated 19.02.2002 № 295; dated 10.07.2002 № 338; dated 09.08.2002 № 34; dated 09.07.2004 № 592; dated 29.12.2004 № 25; dated 08.07.2005 № 67 (the order of the entry into force see article 2); dated 17.07.2009 № 187-IV; dated 17.12.2009 № 221-IV (the order of the entry into force see article 2); dated 27.05.2010 № 279-IV (the order of the entry into force see article 2); dated 29.11.2011 № 502-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 18.01.2012 № 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 08.01.2013 № 63-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2014 (the order of enforcement see Article 2); dated 07.04.2014 № 185-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2014 № 233-V (the order of enforcement see Art. 2); dated 03.11.2014 № 244-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 22.12.2016 № 28-VІ (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 21.12.2017 № 118-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated December 19, 2020 № 384-VI (shall be enforced ten calendar days after the day of its first official publication); № 157-VII of 05.11.2022 (shall be effective since 01.01.2023); dated 27.03.2023 № 216-VII (shall be enforced ten calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); № 210-VIII of 16.07.2025 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5875,55 +5875,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>