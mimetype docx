--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="40e3f6d" w14:textId="40e3f6d">
+    <w:p w14:paraId="3159cb1" w14:textId="3159cb1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -403,79 +403,354 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The legislation of the Republic of Kazakhstan on citizenship is based on the Constitution of the Republic of Kazakhstan and consists of this Law and other regulatory legal acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. If an international treaty, ratified by the Republic of Kazakhstan establishes the rules, other than those provided in this Law, the rules of the international treaty shall apply.</w:t>
+      2. International treaties ratified by the Republic of Kazakhstan shall take precedence over this Law. The procedure and conditions for the application of international treaties to which the Republic of Kazakhstan is a party shall be determined by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 2 is in the wording of Law of the Republic of Kazakhstan № 154-IV dated 29.04.2009 (see Article 2 for the enactment procedure).</w:t>
+        <w:t>      Footnote. Article 2 is in the wording of Law of the Republic of Kazakhstan № 154-IV dated 29.04.2009 (see Article 2 for the enactment procedure); as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article 2-1. main purposes, objectives and principles of this Law </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The main purposes of this Law are to regulate relations concerning the acquisition and termination of citizenship of the Republic of Kazakhstan, as well as to ensure respect for human and civil rights and freedoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) to determine the grounds, conditions, and procedure for acquiring and restoring citizenship of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) to register the renunciation, loss, or deprivation of citizenship of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) to determine citizenship (non-citizenship) of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) to regulate the legal status of stateless persons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of this Law:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) every person has the right to citizenship;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) citizenship of the Republic of Kazakhstan is uniform and equal for all citizens of the Republic of Kazakhstan, regardless of the grounds for its acquisition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) citizenship cannot be granted against a person’s will;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) when making decisions regarding children on citizenship issues, the best interests of the child are taken into account;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) prevention and reduction of statelessness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 1 was supplemented with Article 2-1 in accordance with the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4304,69 +4579,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) register the conferment and renunciation of the citizenship of the Republic of Kazakhstan as provided for by international treaties of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) register the loss of the citizenship of the Republic of Kazakhstan by persons permanently residing in the Republic of Kazakhstan;</w:t>
-[...17 lines deleted...]
-      3-1) register the deprivation of the citizenship of the Republic of Kazakhstan of persons permanently residing in the Republic of Kazakhstan;</w:t>
+      3) register the loss of citizenship of the Republic of Kazakhstan by persons permanently residing and temporarily staying on the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) register deprivation of citizenship of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) execute the conferment of the citizenship of the Republic of Kazakhstan in the simplified (registration) procedure;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4376,323 +4651,348 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) recognize the citizenship (non-citizenship) of the Republic of Kazakhstan  of persons permanently residing in the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The procedure for the receipt, processing and consideration by the Internal Affairs bodies of requests (applications) concerning the conferment and resumption of the citizenship of the Republic of Kazakhstan, including the simplified (registration) procedure, for the renunciation, loss and deprivation of citizenship and recognition of the citizenship of the Republic of Kazakhstan is developed and approved by the Ministry of Internal Affairs of the Republic of Kazakhstan</w:t>
+      The procedure for the receipt, processing and consideration by the Internal Affairs bodies of requests (applications) concerning the conferment and resumption of the citizenship of the Republic of Kazakhstan, including the simplified (registration) procedure, for the renunciation, loss and deprivation of citizenship and recognition of the citizenship of the Republic of Kazakhstan is developed and approved by the Ministry of Internal Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) implement, within the limits of their competence, the state policy in the field of citizenship of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) develop and approve regulatory legal acts on citizenship issues in accordance with the purposes and objectives of this Law and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) exercise other powers provided for by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 30 is in the wording of Law of the Republic of Kazakhstan № 478-IV dated 22.07.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan № 421-V dated 24.11.2015 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 91-VI dated 11.07.2017 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 16. 04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 30 is in the wording of Law of the Republic of Kazakhstan № 478-IV dated 22.07.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan № 421-V dated 24.11.2015 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 91-VI dated 11.07.2017 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 16.04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...144 lines deleted...]
-      In the absence of foreign missions of the Republic of Kazakhstan in a particular country, the functions of these bodies are performed by diplomatic missions and consular offices of other states on the basis of relevant agreements.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 31. Powers of the Ministry of Foreign Affairs of the Republic of Kazakhstan, foreign missions of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Ministry of Foreign Affairs of the Republic of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and approve regulatory legal acts on citizenship issues in accordance with the purposes and objectives of this Law and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      exercise other powers stipulated by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Foreign missions of the Republic of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept applications from persons permanently residing outside the Republic of Kazakhstan on issues of citizenship of the Republic of Kazakhstan and, together with the necessary documents, send them for consideration to the President of the Republic of Kazakhstan through the Ministry of Foreign Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      register the loss of citizenship of the Republic of Kazakhstan by persons residing outside the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the possession (or non-possession) to citizenship of the Republic of Kazakhstan of persons residing outside the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 31 as amended by the Law of the Republic of Kazakhstan dated May 13, 2020 № 327-VІ (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 31 in the wording of the Law of the Republic of Kazakhstan  dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CHAPTER 6</w:t>
-[...11 lines deleted...]
-        <w:t>Procedure for consideration of the applications and proposals on issues of citizenship of the Republic of Kazakhstan Article 32. The procedure for applying for citizenship</w:t>
+        <w:t xml:space="preserve"> CHAPTER 6. Procedure for consideration of the applications and proposals on issues of citizenship of the Republic of Kazakhstan Article 32. The procedure for applying for citizenship</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Applications on issues of citizenship are submitted to the President of the Republic of Kazakhstan by the bodies, referred to in Articles 30 and 31 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5896,187 +6196,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Control over the execution of decisions on citizenship is carried out by the Citizenship Commission under the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CHAPTER 8</w:t>
+        <w:t xml:space="preserve"> CHAPTER 8. Appeal of decisions on citizenship Article 41. Appeal of decisions on citizenship</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Decisions on issues of citizenship may be revised by the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Appeals against decisions on the question of belonging to citizenship and loss of citizenship are made to the name of the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      An unreasonable refusal to accept an application on issues of citizenship, violation of the deadlines for considering applications, as well as other unauthorized actions of officials that violate the procedure for considering cases on citizenship and the procedure for executing decisions on issues of citizenship, may be appealed in the manner prescribed by law to a higher official in the order of subordination, or to court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 41 shall be amended in the Kazakh language, the text in Russian shall not be changed by the Law of the Republic of Kazakhstan dated 16.04.2018 № 147-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 29/06/2020 № 351-VI (shall be enforced from 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Appeal of decisions on citizenship Article 41. Appeal of decisions on citizenship</w:t>
-[...123 lines deleted...]
-        <w:t>International treaties</w:t>
+        <w:t xml:space="preserve"> CHAPTER 9. International treaties</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Chapter 9 is excluded by Law of the Republic of Kazakhstan № 154-IV dated 29.04.2009 (see Art. 2 for the enactment procedure).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -6222,55 +6498,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6596,31 +6872,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>