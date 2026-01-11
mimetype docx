--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c9aafa" w14:textId="5c9aafa">
+    <w:p w14:paraId="5fd8114" w14:textId="5fd8114">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -833,51 +833,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) adopts the list of types of secured digital assets recognised in the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) exercises state control in the field of digital assets, as well as compliance of persons that issue and circulate secured digital assets, with the legislation of the Republic of Kazakhstan on counteracting the legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
+      9) exercises state control in digital assets, and control over the compliance of persons issuing and circulating secured digital assets with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) maintains the state register of persons engaged in the issuance of secured digital assets;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1059,51 +1059,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 05.07.2024 № 113-VIII (shall be enforced sixty calendar days after the day of its first official publication); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 05.07.2024 № 113-VIII (shall be enforced sixty calendar days after the day of its first official publication); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1339,51 +1339,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Authorization for the issuance and circulation of secured digital assets shall be granted by the designated authority responsible for digital assets under the Law of the Republic of Kazakhstan “On Permits and Notifications”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Natural persons and legal entities involved in the issuance and circulation of secured digital assets shall be persons and entities subjected to financial monitoring under the Law of the Republic of Kazakhstan “On Counteracting Money Laundering and Terrorist Financing”.</w:t>
+      3. Persons issuing and circulating secured digital assets are subject to financial monitoring under the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Persons and entities issuing and dealing in secured digital assets must notify natural and legal entities of the risks involved in buying, holding and dealing in secured digital assets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1430,50 +1430,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. The type and extent of the rights evidencing secured digital assets to be issued shall be governed by the decision on the issuance of the secured digital assets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. A secured digital asset shall be issued by posting a record on a digital storage and exchange platform for secured digital assets by the natural person and a legal entity issuing and circulating the digital asset only after verifying the existence of its collateral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 6 as amended by the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 7. Decision to issue secured digital assets</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2572,139 +2614,127 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       “4. Should digital assets derived from digital mining activities be sold in the Republic of Kazakhstan, such digital assets shall be mandatory to be sold via digital asset exchanges licensed by the Astana International Financial Centre to the extent of not less than fifty percent under the regulations on reporting income of digital miners and digital mining pools for taxation purposes.”</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      President</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2761,55 +2791,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>