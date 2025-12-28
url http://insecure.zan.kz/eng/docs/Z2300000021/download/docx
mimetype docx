--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef100e6" w14:textId="ef100e6">
+    <w:p w14:paraId="d640a8c" w14:textId="d640a8c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,65 +145,55 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The Law of the Republic of Kazakhstan dated July 12, 2023 № 21-VIII.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law, in the interests of current and future generations of Kazakhstanis, regulates public relations for identification and return to the state of illegally acquired assets (hereinafter referred to as asset recovery) in order to restore the violated rights of the people of Kazakhstan, ensure the rule of law, social justice, sustainable economic and social development of Kazakhstan for the benefit of its people.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -3137,51 +3127,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) availability of information about losses caused by the entity and (or) its affiliated person to the second-tier bank, the Development Bank of Kazakhstan, including those who participated in state support programs (in any form) and (or) received support from quasi-public sector entities in the form of placement of funds on deposits, revision of conditions for deposit and other accounts, purchase of bonds issued by second-tier banks, revision of terms of bond programs of second-tier banks and other actions, the economic and (or) legal meaning of which is to support the financial stability of a second-tier bank, the Development Bank of Kazakhstan (hereinafter referred to as banks that received state support), by obtaining knowingly non-repayable loans (loans), obtaining loans (loans) on non-market terms or in violation of the current legislation of the Republic of Kazakhstan and internal documents of the bank or otherwise;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) availability of information containing signs of involvement of entities and (or) their affiliated persons in operations having characteristics corresponding to typologies, schemes and methods of legalization (laundering) of criminal proceeds and financing of terrorism, in accordance with the legislation on countering legalization (laundering) of criminal proceeds and financing of terrorism;</w:t>
+      8) presence of information containing signs of involvement of entities and (or) their affiliates in operations that have characteristics corresponding to typologies, schemes and methods of legalization (laundering) of criminal proceeds and financing of terrorism, in accordance with the legislation on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) availability of information on the actual concentration of economic resources in the relevant market of goods, works or services, including by holding shares (participation shares in the authorized capitals) of market entities occupying and (or) having occupied a dominant or monopolistic position in the relevant commodity market.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3592,52 +3582,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The suspension, renewal or termination of the period of stay of a person (group of persons) in the register is reported to the persons included in the register in accordance with the procedure provided for in paragraph 2 of Article 15 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      It is not allowed to re-include a subject in the register for the same reasons for which a person (group of persons) has previously been included (included) in the register. </w:t>
+        <w:t>
+      It is not allowed to re-include a subject in the register for the same reasons for which a person (group of persons) has previously been included (included) in the register.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 14 as amended by the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 15. Notification of persons included in the register </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z77" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8956,63 +8988,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law shall enter into force upon the expiration of ten calendar days after the date of its first official publication, with the exception of Articles 7, 12 – 31 of this Law, which shall enter into force upon the expiration of sixty calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -9025,51 +9056,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      President </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -9077,51 +9108,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>