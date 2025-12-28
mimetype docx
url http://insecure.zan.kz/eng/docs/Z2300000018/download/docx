--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="474d7e0" w14:textId="474d7e0">
+    <w:p w14:paraId="2902ed4" w14:textId="2902ed4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1615,70 +1615,88 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 9. Legal regime of online platforms functioning on the territory of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To carry out activities on the territory of the Republic of Kazakhstan, the owners and (or) other legal representatives of online platforms whose average daily access to online platforms during a month is more than one hundred thousand users located on the territory of the Republic of Kazakhstan, appoint their legal representative for interaction with the authorized body in accordance with the requirements established by the Civil Code of the Republic of Kazakhstan.</w:t>
+      1. To operate within the Republic of Kazakhstan the owners and/or other legal representatives of online platforms whose average daily access to online platforms during a month is more than one hundred thousand users located within the Republic of Kazakhstan shall appoint a legal representative to interact with:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Part one of this paragraph does not apply to instant messaging services that perform the functions of intra-corporate messaging services, e-mail services.</w:t>
+      the authorized body in accordance with the requirements established by the Civil Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the government body in charge of the collection of taxes and other mandatory payments to the budget, as required by the Civil Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The authorized body shall keep a register of legal representatives of online platforms on the territory of the Republic of Kazakhstan in accordance with the procedure determined by it.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
@@ -1935,50 +1953,92 @@
       9) submit information about users requested by the authorized body on the basis of judicial acts, requests of law enforcement or special state bodies of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) suspend the activity of accounts on the territory of the Republic of Kazakhstan that post and distribute illegal content, information recognized as cyberbullying against a child, on the basis of an order of the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 9 as amended by Law of the Republic of Kazakhstan dated 18.07.2025 № 215-VIII (shall take effect on 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 10. Features of personal data protection on online platforms</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2909,51 +2969,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) delete false information, illegal content in case of their placement, distribution;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) when collecting voluntary donations, comply with the requirements established by the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and financing of terrorism.</w:t>
+      6) when collecting voluntary donations, comply with the requirements established by the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 9 as amended by the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 17. Rights and obligations of influencers (bloggers)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3912,55 +4014,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>