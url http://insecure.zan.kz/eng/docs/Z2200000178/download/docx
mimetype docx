--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ff800d" w14:textId="3ff800d">
+    <w:p w14:paraId="4a62814" w14:textId="4a62814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -441,51 +441,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) court bankruptcy proceeding - a proceeding implemented against a debtor by court to meet the claims of creditors from the debtor's assets;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11) extrajudicial bankruptcy procedure - a procedure carried out in relation to a debtor out of court in order to terminate obligations to second-tier banks, branches of a bank - non-resident of the Republic of Kazakhstan, organizations carrying out certain types of banking operations, organizations carrying out microfinance activities, or collection agencies. </w:t>
+      11) out–of–court bankruptcy procedure is a procedure implemented against a debtor out of court in order to terminate obligations under bank loan agreements and microloan agreements for individuals to second-tier banks, branches of a non-resident bank of the Republic of Kazakhstan, organisations engaged in certain types of banking operations, organizations engaged in microfinance activities, or collection agencies. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The obligations specified in this subparagraph also include obligations to second-tier banks, branches of a bank - non-resident of the Republic of Kazakhstan, organizations that carried out certain types of banking operations, microfinance activities, or collection agencies that have been deprived of licenses for all banking operations, microfinance activities or excluded from the registers of microfinance organizations, collection agencies, including liquidated ones, those in the process of liquidation, as well as other organizations that own the rights of claim under bank loan agreements, loan (credit) agreements and agreements on the provision of microcredit to individuals by the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -568,51 +568,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -932,51 +932,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) absence of ownership of property, including property held in common ownership;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) there has been no repayment of the liabilities to the creditors named in the application for twelve consecutive months as of the date of the application.</w:t>
+      2) there is no repayment for obligations to creditors within twelve consecutive months as of the date of filing such an application.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A payment in an amount exceeding a single monthly calculation indicator established by the law on the republican budget and effective on the date of payment is considered a repayment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1040,51 +1040,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The measures to settle and (or) collect the debt specified in this subparagraph must be carried out within a period not exceeding twelve months from the date of occurrence of the overdue debt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The requirements of this subparagraph do not apply to the obligations provided for in part two of subparagraph 11) of Article 1 of this Law;</w:t>
+      The requirements of this sub-paragraph shall not apply to the obligations mentioned in the second part of sub-paragraph 11) of Article 1 hereof, as well as to a bank loan agreement and (or) a microloan agreement concluded prior to January 1, 2025;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) failure to initiate an out-of-court or court bankruptcy proceedings within seven years as of the date of application.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1126,51 +1126,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall be in force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1355,79 +1355,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The measures to carry out the settlement and (or) collection of the debt specified in this subparagraph must be carried out within a period not exceeding twelve months from the date of occurrence of the overdue debt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The requirements of this subparagraph do not apply to the obligations provided for in part two of subparagraph 11) of Article 1 of this Law.</w:t>
+      The requirements for measures to settle and (or) collect debts mentioned in this sub-paragraph shall not apply to obligations to creditors specified in part two of sub-paragraph 11) of Article 1 hereof, as well as to a bank loan agreement and (or) a microloan agreement concluded prior to January 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 - as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 - as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2001,51 +2001,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) notify the financial manager and the court of circumstances that become known as grounds for refusing to terminate the bankrupt's liabilities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) file an application with a competent authority to review the debtor for deliberate bankruptcy;</w:t>
+      5) apply to the authorised body if there are documents specifying signs of intentional bankruptcy to bring the debtor to responsibility established by the laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) enjoy other rights specified in this Law and other laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2170,50 +2170,92 @@
         </w:rPr>
         <w:t>
       5) fulfil other obligations envisaged hereby and other laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The creditor who has not fulfilled the obligation stipulated in sub-paragraph 4) of paragraph 2 hereof shall be satisfied as set out in paragraph 6 of Article 40 hereof.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 8 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 9: Powers of the competent authority</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4628,51 +4670,69 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. An out-of-court bankruptcy proceeding shall be terminated if, during the term of the proceeding:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) the debtor has filed an application with the authorized body through the State Corporation "Government for Citizens", the "electronic government" web portal and (or) a special mobile application to terminate the extrajudicial bankruptcy procedure due to the acquisition of property into his ownership or a change in his financial and (or) property status that allows him to fully or more than thirty percent fulfill his obligations to creditors, or the conclusion of an agreement with the creditor on the settlement of the debt to the creditor;</w:t>
+      1) the debtor has lodged an application to the authorised body via the Government for Citizens State Corporation, the e-Government web portal and/or a special mobile application to terminate the out-of-court bankruptcy procedure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) the debtor's property has been acquired or his/her financial and/or property status has been changed, allowing him/her to fully or more than thirty percent fulfill his/her obligations to creditors;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) facts of concealment of property or property obligations, information on property, its size, location or other information on property, transfer of property into other possession, alienation or destruction of property, as well as concealment, destruction, falsification of documents reflecting information on property have been revealed;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4682,51 +4742,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the death of the debtor, a court ruling declaring him/her missing or declaring him/her dead has come into force;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) facts of non-compliance of the debtor with the grounds specified in Article 5 of this Law have been revealed, including at the request of the creditor.</w:t>
+      4) the facts of the debtor's non-compliance with the grounds specified in Article 5 hereof as of the date of filing the application for the application of the out-of-court bankruptcy procedure, including upon the creditor’s request have been revealed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The requirements of subparagraphs 1), 2) and 4) of part one of this paragraph do not apply to debtors who have applied the extrajudicial bankruptcy procedure on the basis of paragraph 3 of Article 5 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4765,72 +4825,90 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The consequences prescribed in paragraph 2 of Article 17 hereof shall cease to apply from the date of termination of the out-of-court bankruptcy proceedings.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The debtor shall be entitled to file a repeated request for the application of the out-of-court bankruptcy procedure no earlier than six months after the date of termination of the procedure on the grounds envisaged in sub-paragraphs 2) and 4) of the first paragraph of paragraph 1 of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 18 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 18 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall be enacted sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4860,96 +4938,132 @@
         <w:t>
       1. In the absence of grounds for terminating the extrajudicial bankruptcy procedure in accordance with Article 18 of this Law, after six months from the date of posting information about the debtor on the e-government web portal, the authorized body shall make a decision to complete the extrajudicial bankruptcy procedure and declare the debtor bankrupt. The decision shall be made in the form approved by the authorized body and shall be posted on the e-government web portal.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z93" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The debtor's obligations to the creditors specified in subparagraph 11) of Article 1 of this Law, information about which is reflected in the credit bureau database, shall terminate from the date of posting on the e-government web portal of an announcement about the completion of the extrajudicial bankruptcy procedure and the recognition of the debtor as bankrupt.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Obligations to creditors mentioned in sub-paragraph 11) of Article 1 hereof, the data thereof has not been provided to credit bureaus under the procedure established by the Law of the Republic of Kazakhstan “On Credit Bureaus and the Formation of Credit Histories in the Republic of Kazakhstan”, shall be subject to termination in respect of a borrower declared bankrupt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This paragraph shall not apply to the obligations of debtors who are the guarantor, surety and (or) pledgor for the obligations of third parties.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z94" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. No loan shall be granted to the bankrupt within five years from the date of the announcement of the end of the out-of-court bankruptcy proceeding (excluding obtaining micro-loans from pawnshops) and no collateral, guarantees or sureties shall be accepted from him/her under the bank loan and micro-loan contracts.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall go into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5122,51 +5236,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The debtor's application for restoration of solvency or court bankruptcy proceeding shall be accompanied by:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) a list of all creditors and debtors (with amounts owed and date of creation, address of residence or domicile, e-mail addresses and contact telephone numbers (if available) for their further notification);</w:t>
+      1) a list of all creditors and debtors (stating the amounts owed and the date of their formation, the address of their place of residence or location, e-mail addresses and contact phone numbers (if any) for their subsequent notification) with copies of documents confirming the basis and amount of the debt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) an inventory of the debtor's property, accompanied by a valuation report (if any), drawn up at least six months prior to the filing of the bankruptcy application;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5230,99 +5344,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Should the second-tier bank, branch of non-resident bank of the Republic of Kazakhstan, organisation engaged in certain types of banking operations and (or) organisation engaged in microfinance activity fail to provide response to the application of the debtor, the document confirming proceeding stipulated by this subparagraph shall be a copy of application of the debtor or confirmation of sending the application in electronic format.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In case of exceeding twelve months from the date of occurrence of overdue debt, submission of the document provided for in this subparagraph is not required.</w:t>
+      Filing of the document referred to in this sub-paragraph shall not be required in cases where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the bank loan agreement and (or) the micro-loan agreement have been concluded prior to January 1, 2025;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      twelve months have elapsed since the occurrence of the overdue debt.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. A debtor's application for restoration of solvency or a court bankruptcy proceeding that fails to comply with the requirements stipulated in this Article shall be returned by the court without consideration.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 20 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 20 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5757,72 +5907,342 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Within two business days from the date of the court ruling on the initiation of solvency recovery or court bankruptcy proceedings, the competent authority shall appoint a financial manager from among persons whose notifications of the commencement of activities as financial managers are included in the state electronic register of permits and notifications under the legislation of the Republic of Kazakhstan on permits and notifications.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z110" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. A financial manager shall: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) no later than five working days after his appointment, demand from government agencies, individuals and legal entities information on the bankrupt, owned his/her property and copies of supporting documents, which must be submitted to him/her free of charge no later than ten working days from the date of the request; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) no later than five working days after his/her appointment, request from the authorised body data on the availability and numbers of bank accounts of the bankrupt, which must be provided to him/her free of charge no later than ten working days from the date of the request.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) no later than five working days from the date of identification of persons who are in debt to the bankrupt, to file claims for the recovery of this debt in court;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) specify transactions made by the debtor under the circumstances mentioned in Article 14 hereof, and within two months from the date of detection of such a transaction, file claims for invalidation or for the return of property in court, including at the request of the creditor who identified such a transaction.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) sale the bankrupt's property based on the sale plan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) maintain a register of creditors' claims; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) perform settlements with creditors no later than five working days after receipt of money in favor of the debtor, as well as perform settlements with creditors under the order of satisfaction of creditors' claims;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) present the authorised body with current and requested information on the progress of the bankruptcy procedure in the form, in the manner and within the time limits established by the authorised body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) inform the creditor on the progress of the bankruptcy procedure and the financial condition of the debtor based on his/her written request within three working days from the date of receipt of the request; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) should a judicial act affecting the interests of the bankrupt and his/her creditors, the issue of appealing this judicial act is reviewed within seven working days from the date of its receipt.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) within three working days after the entry into force of the judicial act on the completion of the bankruptcy procedure, he/she send a copy of it to the authorised body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) within three working days from the date of cancellation of the judicial act declaring the debtor bankrupt, transfer to the debtor the title documents for the property, as well as material and other valuables. Should there be a property that is the subject of a pledge, the title documents for such property shall be subject to transfer to the secured creditor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) in the event dismissal of the financial manager, transfer to the newly appointed financial manager, within three working days from the date of his/her appointment, the title documents for the bankrupt's property, tangible and other valuables belonging to the bankrupt, as well as the available information on the availability and numbers of the bankrupt's bank accounts, on the balances and on the movement of money in these accounts.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) perform other powers hereunder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       2. The powers hereby conferred on the financial manager may not be delegated to other persons.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z111" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The remuneration of the financial manager in solvency or bankruptcy proceedings shall be paid from the debtor's funds, unless otherwise stated herein.</w:t>
+      3. Remuneration of the financial manager in the procedure of restoration of solvency or judicial bankruptcy shall be paid at the expense of the debtor's funds, excluding the case envisaged in paragraph 2 of Article 44 hereof.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The financial manager's monthly remuneration shall amount to one minimum wage, as set out in the law on the national budget for the financial year concerned.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z112" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5881,51 +6301,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 23 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 23 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall come into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6582,51 +7002,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Within five business days of receipt of the creditor's claim, the financial manager shall decide whether to recognise the claim as justified (unjustified) and include the recognised claim in the register of creditors' claims.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z128" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The financial manager shall send to the authorized body a register of creditors' claims for posting on the Internet resource of the authorized body, formed in the form and according to the procedure established by the authorized body.</w:t>
+      4. Within ten working days from the date of expiry of the period menitoned in paragraph 2 of this article, the financial manager shall send to the authorised body in Kazakh and Russian the register of creditors' claims for posting on the authorised body's Internet resource, formed in the form approved by the authorised body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The competent authority shall post the register of creditors' claims on its website no later than two business days after receiving the register from the financial manager.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6743,51 +7163,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8169,78 +8589,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The court shall schedule a court session no later than ten business days from the date of receipt of the debtor's or creditor's petition for termination of the solvency recovery proceedings and application of the court bankruptcy proceedings with notification of the debtor, creditors, the competent authority on the date, time and venue of the court session.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z157" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Following the hearing of the petition, the court shall decide whether to terminate the solvency restoration proceedings and apply the court bankruptcy proceedings or to reject the petition as per the general rules of civil proceedings.</w:t>
+      2. Based on the results of the review of the petition at a court hearing, with due regard for the provisions of paragraph 2 of Article 6 hereof, the court shall decide to terminate the procedure for restoring solvency and applying the judicial bankruptcy procedure, or refuse to satisfy the petition as per the general rules of civil procedure.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z158" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The court decision on the termination of the solvency recovery proceedings and the application of the court bankruptcy proceedings shall include instructions on the termination of the solvency recovery proceedings and the application of the court bankruptcy proceedings, as well as the instructions specified in paragraph 2 of Article 36 hereof.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 34 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into effect sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 35. Discontinuation of the solvency recovery or court bankruptcy proceedings</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z160" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10029,88 +10491,106 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The court shall schedule a court hearing no later than ten business days following the receipt of the financial manager's final statement and opinion on the existence or absence of grounds for termination of the bankrupt's obligations.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z207" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. When reviewing the financial manager's final statement in court, the competent authority must apply for the payment of remuneration to the financial manager from budgetary funds if the following circumstances are established in the course of the bankruptcy proceedings in the aggregate:</w:t>
+      2. When reviwing the final report of the financial manager in court, the authorised body must file a petition for payment by the authorised body of remuneration to the financial manager from budgetary funds if the following circumstances are established in the course of the bankruptcy proceedings:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the debtor belongs to the category of socially vulnerable groups under the housing legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) there is no property that may be subject to foreclosure under the laws of the Republic of Kazakhstan on enforcement proceedings and the status of bailiffs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for payment of remuneration by the authorised body to the financial manager shall be governed by the authorised body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z208" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The court shall accept the financial manager's final statement and decide whether or not to terminate the bankruptcy proceedings and terminate the bankrupt's obligations remaining unfulfilled during the bankruptcy proceedings, within one month from the date the court receives these documents.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:bookmarkStart w:name="z209" w:id="164"/>
     <w:p>
       <w:pPr>
@@ -10482,51 +10962,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 44 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 44 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall be effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>