--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7141a5" w14:textId="e7141a5">
+    <w:p w14:paraId="d036ff7" w14:textId="d036ff7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1480,99 +1480,99 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) excluded by the Law of the Republic of Kazakhstan dated 19.04.2023 No. 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      5) excluded by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6) excluded by the Law of the Republic of Kazakhstan dated 19.04.2023 No. 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      6) excluded by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 No. 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2163,51 +2163,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 8 as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 No. 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 8 as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2849,51 +2849,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Import of previously exported military goods of the Armed Forces of the Republic of Kazakhstan, other troops and military formations to fulfill the international obligations of the Republic of Kazakhstan, as well as participation in exercises, reviews, competitions, exhibitions, parades, competitions, demonstration events, tests shall be carried out without the application of control measures for specific goods on the basis of the list approved by the first head of the relevant state body of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Import of military goods belonging to state bodies or organizations of a foreign state, necessary for engagement during exercises, reviews, competitions, exhibitions, parades, competitions, demonstration events, tests organized by the Armed Forces of the Republic of Kazakhstan, other troops and military formations, an authorized body in areas of the defense industry and the state defense order on the territory of the Republic of Kazakhstan, shall be carried out without the application of control measures for specific goods on the basis of a list approved by the first head of the relevant state body of the Republic of Kazakhstan.</w:t>
+      Military goods belonging to government agencies or organisations of a foreign state, required for use in conducting exercises, inspections, contests, exhibitions, parades, competitions, demonstration events, tests organised by the Armed Forces of the Republic of Kazakhstan, other troops and military formations, the authorised body in the field of defense industry in the territory of the Republic of Kazakhstan, shall be imported without the use of control measures for specific goods obased on a list approved by the first head of the relevant public authority of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Import of military goods belonging to state bodies or organizations of a foreign state, necessary for engagement during exercises, reviews, competitions, exhibitions, parades, competitions, demonstration events, tests organized by the Armed Forces of the Republic of Kazakhstan, other troops and military formations, an authorized body in areas of the defense industry and the state defense order on the territory of the Republic of Kazakhstan, shall be carried out without the application of control measures for specific goods on the basis of a list approved by the first head of the relevant state body of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
@@ -2972,50 +2972,92 @@
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Individuals and legal entities of the Republic of Kazakhstan shall be prohibited from using imported specific goods, goods imported with the provision of guarantee obligations of the Republic of Kazakhstan, for other than the declared purposes, as well as their re-export without the permission of the competent authority of the exporting country and (or) country of origin.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 12 as amended by Law of the Republic of Kazakhstan № 211-VIII of 16.07.2025 (shall be effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 13. Control over transit of specific goods</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3283,91 +3325,133 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Re-export of specific goods imported into the territory of the Republic of Kazakhstan with the provision of guarantee obligations shall be carried out by individuals and legal entities of the Republic of Kazakhstan on the basis of permission from the competent authority of the exporting country and (or) country of origin and a license for the export of specific goods.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Re-export of military goods belonging to state bodies or organizations of a foreign state, necessary to be used during exercises, reviews, competitions, exhibitions, parades, competitions, demonstration events, tests organized by the Armed Forces of the Republic of Kazakhstan, other troops and military formations, an authorized body in areas of the defense industry and the state defense order on the territory of the Republic of Kazakhstan, shall be carried out without the application of control measures for specific goods on the basis of a list approved by the first head of the relevant state body of the Republic of Kazakhstan.</w:t>
+      Military goods belonging to government agencies or organisations of a foreign state, needed for the use in conducting exercises, inspections, contests, exhibitions, parades, competitions, demonstration events, tests organised by the Armed Forces of the Republic of Kazakhstan, other troops and military formations, the authorised body in the field of defense industry in the territory of the Republic of Kazakhstan, shall be re-exported without the use of control measures for specific goods based on a list approved by the first head of the relevant public authority of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       State bodies or organizations of a foreign state, specified in part two of this paragraph, shall be obliged to export from the territory of the Republic of Kazakhstan military goods owned by them within a period not exceeding twelve months from the date of their importation into the territory of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z77" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Extraterritorial re-export shall be carried out by foreign persons on the basis of a permit for extraterritorial re-export.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 16 as amended by Law of the Republic of Kazakhstan № 211-VIII of 16.07.2025 (shall enter into force upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 17. Intracompany control system for specific goods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6689,55 +6773,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7063,31 +7147,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>