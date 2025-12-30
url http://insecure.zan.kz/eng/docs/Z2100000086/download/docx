--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df81969" w14:textId="df81969">
+    <w:p w14:paraId="14202d6" w14:textId="14202d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6159,51 +6159,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Technopark shall be a legal entity created by an autonomous educational organization or individuals registered as individual entrepreneurs and (or) other legal entities or determined by the Government of the Republic of Kazakhstan, owning on the right of ownership or other legal grounds a territory with a unified material and technical and (or) a property complex where favourable conditions are created for the implementation of industrial and innovative activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The main activity of technoparks shall be business incubation, which is the provision of services for the provision of premises, equipment, accounting, legal, information and consulting support, the attraction of investments, project management, as well as other services necessary for the implementation of industrial and innovative projects, including in the field of information and communication technologies. The rules for the provision of services to assist in the development of business incubation, as well as determining the cost of such services, except for services provided by the Astana Hub international technology park, shall be developed and approved by the authorized body in the field of state support for innovation.</w:t>
+      2. The primary activity of technology parks is business incubation, which consists in providing services to innovation entities at the initial stage of their operation, including provision of premises, equipment, accounting, legal, information, and consulting support, investment attraction, project management, and other services necessary for the implementation of innovative projects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 18 as amended by Law of the Republic of Kazakhstan dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 19. Technology commercialization centres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6621,51 +6663,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 24 Industry centres of technological competence</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Industry centres of technological competencies shall be legal entities determined by state bodies on the recommendation of the Technology Policy Council, provided for by the Entrepreneurial Code of the Republic of Kazakhstan, for technological development of the relevant industry, having experts with relevant industry and cross-sectoral competencies.</w:t>
+      Industry expertise centers of technological competence are legal entities designated by state bodies for the purposes of technological development in the relevant industry, which have experts with relevant industry-specific and cross-industry expertise.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The main tasks of the industry centers of technological competence shall be to carry out technological forecasting of the relevant industry, assist in the development and implementation of a target technological program, monitor global technological trends, determine current conditions and competitive advantages for accelerated technological development, as well as the needs and interests of private entrepreneurship entities, assist in disseminating best practices and experience in innovative activities among business entities of the relevant industry, and implement international cooperation to attract foreign investment to the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6685,51 +6727,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 24 as amended by the Law of the Republic of Kazakhstan dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 24 as amended by the Law of the Republic of Kazakhstan dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13169,80 +13211,146 @@
       2. The technological platform is a complex consisting of interrelated and complementary elements of the educational, scientific and industrial-innovative infrastructure, subjects of scientific, scientific-technical, innovative and industrial activities necessary to ensure the continuous process of generating and improving technologies, training personnel, implementing innovative projects and (or) tools for communication and market-oriented coordination of private business entities, scientific organizations, educational organizations, government bodies, organizations of the quasi-public sector for technological development of the manufacturing industry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Industry centres of technological competence should accumulate the relevant knowledge, skills, and experience to develop a vision for the integrated technological development of the manufacturing industry, as well as provide institutional memory for its implementation by attracting experts with relevant industry and intersectoral competencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      4. The definition of industrial centres of technological competence shall be approved at a meeting of the Technology Policy Council in accordance with Chapter 23-1 of the Entrepreneurial Code of the Republic of Kazakhstan.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Excluded from 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. For the technological development of the manufacturing industry, in addition to that provided for in this article, the digital transformation of industry, the introduction of Industry 4.0 and digital technologies are being stimulated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 56 as amended by Law of the Republic of Kazakhstan dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 57. Commercialization of the results of scientific and (or) scientific and technical activities in the industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15559,139 +15667,127 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      President of the </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -15748,55 +15844,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>