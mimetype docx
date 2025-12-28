--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9503cdc" w14:textId="9503cdc">
+    <w:p w14:paraId="45316e6" w14:textId="45316e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -184,51 +184,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 1. Scope of application of this Law</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. This Law regulates the relations connected with the acquisition of goods, works and services necessary for the functioning as well as the performance of the statutory activities of national management holdings, national holdings, national companies and organisations, fifty percent or more of the voting shares (participation shares in the authorised capital) of which are directly or indirectly owned by the national management holdings, national holding companies, national companies, as well as social entrepreneurial corporations, except for legal entities, fifty percent or more of the voting shares (participation shares in the authorised capital) of which are directly or indirectly owned by the national managing holding company, national holding company, national companies, transferred for trust management to individuals or non-governmental legal entities with the right to subsequent redemption (hereinafter, “certain quasi-public sector entities”).</w:t>
+      1. This Law regulates the relations connected with the acquisition of goods, works and services necessary for the functioning as well as the performance of the statutory activities of national management holdings, national holdings, national companies and organisations, fifty percent or more of the voting shares (participation shares in the authorised capital) of which are directly or indirectly owned by the national management holdings, national holding companies, national companies, as well as social entrepreneurial corporations, except for legal entities, fifty percent or more of the voting shares (participation shares in the authorized capital) of which are directly or indirectly owned by the national managing holding company, national holding company, national companies, transferred for trust management to individuals or non-governmental legal entities with the right to subsequent redemption (hereinafter, “certain quasi-public sector entities”).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. This Law shall not apply to cases:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -310,51 +310,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) acquisition of goods, works and services carried out in compliance with international treaties of the Republic of Kazakhstan, as well as within the framework of investment projects financed by international organisations of which the Republic of Kazakhstan is a member;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) acquisition of financial services related to banking operations conducted by the National Bank of the Republic of Kazakhstan, banks and organisations conducting certain types of banking operations under licenses obtained in obedience to the legislation of the Republic of Kazakhstan, and services of other participants in the securities market, broker and/or dealer services, custodial services, acquisition of services for connection, maintenance and use of the financial automated information transport system, services of the international interbank information transmission and payment system, including those related to receipt of bank statements and information services provided by the stock exchange operating on the territory of the Republic of Kazakhstan, services of second-tier banks of the Republic of Kazakhstan and/or international (foreign) banks, legal advisers, financial advisers, external audit and/or appraisal organisations for the issue of comfort letters, investor trustee, payment transfer agents, registrars, procedural, arbitration and other services necessary for the customer's organisation of borrowing, including the issue and repurchase of securities, debt management and investment (treasury) portfolio, services provided by information and analytical systems of leading international financial information providers, as well as the purchase of the above services in securitisation transactions as originator and (or) lender under the Law of the Republic of Kazakhstan “On Project Financing and Securitisation”;</w:t>
+      6) acquisition of financial services related to banking operations conducted by the National Bank of the Republic of Kazakhstan, banks and organisations conducting certain types of banking operations under licenses obtained in obedience to the legislation of the Republic of Kazakhstan, and services of other participants in the securities market, broker and/or dealer services, custodial services, acquisition of services for connection, maintenance and use of the financial automated information transport system, services of the international interbank information transmission and payment system, including those related to receipt of bank statements and information services provided by the stock exchange operating on the territory of the Republic of Kazakhstan, services of second-tier banks of the Republic of Kazakhstan and/or international (foreign) banks, legal advisers, financial advisers, external audit and/or appraisal organisations for the issue of comfort letters, investor trustee, payment transfer agents, registrars, procedural, arbitration and other services necessary for the customer's organization of borrowing, including the issue and repurchase of securities, debt management and investment (treasury) portfolio, services provided by information and analytical systems of leading international financial information providers, as well as the purchase of the above services in securitisation transactions as originator and (or) lender under the Law of the Republic of Kazakhstan “On Project Financing and Securitisation”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) payment of fees and charges levied at the seaport;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1502,51 +1502,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) optimal and efficient use of the money used for procurement;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) openness and transparency of the procurement process, while respecting suppliers' rights and/or legitimate interests in commercial confidentiality (before the tender results are finalised);</w:t>
+      2) openness and transparency of the procurement process, while respecting suppliers' rights and/or legitimate interests in commercial confidentiality (before the tender results are finalized);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) fair competition among potential suppliers, avoiding collusion between bidders;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1866,51 +1866,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       .2. Procurement plan (preliminary, annual, long-term one) shall be published on the procurement web portal. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The customer, organiser of procurement shall divide heterogeneous goods, works and services into lots pursuant to their homogeneity, homogeneous goods - by types of homogeneous goods and by places of delivery, homogeneous works, services - by place of their performance, provision, except for cases provided for in the procurement rules.</w:t>
+      3. The customer, organizer of procurement shall divide heterogeneous goods, works and services into lots pursuant to their homogeneity, homogeneous goods - by types of homogeneous goods and by places of delivery, homogeneous works, services - by place of their performance, provision, except for cases provided for in the procurement rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Price planning for a list of identical goods shall be carried out within the price tolerance determined by:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1938,51 +1938,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) for the Fund and the Organisations of the Fund - in the manner determined by the Fund.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of identical goods for certain quasi-public sector entities other than the Fund and the Fund's organisations shall be determined by the authorised procurement body.</w:t>
+      The list of identical goods for certain quasi-public sector entities other than the Fund and the Fund's organisations shall be determined by the authorized procurement body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The list of identical goods for the Fund and the Fund's organisations shall be determined by the Fund.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2087,51 +2087,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the potential supplier or its subcontractor (co-contractor) or consortium member is on the register of unfair participants in public procurement and/or on the list of unfair potential suppliers (vendors) of the Fund and/or on the list of debtors in respect of whom a court decision on declaring them bankrupt has entered into legal force;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) the potential supplier and (or) subcontractor (co-contractor) engaged by it, and (or) their manager, and (or) founders (shareholders) are included in the list of organisations and persons connected with financing of terrorism and extremism, or in the list of organisations and persons connected with financing of proliferation of weapons of mass destruction, in the manner established by the Law of the Republic of Kazakhstan “On Counteracting Money Laundering and Financing of Terrorism”;</w:t>
+      2) a potential supplier and (or) a subcontractor (co-executor) engaged by him, and (or) their head, and (or) founders (shareholders) are included in the list of organizations and persons related to the financing of terrorism and extremism, or in the list of organizations and persons related to the financing of the proliferation of weapons of mass destruction, in accordance with the procedure established by the Law of the Republic of Kazakhstan "On countering the legalization (laundering) of proceeds from crime, the financing of terrorism and the financing of the proliferation of weapons of mass destruction";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) a potential supplier is a legal entity whose place of registration is a state or territory included in the list of states with preferential taxation approved by the competent public authority responsible for ensuring the receipt of taxes and other mandatory payments to the budget.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2169,51 +2169,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 30.12.2022 № 177-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication); dated 01.07.2024 № 107-VIII (effective from 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 30.12.2022 № 177-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication); dated 01.07.2024 № 107-VIII (effective from 01.01.2025); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4944,55 +4944,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>