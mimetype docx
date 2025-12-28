--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="11eee76" w14:textId="11eee76">
+    <w:p w14:paraId="a80410a" w14:textId="a80410a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -310,52 +310,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a special economic zone is a part of the territory of the Republic of Kazakhstan with precisely delineated borders, where a special legal regime of a special economic zone applies for the implementation of activities hereunder;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z877" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) a management company of a special economic zone - a legal entity, established or determined in accordance with this Law and the Law of the Republic of Kazakhstan "On innovation cluster "Park of innovative technologies" to ensure the functioning of the special economic zone; </w:t>
+        <w:t>
+      3) a special economic zone management company is a legal entity established or designated in accordance with this Law to ensure the functioning of a special economic zone;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z878" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) a participant in a special economic zone - a legal entity that performs priority types of activities in the territory of a special economic zone and is included in the single register of participants of special economic zones. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
@@ -814,51 +814,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by Law of the RK № 26-VII dated 01.04.2021 (shall come into force ten calendar days after its first official publication); № 177-VII of 30.12.2022 (shall be enacted ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by Law of the RK № 26-VII dated 01.04.2021 (shall come into force ten calendar days after its first official publication); № 177-VII of 30.12.2022 (shall be enacted ten calendar days after the date of its first official publication); dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15958,55 +15958,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>