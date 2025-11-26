--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24c9998" w14:textId="24c9998">
+    <w:p w14:paraId="f86cc4e" w14:textId="f86cc4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -290,51 +290,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       foreign currency; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      securities and payment documents whose face value is expressed in a foreign currency; </w:t>
+      securities and payment document whose face value is expressed in a foreign currency; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       non-par value securities, issued by non-residents of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1685,51 +1685,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       If an international treaty, ratified by the Republic of Kazakhstan establishes other rules than those provided for by this Law, then the rules of the international treaty shall apply. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article 4. Goals and objectives of currency regulation and currency control </w:t>
+        <w:t>Article 4. Purposes, objectives and principles of currency regulation and currency control</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The title of Article 4 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. The goals of currency regulation shall be the promotion of state policy to achieve sustainable economic growth and development of international cooperation of the Republic of Kazakhstan, to promote the sustainability of the balance of payments, the stability of the domestic foreign exchange market and the economic security of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1872,55 +1890,205 @@
       2) verification of the validity of payments and (or) money transfers for currency transactions and the availability of documents necessary for their implementation; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) verification of the completeness, timeliness and objectivity of accounting and reporting on currency transactions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The implementation of currency regulation and currency control shall be based on the following principles:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) legality;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) observance of the rights and legitimate interests of residents and non-residents when conducting foreign exchange transactions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) completeness, accuracy, and timeliness of accounting and reporting on foreign exchange transactions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ensuring the protection of the domestic foreign exchange market and the economy of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) absence of restrictions on the conduct of foreign exchange transactions, provided that the procedures established by the legislation of the Republic of Kazakhstan are observed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. CURRENCY REGULATION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 5. Currency regulation authorities </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1951,302 +2119,212 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. The Government of the Republic of Kazakhstan and state bodies shall carry out currency regulation within their competence. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. The Government of the Republic of Kazakhstan and the National Bank of the Republic of Kazakhstan, in accordance with this Law, within their competence, shall issue regulatory legal acts that are binding for residents and non-residents. </w:t>
+        <w:t>
+      3. The Government of the Republic of Kazakhstan and the National Bank of the Republic of Kazakhstan, in accordance with this Law and acts of the President of the Republic of Kazakhstan, within the limits of their competence, shall issue regulatory legal acts that are mandatory for residents and non-residents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Draft by-laws on currency regulation developed by the state bodies shall be subject to coordination with the National Bank of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      2) the rules for carrying out exchange operations with foreign currency in cash in the Republic of Kazakhstan;</w:t>
+        <w:t>
+      4. The National Bank of the Republic of Kazakhstan shall approve regulatory legal acts in the field of currency regulation and currency control, including forms of accounting and reporting on currency transactions, as well as the procedure and deadlines for their submission in agreement or jointly with authorized state bodies in accordance with their competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The list of by-laws adopted by the National Bank of the Republic of Kazakhstan in accordance with the laws of the Republic of Kazakhstan on issues within its competence shall be determined in the Regulation on the National Bank of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The National Bank of the Republic of Kazakhstan and the Finance Ministry of the Republic of Kazakhstan shall carry out all types of currency transactions with residents and non-residents without restrictions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) is excluded by the Law of the Republic of Kazakhstan dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024);</w:t>
+        <w:t>      6. Excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) the rules for monitoring currency transactions in the Republic of Kazakhstan;</w:t>
-[...88 lines deleted...]
-        <w:t>
       7. The National Bank of the Republic of Kazakhstan, together with the authorized body in charge of ensuring the receipt of taxes and other obligatory payments to the budget, shall approve the rules for implementing export-import currency control in the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3900,113 +3978,119 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       The procedure for the authorized banks to provide information on the sources of supply and demand in the domestic foreign exchange market of the Republic of Kazakhstan and the purposes of using acquired foreign currency, including the forms and deadlines for submitting reports, shall be determined by the rules for monitoring the sources of supply and demand in the domestic foreign exchange market of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      7. The order of purchase and (or) sale of non-cash foreign currency in the domestic foreign exchange market of the Republic of Kazakhstan, requirements for resident legal entities (except for the authorized banks) for confirming the purposes of purchasing foreign currency for the national currency in the domestic foreign exchange market of the Republic of Kazakhstan, as well as the threshold value for the purchase amount, in the case of excess of which these requirements are applied, shall be determined by the rules for currency transactions in the Republic of Kazakhstan. </w:t>
+        <w:t>
+      6. The rules for carrying out foreign exchange transactions in the Republic of Kazakhstan, approved by the National Bank of the Republic of Kazakhstan, shall determine the procedure for the purchase and (or) sale of non-cash foreign currency on the domestic foreign exchange market of the Republic of Kazakhstan, requirements for legal entities - residents (except for authorized banks) to confirm the purposes of purchasing foreign currency for national currency on the domestic foreign exchange market of the Republic of Kazakhstan and its use for the stated purposes, as well as the threshold value for the purchase amount, above which these requirements are applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      7. Excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 10 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 11. Organization of exchange operations with cash foreign currency </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4578,52 +4662,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) receive notifications about accounts in foreign banks opened by residents (except for the banks and branches (representative offices) of foreign organizations), and make accounting registration of such accounts; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) on a regular basis, receive information from branches (representative offices) of foreign non-financial organizations, operating in the Republic of Kazakhstan. </w:t>
+        <w:t>
+      4) on a regular basis, receive information from branches (representative offices) of foreign non-financial organizations, operating in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) submit to the state revenue body information on transactions recognized as income of a non-resident from sources in the Republic of Kazakhstan in accordance with subparagraph 39) of paragraph 1 of Article 679 of the Tax Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. In order to organize and monitor currency transactions, the National Bank of the Republic of Kazakhstan or the authorized banks, in the cases established by this Law, shall assign account numbers to foreign exchange contracts, on the basis of and (or) pursuant to which the currency transactions are carried out, as well as the accounts of residents (except for banks and branches (representative offices) of foreign organizations in foreign banks. The National Bank of the Republic of Kazakhstan shall assign account numbers to foreign exchange contracts on capital flow, accounts of residents (except for the banks and branches (representative offices) of foreign organizations) in foreign banks, and foreign exchange contracts on export or import, which are settled through such accounts. The authorized banks shall assign account numbers to foreign exchange contracts on export or import, which are settled through accounts in the authorized banks.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4704,52 +4806,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) information about the accounts through which the transaction will be settled;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) changes and (or) additions to the foreign exchange contract made by its participants, and other documents of the participants of the foreign exchange contract that are associated with the transaction. </w:t>
+        <w:t>
+      4) changes and (or) additions to the foreign exchange contract made by its participants, and other documents of the participants of the foreign exchange contract that are associated with the transaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 13 as amended by the Law of the Republic of Kazakhstan dated 18.07.2025 № 215-VIII (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 14. Accounting registration of a foreign exchange contract on capital flow </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5855,51 +5999,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) to submit information on currency transactions, conducted with their participation to the currency control bodies in the manner, established by the currency legislation of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Currency control bodies and agents shall be obliged to keep, in accordance with the legislation of the Republic of Kazakhstan, commercial, banking, and other secrets protected by law that have become known to them in the exercise of their powers, including when exchanging information in electronic form in accordance with the currency legislation of the Republic of Kazakhstan, except for its presentation in accordance with the laws of the Republic of Kazakhstan..</w:t>
+      4. Currency control bodies and agents shall be obliged to keep, in accordance with the legislation of the Republic of Kazakhstan, commercial, banking, and other secrets protected by law that have become known to them in the exercise of their powers, including when exchanging information in electronic form in accordance with the currency legislation of the Republic of Kazakhstan, except for its presentation in accordance with the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. The authorized bank shall make payments and (or) money transfers on the currency transactions of the resident and (or) non-resident only under the condition that the latter submits the documents and (or) information, required in accordance with the currency legislation of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7748,55 +7892,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8122,31 +8266,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>