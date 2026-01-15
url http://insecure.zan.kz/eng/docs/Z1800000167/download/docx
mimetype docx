--- v1 (2025-11-26)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f86cc4e" w14:textId="f86cc4e">
+    <w:p w14:paraId="cf64340" w14:textId="cf64340">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -559,50 +559,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) a state revenue body – a state body, within its competence, ensuring the receipt of taxes and other mandatory payments to the budget, customs regulation in the Republic of Kazakhstan, powers to prevent, identify, suppress, and disclose administrative offenses attributed by the legislation of the Republic of Kazakhstan to the jurisdiction of this body, as well as performing other powers provided for by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      7-2 spotless business record – evidence of professionalism and integrity, including absence of committed unlawful acts (omissions) that led to insolvency resulting in compulsory liquidation of a financial institution or to classification of a bank as insolvent, absence of unexpunged or outstanding criminal record, including absence of legally binding court order imposing criminal penalty in the form of deprivation of the right to hold an executive position in a financial institution, banking and/or insurance holding company, and to be a major participant (major shareholder) in a financial institution for life, also absence of relationships with third parties (control and influence of third parties) whose actions contributed to legalization (laundering) of proceeds from crime, financing of terrorism, and financing of the proliferation of weapons of mass destruction, based on information from the financial monitoring authority;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       8) the authorized banks – the banks, established in the Republic of Kazakhstan and organizations that carry out certain types of banking operations (except for the authorized organizations), as well as branches of foreign banks, operating in the Republic of Kazakhstan that conduct currency transactions, including at the instructions of clients; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) the authorized organizations - financial organizations of the Republic of Kazakhstan, which are not banks, operating exclusively through exchange offices on the basis of a license of the National Bank of the Republic of Kazakhstan for exchange operations with foreign currency in cash;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1470,51 +1488,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 12.07.2023 № 23-VIII (shall be enforced from 01.01.2024); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4300,51 +4318,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Participation of an authorized organization in the authorized capital of other legal entities shall not be allowed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Qualification requirements are imposed for the authorized organizations, which include requirements for founders (participants), including disclosure of the sources of origin of their contributions to the authorized capital of the authorized organization, requirements for the organizational and legal form, amount and procedure for forming the authorized capital, as well as premises, equipment of exchange offices and the staff.</w:t>
+      3. Authorized organizations are subject to eligibility requirements, which include requirements for founders (participants), including disclosure of the sources of their contributions to the authorized capital of the authorized organization, requirements for the spotless business record of founders (participants), requirements for the organizational and legal form, size, and procedure for forming the authorized capital, as well as the premises, equipment of exchange offices and personnel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. The presence of premises in an authorized organization for placing an exchange office is mandatory for obtaining a license from the National Bank of the Republic of Kazakhstan for exchange operations with foreign currency in cash and (or) annex to it. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4508,51 +4526,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 19.09.2025 №. 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7670,63 +7688,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. To recognize the Law of the Republic of Kazakhstan dated June 13, 2005 "On currency regulation and currency control" as invalid (Bulletin of the Parliament of the Republic of Kazakhstan, 2005, № 11, Article 38; 2007, № 3, Article 20; 2008, № 23, Article 114, 2009, № 13-14, Article 63; 2010, № 15, Article 71; 2012, № 1, Article 6; № 13, Article 91; № 21-22, Article 124; 2014, № 10, Article 52; № 21, Article 122; № 23, Article 143; 2015, № 22-I, Article 140; № 22-VI, Article 159; 2016, № 12, Article 87, 2017, № 14, Article 51, № 23-III, Article 111). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="4232"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7739,51 +7756,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      President of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7791,51 +7808,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4232" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7892,55 +7909,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>