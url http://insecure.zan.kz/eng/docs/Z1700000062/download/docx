--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a9e0017" w14:textId="a9e0017">
+    <w:p w14:paraId="520b17a" w14:textId="520b17a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -479,175 +479,317 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 2. Legislation of the Republic of Kazakhstan on collection activity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z333" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> of the Republic of Kazakhstan, this Law and other normative legal acts of the Republic of Kazakhstan.</w:t>
+        <w:t>
+      1. Legislation of the Republic of Kazakhstan on collection activity is based on the Constitution of the Republic of Kazakhstan, consists of Civil Code of the Republic of Kazakhstan, this Law and other normative legal acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z334" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The effect of the laws of the Republic of Kazakhstan "</w:t>
-[...39 lines deleted...]
-        <w:t>" extends to collection agencies in the part not regulated by this Law.</w:t>
+      2. The effect of the laws of the Republic of Kazakhstan "On business partnerships" and "On partnerships with limited and additional liability" extends to collection agencies in the part not regulated by this Law.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z335" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. If an international agreement ratified by the Republic of Kazakhstan establishes other rules than those contained in this Law, the rules of the international treaty shall apply.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 2-1. The main purpose, objectives and principles of state regulation in the field of collection activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The main purpose of state regulation in the field of collection activities shall be to establish the legal basis for the activities of collection agencies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of state regulation in the field of collection activities shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) setting standards for the activities of collection agencies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) establishing the procedure for the interaction of collection agencies with the debtor and (or) his representative, and (or) a third party bound by obligations under a bank loan agreement or a microloan agreement; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ensuring an appropriate level of protection of the rights and legitimate interests of debtors and (or) their representatives, and (or) third parties bound by obligations under a bank loan agreement or a microloan agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of state regulation in the field of collection activities shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) transparency of collection agencies' activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) improving standards, methods of regulation and control over the activities of collection agencies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) responsibility of collection agencies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 1 has been supplemented with Article 2-1 under the Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z336" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. CREATION AND ACTIVITY OF A COLLECTION AGENCY</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z337" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -806,72 +948,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) is an individual who has an unpaid or outstanding previous conviction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>of this Law;</w:t>
+        <w:t>
+      3) is a legal entity, the founder (shareholder, participant) or a manager of which was previously the first director or founder (participant) of the collection agency in the period not more than one year before the decision of the authorized body to exclude this collection agency from the collection agencies list on the grounds provided for in subparagraphs 1), 2), 3), 4), 5), 6) and 7) of the first part of paragraph 1 of Article 9 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) has registration, place of residence, or location in offshore zones, the list of which is established by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z341" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1152,51 +1274,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A collection agency is prohibited from applying for notarial acts to a notary who is an affiliate of the collection agency in accordance with paragraph 2 of Article 12-1 of the Law of the Republic of Kazakhstan "On Limited and Additional Liability Partnerships".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z347" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Collector activity is carried out in case of debt.</w:t>
+      2. Collection activities shall be carried out in the event of arrears and the presence in the bank loan agreement or the microloan agreement of the creditor's right to attract a collection agency if the borrower is overdue in fulfilling obligations under the bank loan agreement or the microloan agreement.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z348" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The agreement on collection of debts between the collection agency and the creditor shall be concluded in written and shall contain the following conditions:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
@@ -1406,72 +1528,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) the procedure for providing information to the collection agency on the progress of the performance of the debt collection agreement;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of this Law, as well as the procedure and terms for the return of documents;</w:t>
+        <w:t>
+      13) the procedure and terms for termination of the contract for recovery of debts in the case provided for in the passage 4 of part 1, paragraph 5 of Article 9 of this Law, as well as the procedure and terms for the return of documents;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) the procedure and conditions for the early termination of collection activities with respect to the debtor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1517,107 +1619,195 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The term of rendering services on collection activities with respect to debt under a contract for the collection of arrears must be at least six months and not more than five years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Early termination of collection activities with respect to the debtor is allowed in cases provided for by this Law or a contract for recovery of debts.</w:t>
+      Early termination of collection activities in relation to the debtor shall be permitted in cases stipulated hereunder or a debt collection agreement, as well as in the following cases:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) declaring the debtor bankrupt under the procedure established by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) debtor's death;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the debtor's departure from the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) exclusion of the collection agency from the register of collection agencies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the debtor's fulfillment of obligations to the creditor under a bank loan agreement or a microloan agreement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) set out in sub-paragraph 1) paragraph 1 of Article 15 hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Debt transferred to the collection agency under the agreement on debt collection can not be transferred to another collection agency.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the Republic of Kazakhstan on commissioning and provision of paid services are applied to the contract on recovery of debts.</w:t>
+        <w:t>
+      On issues not regulated by this Law, the provisions of the Civil Code of the Republic of Kazakhstan on commissioning and provision of paid services are applied to the contract on recovery of debts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1635,51 +1825,51 @@
         </w:rPr>
         <w:t>4. Is excluded by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force ten calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (see Article 2 for the procedure for entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z350" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2031,51 +2221,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ensuring the security of documents and information received from a creditor, a debtor and / or his/her representative, and (or) third parties, including bank secret, the secret of providing microcredit, commercial or other secrets protected by the laws of the Republic of Kazakhstan, personal data of a debtor and (or) his/her representative, and (or) third parties.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The requirements stipulated in subparagraphs 2), 3) and 4) of the first part of this paragraph shall not apply to the interaction of a collection agency with a debtor and / or his/her representative violating (breaching) obligations stipulated by paragraph 2 of Article 16 of this Law.</w:t>
+      The requirements envisaged in sub-paragraphs 3) and 4) of part one of this paragraph, excluding the requirement for interaction between 8 a.m. and 9 p.m. on weekdays, shall not apply to the interaction of the collection agency with the debtor and (or) his/her representative, violating (breaching) the obligations mentioned in paragraph 2 of Article 16 hereof.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z353" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Note. For the purposes of this item, weekdays are days of the week from Monday to Friday, which are not weekend or holiday (national and state holidays).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z354" w:id="34"/>
     <w:p>
       <w:pPr>
@@ -2703,51 +2893,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); № 43-VII of 24.05.2021 (see Art. 2 for the enactment procedure); dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into effect sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); № 43-VII of 24.05.2021 (see Art. 2 for the enactment procedure); dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into effect sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z359" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2776,143 +2966,77 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Upon the initial contact, the collector agency informs the debtor - an individual and (or) his representative about their (his) right to apply to a collection agency with a written statement on changing the terms of the bank loan agreement or a microcredit agreement.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The debtor - an individual and (or) his representative within thirty calendar days after the date of their (his) informing by the collection agency appeal (appeals) to the collection agency with a written statement and (or) through informatization objects that provide the collection agency with the opportunity to identify the client - an individual through the use of identification means provided for by the law of the Republic of Kazakhstan “On payments and payment systems ” (hereinafter referred to as informatization objects), on changing the terms of the bank loan agreement or the microcredit agreement, which indicates the causes and circumstances of the occurrence of debt, information on income and expenses, composition (members) of the family, place of residence, the availability of property, other information, necessary for the creditor to consider the application and determine the adequacy of the debtor's own funds to fulfill the obligations under a bank loan agreement or a microcredit agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...91 lines deleted...]
-      2. A collection agency, within ten calendar days after the day of receipt of a written application, shall send it to the creditor.</w:t>
+    <w:bookmarkStart w:name="z576" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. A collection agency, within ten calendar days after the day of receipt of a written application, shall send it to the creditor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z362" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The creditor, within fifteen calendar days after the date of receipt of the debtor's written application, shall consider the proposed terms for changing the bank loan agreement or the microcredit agreement and, in writing and/or through information technology facilities, shall notify the collection agency and the debtor and/or his/her representative of:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
@@ -3877,166 +4001,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) provision of false data and information subject to reflection in the documents stipulated by the regulatory legal act approved by the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> of this Law;</w:t>
+        <w:t>
+      2) inconsistencies between employees of a legal entity that intends to carry out collection activities to the requirements provided for in paragraphs 2 and 3 of Article 12 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) inconsistencies of a person, who alone or jointly with another (other) person (s) directly or indirectly owning and (or) using, and (or) managing ten or more percent of shares in the authorized capital of a legal entity intending to carry out collection activities; having the control, to the requirements stipulated by paragraph 3 of Article 3 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) appeals after expiration of three months from the date of state registration (re-registration) in the State Corporation “Government for citizens” to the authorized body with an application for registration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of this Law.</w:t>
+        <w:t>
+      5) non-compliance with the requirement established by paragraph 1 of Article 21 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z376" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. In case of refusal of registration on the grounds stipulated by subparagraphs 1), 2) and 3) of paragraph 1 of this article, a legal entity intending to carry out collection activities, within thirty working days from the date of receipt of the refusal of registration, has the right to re-submit documents in accordance with paragraph 3 of Article 7 of this Law or is obliged to carry out the re-registration procedure by excluding from its name the words "collection agency" and words derived from them that suggest that it carries out collection activities.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4641,72 +4705,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       persons with whom trust management agreements have been concluded, by the methods provided for in the trust management agreement;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of this Law.</w:t>
+        <w:t>
+      debtors whose debts were transferred to a collection agency on the basis of a contract for collection of debts, in the ways provided for in paragraph 1 of Article 5 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       debtors, rights (claims) under bank loan agreements or agreements on the provision of microcredit to whom were transferred on the basis of trust management agreements, by the methods provided for in paragraph 1 of Article 5 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5134,51 +5178,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Information on a debtor, a creditor, a debt, the third parties, bound obligations with a creditor under the bank loan agreement or microcredit agreement, on the terms of concluded debt collection agreements and other information received and (or) compiled by a collection agency when implementing collection activities are issued to:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) state bodies and officials carrying out criminal prosecution functions: on criminal cases in their proceeding on the basis of a written request, sealed and authorized by the prosecutor;</w:t>
+      1) to public authorities and officials performing the functions of criminal prosecution: in criminal cases pending before them based on a written request authorised by the prosecutor;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) the courts: on the cases in their proceedings on the basis of determining, regulating, decision and sentence of the court;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5205,52 +5249,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) to the prosecutor: on the basis of a resolution on the conduct of an audit within his competence on the material under his consideration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) to state revenue bodies: on issues related to taxation of the inspected person, on the basis of prescription;</w:t>
+        <w:t xml:space="preserve">
+      5) state revenue authorities: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      on issues related to the taxation of the person being audited, based on a prescription;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      a credit bureau for a debtor – an individual who has an obligation to submit declarations of assets and liabilities, income and property (whose rights (claims) on debts have been assigned to a collection agency);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) representatives of the debtor: on the basis of a notarized power of attorney;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5407,72 +5487,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. The following is not the disclosure of the secrets of debt collection activities: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the Republic of Kazakhstan "On credit bureaus and formation of credit records in the Republic of Kazakhstan" and provision by credit bureaus of information about the debtor in terms of debt;</w:t>
+        <w:t>
+      1) provision by debt collection agencies of information to credit bureaus in accordance with the Law of the Republic of Kazakhstan "On credit bureaus and formation of credit records in the Republic of Kazakhstan" and provision by credit bureaus of information about the debtor in terms of debt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) exchange of information, including information constituting a secret of debt collection activity, between the National Bank of the Republic of Kazakhstan and the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5530,51 +5590,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 as amended by the Law of the Republic of Kazakhstan dated 21.01.2019 № 217-VI (shall be enforced upon expiry of three months from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 11 as amended by the Law of the Republic of Kazakhstan dated 21.01.2019 № 217-VI (shall be enforced upon expiry of three months from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); № 207-VIII of 15.07.2025 (shall be enacted upon expiry of sixty calendar days after the day of its first official publication); № 210-VIII of 16.07.2025 (shall be put into effect upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z394" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5655,72 +5715,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) who does not have higher education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the Criminal Procedure Code of the Republic of Kazakhstan) for criminal offenses against the person, family and minors, constitutional and other rights and freedoms of man and citizen, the foundations of constitutional order and the state security, property, public security and public order, public health and morality, peace and security of mankind, the interests of service in commercial and other organizations, the interests of public service and public administration, justice and sentences enforcement, management procedures, in the areas of economic activity, information and communications , as well as military criminal offenses;</w:t>
+        <w:t>
+      3) who has an unexpunged or unpaid conviction or who is being or has been subjected to criminal prosecution (with the exception of persons whose criminal prosecution was terminated on the basis of subparagraphs 1) and 2) of the first part of Article 35 of the Criminal Procedure Code of the Republic of Kazakhstan) for criminal offenses against the person, family and minors, constitutional and other rights and freedoms of man and citizen, the foundations of constitutional order and the state security, property, public security and public order, public health and morality, peace and security of mankind, the interests of service in commercial and other organizations, the interests of public service and public administration, justice and sentences enforcement, management procedures, in the areas of economic activity, information and communications , as well as military criminal offenses;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) who has no work experience in the fields of financial, insurance, education, state administration and defense, compulsory social security, in the field of law, and accounting, as well as the activities of agencies for the collection of payments and credit bureaus defined in accordance with the general classifier of the types of economic activities approved by the authorized body in the field of technical regulation (the corresponding work experience should be at least one year by the date of employment); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5855,72 +5895,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) who performed state control functions in the form of inspections of activities of this collection agency or related to the activities of this collection agency in accordance with its competence earlier by virtue of its official powers. The specified requirement is applied within one year after the termination of public service by the person; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of this Law;</w:t>
+        <w:t>
+      12) who was dismissed from the collection agency for violation of requirements provided for in Article 5 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) brought to administrative responsibility for corruption offenses.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z430" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6102,91 +6122,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A collection agency has the right:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) to carry out debt collection activities on the basis of a debt collection agreement concluded with the creditor and in accordance with the requirements of this Law, the Laws of the Republic of Kazakhstan "</w:t>
-[...39 lines deleted...]
-        <w:t>";</w:t>
+      1) to carry out debt collection activities on the basis of a debt collection agreement concluded with the creditor and in accordance with the requirements of this Law, the Laws of the Republic of Kazakhstan "On banks and banking activity in the Republic of Kazakhstan" and "On microfinance activity";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) to collect information related to a debt, including obtaining documents (originals and copies), explanations and information from a creditor under the concluded debt collection agreements;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6510,69 +6490,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) to inform a creditor about the affiliation with a debtor, the reasons for such affiliation, as well as other circumstances that affect or may affect the performance of contractual obligations by the collection agency and / or may lead to a contradiction between the personal the interest of the collection agency and the legitimate interests of a creditor or to infringe upon the legitimate interests of a creditor, including as a result of direct or indirect interest of the collection agency in a debtor's failure to fulfill his/her obligations to a creditor within two working days;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) to notify the authorized body in written form and place the relevant information on its Internet resource in Kazakh and Russian languages within a period not later than three calendar days from the date of such changes in cases of changing the location or name,</w:t>
-[...17 lines deleted...]
-      2-1) if the telephone numbers of the collection agency for contacting debtors are changed, to notify the authorised body within three calendar days from the date of such changes;</w:t>
+      2) in cases of changes in the location or name, notify the authorised body in writing or through an electronic document management system and post the relevant information on its Internet resource in Kazakh and Russian languages no later than three calendar days from the date of such changes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) in the event of changes in the telephone numbers of the collection agency for contacts with debtors, notify the authorised body in writing or via an electronic document management system no later than three calendar days from the date of such changes;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) to keep a secret of collection activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6726,51 +6706,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) to conclude an agreement on provision of information with the state credit bureau;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) to submit reports to the National Bank of the Republic of Kazakhstan in the terms and in the manner, as well as in the form established by the National Bank of the Republic of Kazakhstan in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations;</w:t>
+      11) report to the National Bank of the Republic of Kazakhstan under the regulatory legal act of the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) to submit information on the contracts for assignment of the right of claim to state revenue bodies at their location no later than the 25th day of the month following the quarter in the form established by the authorized state body performing the management in the field of ensuring receipt of taxes and other obligatory payments to the budget in coordination with the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6780,51 +6760,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) to eliminate violations of the legislation of the Republic of Kazakhstan, identified by the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) in cases of changes in information about the founders (participants), executives, employees who will interact with debtors and (or) their representatives, and (or) third parties bound by obligations with the creditor under a bank loan agreement or a microloan agreement, as well as about branches and (or) representative offices of a collection agency, notify the authorized body within fifteen working days from the date of such changes;</w:t>
+      13) in cases of changes in information on the founders (participants), senior employees, employees who will interact with debtors and (or) their representatives, and (or) third parties who are bound by obligations to the creditor under a bank loan agreement or a microloan agreement, as well as notify the authorised body in writing or via an electronic document management system on the branches and (or) representative offices of the collection agency within fifteen working days from the date of such changes;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) to record the process of interaction with the debtor and (or) his/her representative, and (or) a third party using audio or video equipment with audio recording and store audio and (or) video recording materials for six months from the date of interaction with the debtor and (or) his/her representative, and (or) a third party;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6869,146 +6849,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1) at the request of the debtor - an individual and (or) his (her) representative, familiarize them (him) with the rights and obligations provided for in Article 16 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-      18) to provide with information on persons, individually or jointly with another (other) person (s) directly or indirectly owning and (or) using, and ( or) having control of ten or more percent of shares in the authorized capital of a collection agency on a monthly basis, not later than the tenth day of the month following the reporting month, in accordance with the procedure determined by the authorized body,</w:t>
+        <w:t>
+      17) to take measures to terminate the powers of an employee who violated the requirements of the mentioned article, in the case of interaction with the persons indicated in the first passage of paragraph 1 and in the first passage of paragraph 1 of paragraph 4 of Article 5 of this Law, even if the authorized body submits a demand for removal the specified employee, and also provide information about the dismissed employee to the authorized body within three working days from the date of dismissal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) to provide with information on persons, individually or jointly with another (other) person (s) directly or indirectly owning and (or) using, and (or) having control of ten or more percent of shares in the authorized capital of a collection agency on a monthly basis, not later than the tenth day of the month following the reporting month, in accordance with the procedure determined by the authorized body,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-1) to comply, within the framework of the trust management agreement, with the requirements and restrictions imposed by the legislation of the Republic of Kazakhstan on the relationship between the creditor and the debtor under the bank loan agreement and (or) agreement on the provision of microcredit;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of this Law and other requirements established by this Law and other regulatory legal acts of the Republic of Kazakhstan.</w:t>
+        <w:t>
+      19) to follow the rules for the implementation of collection activities provided for in Article 5 of this Law and other requirements established by this Law and other regulatory legal acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z403" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Collection agencies provide information and data about their activities, requested by the authorized body, in order to ensure state control over collection activities.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7030,51 +6970,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 15 as amended by Law of the Republic of Kazakhstan No 122-VI as of 25.12.2017 (shall be enforced since 01.01.2018); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 43-VII of 24.05.2021 (shall come into force ten calendar days after the date of its first official publication); dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 15 as amended by Law of the Republic of Kazakhstan No 122-VI as of 25.12.2017 (shall be enforced since 01.01.2018); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 43-VII of 24.05.2021 (shall come into force ten calendar days after the date of its first official publication); dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (see Article 2 for the enactment procedure).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z404" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7190,51 +7130,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) to apply to the authorized body with a complaint about the actions (inaction) of a collection agency;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) to apply to the state credit bureau and (or) to a creditor to receive a certificate on the absence of debts before a creditor with its full repayment;</w:t>
+      6) apply to a credit bureau, collection agency, and/or lender to obtain a certificate of the presence or absence of debt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) to fix independently the process of interaction with employees of a collection agency with the help of audio and (or) video equipment;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7364,119 +7304,145 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 04.07.2022 № 133-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z407" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4. STATE ADMINISTRATION OF COLLECTION AGENCIES, CONTROL OF THEIR ACTIVITIES</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z408" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 17. Competence of the authorised body</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. The title of Article 17 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. The heading of Article 17 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z409" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. State regulation and control over the activities of collection agencies are carried out by an authorized body in accordance with the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z410" w:id="92"/>
     <w:p>
       <w:pPr>
@@ -7604,211 +7570,243 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) claims to the court on reorganization or liquidation of legal entities in cases provided for by this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5-1) adopt regulatory legal acts binding on collection agencies in the field of regulating collection activities as per the purpose and objectives stated in paragraphs 1 and 2 of Article 2-1 hereof and the legislation of the Republic of Kazakhstan. The list of subordinate regulatory legal acts shall be established in the regulation on the authorised body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       6) performs other powers provided for by this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z411" w:id="93"/>
-[...15 lines deleted...]
-      3. The National Bank of the Republic of Kazakhstan, in agreement with the authorized body for regulation, control and supervision of the financial market and financial organizations, determines the list, reporting forms, terms and procedure for its submission by the debt collection agency to the National Bank of the Republic of Kazakhstan.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 17 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z412" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 18. Exposure measures and the reasons for their use</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:p>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z413" w:id="95"/>
+    <w:bookmarkStart w:name="z413" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. If the debt collection agency violates the legislation of the Republic of Kazakhstan on debt collection activities, the banking legislation of the Republic of Kazakhstan or the legislation of the Republic of Kazakhstan on microfinance activity, in case of revelation of illegal actions or inaction of the executive and other employees of the debt collection agency interacting with the debtor, the authorized body applies the measures of influence established by this article. Measures of influence are understood as the restriction measures of influence and sanctions. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In case of violation of the legislation of the Republic of Kazakhstan on credit bureaus and formation of credit records, the debt collection agency is subject to measures of influence provided for by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Law</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Republic of Kazakhstan "On credit bureaus and formation of credit records in the Republic of Kazakhstan." </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="96"/>
+    <w:bookmarkStart w:name="z414" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The authorized body has the right to apply the following limited measures to a collection agency:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) to send a mandatory written instruction to a collection agency for adoption of mandatory corrective measures aimed at eliminating the revealed violations and (or) causes, as well as the conditions that contributed to their commission, within the established period and (or) the need for submission plan of measures to eliminate identified violations and (or) causes within a specified period, as well as conditions that contributed to their commission (hereinafter - the plan of measures).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7891,471 +7889,431 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The written agreement is subject to mandatory signing by a collection agency;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) to demand the removal of a senior employee or other employee of a collection agency interacting with a debtor.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="97"/>
+    <w:bookmarkStart w:name="z415" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. A collection agency is obliged to notify the authorized body on the execution of measures specified in written instruction and in written agreement, within the terms provided by these documents.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the period established for elimination of violation exceeds one month, a collection agency shall notify the authorized body on implementation of measures to eliminate the violations and (or) causes, as well as conditions that contributed to their fulfillment, on a monthly basis until the 20th of the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The use of one limited measure of influence does not exclude the use of other limited measures of influence in cases provided for by the laws of the Republic of Kazakhstan, does not suspend or terminate previously taken measures.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z416" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The authorized body may apply as sanctions:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      If the period established for elimination of violation exceeds one month, a collection agency shall notify the authorized body on implementation of measures to eliminate the violations and (or) causes, as well as conditions that contributed to their fulfillment, on a monthly basis until the 20th of the month.</w:t>
-[...36 lines deleted...]
-      4. The authorized body may apply as sanctions:</w:t>
+      1) an exclusion of a collection agency from the register of collection agencies on the reasons and in the order provided for in subparagraphs 1), 1-1), 1-2), 2), 3), 4), 5), 6) and 7) of the first part of paragraph 1 of Article 9 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) imposing on a collection agency and collecting a fine from it on the grounds established by the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z417" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The decision of the authorised body on the application to a collection agency of the measures provided hereby may be appealed against in the manner prescribed by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...67 lines deleted...]
-      5. The decision of the authorised body on the application to a collection agency of the measures provided hereby may be appealed against in the manner prescribed by the laws of the Republic of Kazakhstan.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 18 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 351-VI of 29.06.2020 (shall come into force on 01.07.2021); dated 30.12.2022 № 179-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 19. State control over the activities of collection agencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      State control over the activities of debt collection agencies is carried out by the authorized body in accordance with the Law of the Republic of Kazakhstan "On state regulation, control and supervision of the financial market and financial organizations."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 19 is in the wording of the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z419" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 5. FINAL AND TRANSITIONAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z420" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 20. Responsibility for violation of legislation of the Republic of Kazakhstan on collection activities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Violation of legislation of the Republic of Kazakhstan on collection activities entails responsibility established by the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z421" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z419" w:id="100"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 21. Transitional Provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z422" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Organizations that prior to the enactment of this law carried out activities with signs of collection activities shall be subject to re-registration with judicial authorities as a collection agency within six months from the date of enactment of this Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z423" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. In case of non-compliance with the requirement specified in paragraph 1 of this article, organizations are subject to reorganization or compulsory liquidation in accordance with the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z424" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 5. FINAL AND TRANSITIONAL PROVISIONS</w:t>
-[...93 lines deleted...]
-      2. In case of non-compliance with the requirement specified in paragraph 1 of this article, organizations are subject to reorganization or compulsory liquidation in accordance with the laws of the Republic of Kazakhstan.</w:t>
+        <w:t xml:space="preserve"> Article 22. Order of enactment of this Law</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z424" w:id="105"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law enters into force upon expiry of twenty one calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8581,55 +8539,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>