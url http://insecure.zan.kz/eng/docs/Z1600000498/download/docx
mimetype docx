--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="57d1f09" w14:textId="57d1f09">
+    <w:p w14:paraId="2ac049f" w14:textId="2ac049f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4023,87 +4023,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Postal money transfer is a registered postal item. The procedure for and requirements to the postal transfer of money, as well as the form design of a postal item, are established by the rules for the provision of postal services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The amount of a postal money order within the Republic of Kazakhstan is unlimited unless otherwise provided by the legislation of the Republic of Kazakhstan on countering money laundering and financing of terrorism. Postal money orders are accepted in the national currency of the Republic of Kazakhstan and other currencies in accordance with the currency legislation of the Republic of Kazakhstan.</w:t>
+      2. The amount of money transferred by postal order within the Republic of Kazakhstan is not limited, unless otherwise provided by the legislation of the Republic of Kazakhstan in combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction. Money orders shall be accepted in the national currency of the Republic of Kazakhstan and other currencies in accordance with the currency legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If postal money orders are in foreign currency, the sender (recipient) shall submit additional information and documents in accordance with the requirements of the currency legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Money for postal transfers is accepted in cash and non-cash forms. Non-cash postal transfer of money is made after the amount of the money order and commission is received on the bank account of a postal operator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 13 as amended by the Law of the Republic of Kazakhstan dated 19.09.2025, No. 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 14. Distribution of periodicals by subscription</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5962,51 +6004,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       exchange transactions with foreign currency, including exchange transactions with foreign currency in cash;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      opening and maintaining a bank account of an individual included in the list of organizations and persons associated with the financing of terrorism and extremism, to conduct transactions with money and (or) other property, provided for in paragraph 8 of Article 12 of the Law of the Republic of Kazakhstan "On Counteraction of Legitimization (Laundering) of Incomes Received by Illegal Means, and Financing of Terrorism";</w:t>
+      opening and maintaining a bank account for an individual included in the list of organizations and individuals associated with financing of terrorism and extremism, for the purpose of conducting transactions with money and/or other assets, as stipulated by paragraph 8 of Article 12 of the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime,  Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) issue, sell and distribute payment cards.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6070,69 +6112,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The safety of deposits of the population raised by the National Postal Operator to time deposits is ensured by placing them in state securities and other liquid financial instruments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The authorized body for regulation, control and supervision of the financial market and financial organizations controls and supervises the observance by the National Postal Operator of the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and financing of terrorism when carrying out financial activities and rendering financial services.</w:t>
-[...17 lines deleted...]
-      The authorized body monitors the National Post Operator’s compliance with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and the financing of terrorism when carrying out postal services.</w:t>
+      The authorized body for regulation, control, and supervision of the financial market and financial organizations shall monitor and oversee the National Postal Operator's compliance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction in the course of its financial activities and provision of financial services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The authorized body shall monitor the National Postal Operator's compliance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism, and financing of the proliferation of weapons of mass destruction in the course of its postal services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The National Postal Operator requests and receives information or obtains access to the information system “Address Register” in order to fulfill obligations imposed on it by the state.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6170,51 +6212,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 23 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 325-VІ dated 13.05.2020 (shall come into effect ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 06.04.2024 № 71-VIII (effective sixty calendar days after the date of its first official publication); dated 10.02.2025 № 164-VIII (effective ten calendar days after the date of its first official publication); dated 30.06.2025 № 205-VIII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 23 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 325-VІ dated 13.05.2020 (shall come into effect ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 06.04.2024 № 71-VIII (effective sixty calendar days after the date of its first official publication); dated 10.02.2025 № 164-VIII (effective ten calendar days after the date of its first official publication); dated 30.06.2025 № 205-VIII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9559,63 +9601,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Law of the Republic of Kazakhstan dated 8 February, 2003 " On post" shall be considered to have lost force (Bulletin of the Parliament of the Republic of Kazakhstan, 2003, № 3, Art. 17; № 15, Art. 139; 2004, № 23, Art. 142; 2005, № 14, Art. 55; № 23, Art. 104; 2006, № 1, Art. 5; № 16, Art. 99; 2009, № 2-3, Art. 18; 2010, № 15, Art. 71; 2011, № 11, Art. 102; № 12, Art. 111; 2012, № 5, Art. 35; № 13, Art. 91; 2013, № 10-11, Art. 56; № 14, Art. 75; 2014, № 11, Art. 61; № 14, Art. 87; № 19-I, 19-II, Art. 96; № 21, Art. 122; 2015, № 16, Art. 79).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="4232"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -9628,51 +9669,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      The President</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -9680,51 +9721,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4232" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -9781,55 +9822,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>