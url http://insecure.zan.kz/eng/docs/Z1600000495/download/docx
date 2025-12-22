--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="daf7a71" w14:textId="daf7a71">
+    <w:p w14:paraId="de0f8c8" w14:textId="de0f8c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,63 +151,59 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The Law of the Republic of Kazakhstan dated 9 April 2016 № 495-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The preamble is excluded by the Law of the Republic of Kazakhstan dated 08.07.2024 № 116-VIII (shall come into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z162" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
@@ -1573,87 +1569,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       An Authorized body:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) forms and implements the state policy in  lottery and lottery activities;</w:t>
+      1) forms and implements the state policy in lottery and lottery activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) determines the lottery operator and the period for granting it the right to conduct the lottery;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) exercises state control over the observance of the legislation of the Republic of Kazakhstan on lotteries and lottery activities, as well as over the observance of the legislation of the Republic of Kazakhstan on combating legalisation (laundering) of proceeds of crime and the financing of terrorism;</w:t>
+      2) monitors compliance with the legislation of the Republic of Kazakhstan on lotteries and lottery activities, as well as compliance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) elaborates and jointly with the competent authority on entrepreneurship approves the risk assessment criteria, checklists in obedience to the Entrepreneurial Code of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1709,51 +1705,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by Law of the RK № 343-VI dated 10.06.2020 (shall be enacted ten calendar days after the date of its first official publication); № 131-VII of 01.07.2022 (shall be brought into force upon the expiry of sixty calendar days from the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 08.07.2024 № 116-VIII (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 as amended by Law of the RK № 343-VI dated 10.06.2020 (shall be enacted ten calendar days after the date of its first official publication); № 131-VII of 01.07.2022 (shall be brought into force upon the expiry of sixty calendar days from the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 08.07.2024 № 116-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219 (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z203" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4385,63 +4381,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law shall be enacted upon expiration of ten calendar days after the date of its first official publication, with the exception of Article 5, paragraphs 2 and 4 of this Law, which shall come into force six months after the date of enactment of this Law.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="4232"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4454,51 +4449,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      The President</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4506,51 +4501,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4232" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4607,55 +4602,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4981,31 +4976,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>