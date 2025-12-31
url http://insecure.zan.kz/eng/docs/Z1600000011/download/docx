--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="400902c" w14:textId="400902c">
+    <w:p w14:paraId="f5d24e3" w14:textId="f5d24e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,67 +167,85 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The preamble is excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      Footnote. The preamble is excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Throughout the text, the words “and financing of terrorism” shall be replaced with the words “financing of terrorism and financing of the proliferation of weapons of mass destruction” pursuant to the Law of the Republic of Kazakhstan dated 19.09.2025 № 219 (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 1. GENERAL PROVISIONS</w:t>
+        <w:t xml:space="preserve"> Chapter1. GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 1. Basic definitions used in this Law</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -956,50 +974,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-2) mobile payments – non-cash payments initiated in electronic form in favor of an individual registered as an individual entrepreneur, a person engaged in private practice, a legal entity in payment for the purchase of goods, performance of work, provision of services received through a mobile application or other equipment (devices), designed to accept payments using a bar code;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      35-3) spotless business record – evidence of professionalism and integrity, including absence committed unlawful acts (omissions) that led to insolvency resulting in compulsory liquidation of a financial institution or to classification of a bank as insolvent, absence of unexpunged or outstanding criminal record, including absence of legally binding court order imposing criminal penalty in the form of deprivation of the right to hold an executive position in a financial institution, banking and/or insurance holding company, and to be a major participant (major shareholder) in a financial institution for life, also absence of relationships with third parties (control and influence of third parties) whose actions contributed to legalization (laundering) of proceeds from crime, financing of terrorism, and financing of the proliferation of weapons of mass destruction, based on information from the financial monitoring authority;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       36) specifying is the instruction of the initiator of payment and (or) money transfer to the supplier of payment services about implementation of payment and (or) money transfer which expresses in the form of an assignment, the requirement or in the form of the consent of the client when using means of electronic payment or the system of remote access;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) operational day is a time frame during which reception and processing of payment service provider by the operator or supplier of payment services of instructions, instructions about suspension of execution of instructions or a response of such instructions are carried out;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1814,51 +1850,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon expiry of ten calendar days from the date of its first official publication); dated 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 397-VI (shall be enforced six months after the day of its first official publication); dated 31.12.2021 №100-VII (shall be enforced from 01.03.2022); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 397-VI (shall be enforced six months after the day of its first official publication); dated 31.12.2021 №100-VII (shall be enforced from 01.03.2022); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1881,51 +1917,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Operation of the present Law extends to the natural and legal entities who are subjects of the relations arising at implementation of payments and money transfers in the Republic of Kazakhstan and also in the course of functioning of payment service providers and the market of payment services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Relations associated with international payments and (or) money transfers carried out by banks, organizations engaged in certain types of banking operations, with banks (financial institutions) - non-residents of the Republic of Kazakhstan, are regulated by agreements between them and the customs of business turnover used in banking practice, taking into account the requirements established by the laws of the Republic of Kazakhstan "On combating the legalization (laundering) of proceeds from crime and the financing of terrorism" and "On the gambling business". If actions on international payments and (or) money transfers are carried out on the territory of the Republic of Kazakhstan, then such relations are regulated by this Law, the indicated agreements and customs of business turnover in the part that does not contradict the legislation of the Republic of Kazakhstan.  </w:t>
+      2. Relations connected with international payments and/or money transfers by banks, organizations performing certain types of banking operations, with non-resident banks (financial institutions) of the Republic of Kazakhstan shall be governed by agreements between them and business practices applied in banking practice, taking into account the requirements established by the laws of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction” and “On Gambling Business.” If international payments and/or money transfers are carried out on the territory of the Republic of Kazakhstan, such relations shall be governed by this Law, the said agreements, and business practices insofar as they do not contradict the legislation of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The provisions hereof applicable to banks shall extend to branches of non-resident banks of the Republic of Kazakhstan established within the territory of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2138,51 +2174,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) exercising control and supervision over the activities of payment service providers and payment system operators within the limits of its competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) promoting the stability of the financial system and the national economy, organisational and procedural measures aimed at preventing fraud, money laundering and terrorist financing.</w:t>
+      4) promoting stability of the financial system and the national economy, organizational and procedural measures aimed at preventing fraud, money laundering, terrorist financing and financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Regulating stuff associated with functioning payment systems, regulating the payment services market, making payments and money transfers shall be based on the following principles:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2691,51 +2727,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) the measures taken to the participant of payment service provider for violation of the rules of payment service provider;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) measures to ensure and introduce organizational and procedural measures in the payment system aimed at preventing fraud, legalization (laundering) of proceeds from crime and financing of terrorism.</w:t>
+      9) measures to ensure and implement organizational and procedural measures in the payment system aimed at preventing fraud, legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Inclusion in rules of payment service provider of the norms limiting participation of participants of this payment service provider in other payment service providers (including norms in the form of a condition on exclusive participation) and also service of other payment service providers by persons which serve infrastructure of this payment service provider is forbidden (except for the persons who are employees of operator of this payment service provider).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6323,69 +6359,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. The supplier of payment services when rendering payment service provides observance of the following conditions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) conducting appropriate check and identification of the client according to the legislation of the Republic of Kazakhstan on counteraction of legalization (money laundering) of income gained in the criminal way and to terrorism financing;</w:t>
-[...17 lines deleted...]
-      2) existence in the payment document on payment and (or) money transfer and transfer to the participant of payment and (or) money transfer of requisites on the sender of the money and the beneficiary provided by the Law of the Republic of Kazakhstan “On counteraction of legalization (money laundering) of income gained in the criminal way and to terrorism financing” except for cases of rendering by the payment organization of the services provided by subparagraphs 3) and 7) of paragraph 1 of article 12 of the present Law;</w:t>
+      1) conducting the customer due diligence in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) presence in the payment document on the payment and (or) transfer of money and transfer to the participant in the payment and (or) money transfer of the details of the sender of the money and the beneficiary, as stipulated by the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction", except in cases where the payment institution provides the services referred to in subparagraphs 3) and 7) of paragraph 1 of Article 12 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) preservation within five years after rendering payment service or closing of the bank account of the client of the data allowing to identify the sender of money and (or) the beneficiary;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8674,105 +8710,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. It is forbidden to choose or designate the head of executive body of the payment organization the person:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) being the head, the member of governing body, the head, the member of executive body, the chief accountant of the financial organization, during the period no more than in one year prior to making decision on preservation of the financial organization or compulsory redemption of her stocks, deprivation of the license of the financial organization which have entailed her elimination and (or) the termination of implementation of activity in the financial market or introductions in validity of the judgment about compulsory liquidation of the financial organization or recognition by her bankrupt in the order determined by the legislation of the Republic of Kazakhstan;</w:t>
-[...17 lines deleted...]
-      1-1) who was previously the head of the executive body of a payment organization excluded from the register of payment organizations on the grounds provided for in subparagraphs 1), 2), 3) and 9) of paragraph 1 of Article 18 of this Law.  </w:t>
+      1) lacking an impeccable business record, including with previously held position of an executive, member of a management body, head, member of an executive body, or chief accountant of a financial organization during the period of no more than one year prior to the decision on the conservation of the financial organization or compulsory redemption of its shares, deprivation of the license of a financial organization, resulting in its liquidation and (or) termination of activities in the financial market, or enforcement of a court order on compulsory liquidation of a financial organization or declaration of its bankruptcy in accordance with the procedure established by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) who was previously the head of the executive body of a payment organization excluded from the register of payment organizations on the grounds provided for in subparagraphs 1), 2), 3) and 9) of paragraph 1 of Article 18 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The grounds specified in this subparagraph apply for five consecutive calendar years from the date of exclusion of the payment organization from the register of payment organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2) having not removed or unspent conviction.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) excluded by the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The national bank of the Republic of Kazakhstan publishes the instruction about replacement of the head of executive body of the payment organization if:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8800,79 +8860,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) the payment organization has submitted false information or counterfeit documents on the head of executive body of the payment organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. It is prohibited to elect or appoint as the head of the executive body of the payment organization a person who is in the list of organizations and persons associated with the financing of terrorism and extremism, as well as in the list of organizations and persons associated with the financing of the proliferation of weapons of mass destruction, in accordance with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and the financing of terrorism.</w:t>
+      4. It shall be prohibited to elect or appoint as the head of the executive body of a payment organization a person included in the list of organizations and individuals associated with financing of terrorism and extremism, and also in the  list of organizations and individuals associated with financing of the proliferation of weapons of mass destruction, in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8894,98 +8954,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The founders (participants) (one of the founders, participants) of a payment organization shall be individuals, legal entities, and foreign structures without forming a legal entity, with the exception of persons:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      2) being on the list of organizations and persons associated with the financing of terrorism and extremism, as well as the list of organizations and persons associated with the financing of the proliferation of weapons of mass destruction, in accordance with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, and financing of terrorism.</w:t>
+        <w:t>
+      1) lacking an impeccable business record;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) entered on the list of organizations and individuals associated with financing of terrorism and extremism and also on the list of organizations and individuals associated with financing of the proliferation of weapons of mass destruction, in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 is supplemented by Article 19-1 in accordance with the Law of the Republic of Kazakhstan dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 3 is supplemented by Article 19-1 in accordance with the Law of the Republic of Kazakhstan dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10220,51 +10280,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The title of article 24 as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced from 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The National Bank of the Republic of Kazakhstan, within its competence, applies limited enforcement measures and sanctions to payment system operators, operational centres of payment systems, and other entities in the payment services market for violating the requirements of the legislation of the Republic of Kazakhstan on payments and payment systems, on combating the legalization (laundering) of proceeds from crime, and the financing of terrorism, as well as the Law of the Republic of Kazakhstan "On Gambling Business" in the manner prescribed by the Code of the Republic of Kazakhstan on Administrative Offences and the Law of the Republic of Kazakhstan "On the National Bank of the Republic of Kazakhstan."</w:t>
+      1. Within its competence the National Bank of the Republic of Kazakhstan shall apply limited measures of influence and sanctions to payment system operators, payment system operating centers, and other entities in the payment services market for breaches of the requirements of the legislation of the Republic of Kazakhstan on payments and payment systems, on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction, and the Law of the Republic of Kazakhstan “On Gambling Business” in accordance with the procedure provided for by the Code of the Republic of Kazakhstan on Administrative Infractions and the Law of the Republic of Kazakhstan “On the National Bank of the Republic of Kazakhstan”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The national bank of the Republic of Kazakhstan stops participation of banks, the organizations which are carrying out separate types of bank operations in foreign payment service providers, functioning of payment service providers, activity of the payment organizations in the territory of the Republic of Kazakhstan in the order determined by the regulatory legal act of National Bank of the Republic of Kazakhstan in cases if further functioning of this payment service provider or activity of the payment organizations poses threat for stability of a financial system of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11149,51 +11209,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Individual entrepreneurs and (or) legal entities, with the exception of those located in places where there is no public telecommunications network, when carrying out certain types of activities, are obliged to ensure the installation and use of equipment (devices) for accepting payments using payment cards and ( or) accepting payments using an instant payment system.</w:t>
+      11. Individual entrepreneurs and (or) legal entities, with the exception of those located in places where there is no public telecommunications network, when carrying out certain types of activities, are obliged to ensure the installation and use of equipment (devices) for accepting payments using payment cards and (or) accepting payments using an instant payment system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The list of certain types of activities and the use of equipment (device) intended for accepting payments using payment cards and (or) accepting payments using the instant payment system is approved by the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11293,51 +11353,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The bank, the organization which is carrying out separate types of bank operations have to provide implementation of money transfer in favor of the beneficiary according to formats and rules of system of money transfers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Refusal to execute payments and/or money transfers by payment organizations shall be made in cases provided for by this Law and the laws of the Republic of Kazakhstan "On Counteracting the Legalization (Laundering) of Proceeds from Crime and the Financing of Terrorism" and "On Gambling Business".</w:t>
+      13. Payment organizations shall deny payments and/or money transfers in cases provided for by this Law and the Laws of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction” and “On Gambling Business”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. The customer shall be prohibited from granting access to a bank account or payment instrument, or means of identification, or transfer a payment instrument or means of identification to third parties, resulting in third parties gaining access to make payments and/or money transfers, excluding the provision of such access to a spouse and close relatives, as well as other persons in cases established by law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12676,51 +12736,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) anonymous bank account or bank account for an assumed name;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) the bank account to the client in the cases provided by the Law of the Republic of Kazakhstan “About counteraction of legalization (washing) of income gained in the criminal way and to terrorism financing”.</w:t>
+      4) a bank account to a customer in cases provided for by the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The provisions of subparagraphs 1) and 2) of paragraph 2 of this Article do not apply to cases of opening:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13222,69 +13282,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The limit on payments and money transfers via correspondent accounts of banks, branches of non-resident banks of the Republic of Kazakhstan and organisations engaged in certain types of banking operations shall be established by a regulatory legal act of the National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7-1. The issuance of cash from bank accounts is carried out in accordance with the rules for the withdrawal of cash by business entities from bank accounts and within the amounts determined by a joint act of the National Bank of the Republic of Kazakhstan and the authorized body for state planning, unless a smaller amount is provided for by the bank account agreement and is established by the subject of financial monitoring in accordance with the requirements of the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds from crime and the financing of terrorism.</w:t>
-[...17 lines deleted...]
-      8. not bank accounts of the account on which the operations specified in paragraph 5, 6 and 7 of the present article and also reflecting accounting positions in bank or the organization which is carrying out separate types of bank operations, personal accounts (subpositions) which are components of the balance account including loan accounts are not made.</w:t>
+      7-1. Cash withdrawals from bank accounts shall be carried out in accordance with the rules for cash withdrawals from bank accounts by business entities and within the limits of the amounts specified by a joint act of the National Bank of the Republic of Kazakhstan and the authorized state planning body, unless a lower amount is stipulated in the bank account agreement and established by the financial monitoring entity in accordance with the requirements of the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Not bank accounts of the account on which the operations specified in paragraph 5, 6 and 7 of the present article and also reflecting accounting positions in bank or the organization which is carrying out separate types of bank operations, personal accounts (subpositions) which are components of the balance account including loan accounts are not made.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Opening to the client of the bank account in the escrow account mode is allowed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13798,51 +13858,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The provision of part two of this paragraph does not apply to restrictions, imposed by the authorized body in the field of execution of enforcement documents and its territorial bodies, on the suspension of debit transactions on a current account intended for storing recovered amounts in favor of recoverers, a private bailiff whose license has been suspended or terminated or whose license has been revoked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Account transactions of the bank account of the client are resumed after a response authorized public authority or the official of the decision and (or) order on suspension of account transactions of the bank account, the act of temporary restriction of the order property and also in the order determined by the Code of Criminal Procedure of the Republic of Kazakhstan, laws of the Republic of Kazakhstan “On counteraction of legalization (washing) of income gained in the criminal way and to terrorism financing” and “On rehabilitation and bankruptcy”.</w:t>
+      12. Debit transactions on the client's bank account shall be resumed after the authorized state body or official revokes the decision and (or) order to suspend debit transactions on the bank account, the act on temporary restriction of disposal of property, also in accordance with the procedure established by the Criminal Procedure Code of the Republic of Kazakhstan, the laws of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction” and “On Rehabilitation and Bankruptcy”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A bank or an organization carrying out certain types of banking operations resumes debit transactions on the bank account (accounts) of the client until the authorized body in the field of ensuring the receipt of taxes and other obligatory payments to the budget revokes the order to suspend debit transactions on bank accounts in case of repayment by the client of the amount of tax debt specified in the order of the authorized body in the field of ensuring the receipt of taxes and other obligatory payments to the budget on the suspension of debit transactions on bank accounts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14090,51 +14150,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provided by the contract with nonresident banks of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The bank or the organization which is carrying out separate types of bank operations refuses performance of the contract of the bank account or the contract of a bank deposit on the bases and as it should be, the provided present Law and the Law of the Republic of Kazakhstan “On counteraction of legalization (money laundering) of income gained in the criminal way and to terrorism financing”.</w:t>
+      2. A bank or organization performing certain types of banking operations shall not execute a bank account agreement or a bank deposit agreement on the grounds and in the manner provided for by this Law and the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, financing of terrorism and financing of the proliferation of weapons of mass destruction".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The unilateral refusal of performance of the contract of the bank account or contract of a bank deposit by bank or the organization which is carrying out separate types of bank operations is not allowed in the presence:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14180,51 +14240,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. In the presence of the conditions provided by subparagraph 1) of paragraph 3 of the present article closing with bank or the organization which is carrying out separate types of bank operations, the bank account of the client in case of unilateral refusal of performance of the contract of the bank account or the contract of a bank deposit in the absence of money on the bank account of the client more than one year and (or) elimination of the client – the legal entity is allowed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. In the presence of the conditions provided by subparagraph 2) of paragraph 3 of the present article closing with bank or the organization which is carrying out separate types of bank operations, the bank account of the client in case of unilateral refusal of performance of the contract of the bank account or the contract of a bank deposit according to the Law of the Republic of Kazakhstan “On counteraction of legalization (washing) of income gained in the criminal way and to terrorism financing” or the international treaties ratified by the Republic of Kazakhstan is allowed.</w:t>
+      5. Subject to the conditions stipulated in subparagraph 2) of paragraph 3 of this article, a bank or organization performing certain types of banking operations may close a customer's bank account in the event of a unilateral refusal to execute a bank account agreement or a bank deposit agreement in accordance with the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction" or international treaties ratified by the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The bank or the organization which is carrying out separate types of bank operations sends to the address which is available for bank or the organization which is carrying out separate types of bank operations, the notice of refusal of performance of the contract of the bank account or the contract of a bank deposit in an electronic form or by mail with the notice of his receiving if other order isn't provided by the contract of the bank account or the contract of a bank deposit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16567,51 +16627,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The issuer of electronic money is obliged to carry out the identification of an individual in the event that he acquires electronic money for an amount exceeding fifty times the monthly calculation index established for the corresponding financial year by the law on the republican budget.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The issuer of electronic money, on the basis of an agreement, has the right to authorize a legal entity that is the subject of financial monitoring in accordance with the Law of the Republic of Kazakhstan "On combating the legalization (laundering) of proceeds from crime and the financing of terrorism", to identify the owner of electronic money - an individual on behalf of and on behalf of the issuer of electronic money.</w:t>
+      On the basis of a contract the electronic money issuer has the right to authorize a legal entity that is subject to financial monitoring in accordance with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction,” to identify the owner of electronic money- an individual - on behalf of and at the request of the electronic money issuer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Identification of the owner of electronic money is carried out by the issuer of electronic money and (or) the operator of the electronic money system with the personal presence of the owner of electronic money and the presentation of an identity document by him, or by means of remote identification based on information from available sources received from the operational center of the interbank money transfer system, or by simplified identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17369,69 +17429,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The individual entrepreneur and (or) the legal entity who has received electronic money in an electronic payment system at commission of civil transactions has a right of the monetary requirement to the issuer of electronic money in the sum of the accepted payment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The issuer of electronic money and the operator of an electronic payment system take measures for providing and introduction in an electronic payment system of organizational and procedural actions for identification and also prevention of fraud and legalization (washing) of income gained in the criminal way and financing of terrorism according to requirements of the Law of the Republic of Kazakhstan "About counteraction of legalization (washing) of income gained in the criminal way and to terrorism financing".</w:t>
-[...17 lines deleted...]
-      The operator of an electronic payment system provides in authorized body on financial monitoring the information and information on the operations which are subject to financial monitoring according to requirements of the Law of the Republic of Kazakhstan "About counteraction of legalization (washing) of income gained in the criminal way and to terrorism financing".</w:t>
+      3. The electronic money issuer and the electronic money system operator shall take measures to ensure and implement organizational and procedural measures in the electronic money system to detect and prevent fraud and legalization (laundering) of proceeds of crime, financing of terrorism and financing of the proliferation of weapons of mass destruction in accordance with the requirements of the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The electronic money system operator shall provide the financial monitoring authority with data and information on transactions subject to financial monitoring as required by the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, financing of terrorism and financing the proliferation of weapons of mass destruction".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The issuer of electronic money presents to authorized body on financial monitoring of the information about operators of the electronic money which isn't banks after the conclusion with them the relevant contract.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18295,51 +18355,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) at non-compliance by the initiator with requirements to an order of drawing up and presentation of the instruction and (or) other requirements established by the legislation of the Republic of Kazakhstan and (or) terms of the contract;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) in cases stipulated by the Law of the Republic of Kazakhstan "On Combating the Legalization (Laundering) of Criminally Obtained Proceeds and the Financing of Terrorism", the Law of the Republic of Kazakhstan "On Gambling Business" or international treaties ratified by the Republic of Kazakhstan, or stipulated by an agreement with non-resident banks of the Republic of Kazakhstan;</w:t>
+      4) in cases stipulated by the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction", the Law of the Republic of Kazakhstan "On Gambling Business" or international treaties ratified by the Republic of Kazakhstan, or stipulated by an agreement with non-resident banks of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) in the absence of a registered contract for shared participation in housing construction with an authorised company in the unified information system for shared participation in housing construction when making payment for the purchase of a share in a multi-apartment residential building or complex of individual residential buildings under a contract for shared participation in housing construction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19227,51 +19287,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. At timely obtaining the order about withdrawal of the instruction the bank of the sender of money doesn't make money transfer according to this instruction and returns him no later than the operational day following behind day of obtaining such order at the same time sending to the initiator the notice of execution of the received order.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The execution of the instruction shall be suspended in cases stipulated by Article 61-9 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan", the legislation of the Republic of Kazakhstan on payments and payment systems, combating the legalization (laundering) of proceeds from crime and the financing of terrorism, as well as if the sender's bank, in accordance with the laws of the Republic of Kazakhstan, is presented with an act on the seizure of funds in a bank account, a temporary restriction on the disposal of property, a decision and (or) order of an authorized state body or officials to suspend expenditure transactions in the bank account of the sender of money or the sender's bank, as well as a decision of an authorized state body, official or bailiff to seize money from the sender of money, subject to execution earlier than this instruction in accordance with the laws of the Republic of Kazakhstan. The sender's bank shall not be liable for losses associated with the suspension of the execution of the instruction on the above grounds.</w:t>
+      4. Execution of the instruction shall be suspended in the cases provided for in Article 61-9 of the Law of the Republic of Kazakhstan “On Banks and Banking Activities in the Republic of Kazakhstan,” the legislation of the Republic of Kazakhstan on payments and payment systems, countering legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction, also if in accordance with the laws of the Republic of Kazakhstan an act is presented to the sending bank on arresting the money in the bank account, temporary restriction on the disposal of property, a decision and (or) order of an authorized state body or officials to suspend debit transactions on the bank account of the sender of the money or the bank of the sender of the money, as well as a decision by an authorized state body, official, or bailiff to seize money from the sender of the money, which, in accordance with the laws of the Republic of Kazakhstan is subject to execution earlier than this instruction. The sender's bank shall not be liable for losses associated with suspension of the execution of the instruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Withdrawal of the instruction and suspension of execution of the instruction aren't allowed on the payments and (or) money transfers connected with payment of payments in the budget and payment of public services, the data and information on which are provided by banks to public authorities, vessels through a payment gateway of "the electronic government" according to paragraph 10 of article 25 of the present Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>